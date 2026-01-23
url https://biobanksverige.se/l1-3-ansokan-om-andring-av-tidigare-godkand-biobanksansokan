--- v0 (2025-10-09)
+++ v1 (2026-01-23)
@@ -17,51 +17,51 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2831"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="3537"/>
       </w:tblGrid>
       <w:tr w:rsidR="000D74DA" w:rsidRPr="000D74DA" w14:paraId="530BC126" w14:textId="77777777" w:rsidTr="00D47FCB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
@@ -1567,51 +1567,51 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> och/eller </w:t>
             </w:r>
             <w:r w:rsidRPr="00342A16">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ändrats från tidigare ansökan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00734E2D" w:rsidRPr="00256D18" w14:paraId="79B70E84" w14:textId="77777777" w:rsidTr="7A7060D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="32BC37D7" w14:textId="182846C4" w:rsidR="00734E2D" w:rsidRPr="00256D18" w:rsidRDefault="001A2C54" w:rsidP="00742915">
+          <w:p w14:paraId="32BC37D7" w14:textId="182846C4" w:rsidR="00734E2D" w:rsidRPr="00256D18" w:rsidRDefault="00B66FBD" w:rsidP="00742915">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1950655829"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -1698,51 +1698,51 @@
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CF5DE3">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D0617" w:rsidRPr="00256D18" w14:paraId="6645DEA3" w14:textId="77777777" w:rsidTr="7A7060D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0311FA34" w14:textId="50302BF8" w:rsidR="006D0617" w:rsidRDefault="001A2C54" w:rsidP="00742915">
+          <w:p w14:paraId="0311FA34" w14:textId="50302BF8" w:rsidR="006D0617" w:rsidRDefault="00B66FBD" w:rsidP="00742915">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-237939447"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -1939,51 +1939,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>är godkänd på blankett</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (flera val är möjliga):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A7EB0" w14:paraId="539DB1D2" w14:textId="77777777" w:rsidTr="7A7060D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04297508" w14:textId="77777777" w:rsidR="000A7EB0" w:rsidRDefault="001A2C54" w:rsidP="00742915">
+          <w:p w14:paraId="04297508" w14:textId="77777777" w:rsidR="000A7EB0" w:rsidRDefault="00B66FBD" w:rsidP="00742915">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1785921432"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -2001,51 +2001,51 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000A7EB0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> L1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="457B5C38" w14:textId="77777777" w:rsidR="000A7EB0" w:rsidRDefault="001A2C54" w:rsidP="00742915">
+          <w:p w14:paraId="457B5C38" w14:textId="77777777" w:rsidR="000A7EB0" w:rsidRDefault="00B66FBD" w:rsidP="00742915">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-877619015"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -2064,51 +2064,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000A7EB0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> L1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="288D9F8B" w14:textId="77777777" w:rsidR="000A7EB0" w:rsidRDefault="001A2C54" w:rsidP="00742915">
+          <w:p w14:paraId="288D9F8B" w14:textId="77777777" w:rsidR="000A7EB0" w:rsidRDefault="00B66FBD" w:rsidP="00742915">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1419600480"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -2201,51 +2201,51 @@
               <w:pStyle w:val="Flt-svar"/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="601"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00734E2D" w:rsidRPr="00256D18" w14:paraId="6431AB13" w14:textId="77777777" w:rsidTr="7A7060D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C1F8FA8" w14:textId="0DB50D31" w:rsidR="00ED4097" w:rsidRDefault="001A2C54" w:rsidP="00742915">
+          <w:p w14:paraId="4C1F8FA8" w14:textId="0DB50D31" w:rsidR="00ED4097" w:rsidRDefault="00B66FBD" w:rsidP="00742915">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-245728211"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -2338,51 +2338,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>önskas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003623A0" w:rsidRPr="00256D18" w14:paraId="5EAFFDD7" w14:textId="77777777" w:rsidTr="7A7060D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72778BBC" w14:textId="41565269" w:rsidR="00507A5D" w:rsidRPr="00256D18" w:rsidRDefault="001A2C54" w:rsidP="00742915">
+          <w:p w14:paraId="72778BBC" w14:textId="41565269" w:rsidR="00507A5D" w:rsidRPr="00256D18" w:rsidRDefault="00B66FBD" w:rsidP="00742915">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1116562833"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -2395,155 +2395,128 @@
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="1A0DB6E0" w:rsidRPr="1A0DB6E0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Upphörande av fortsatt utlämning </w:t>
             </w:r>
             <w:r w:rsidR="00BE1222">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">av </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="1A0DB6E0" w:rsidRPr="1A0DB6E0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>nyinsamlade</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="1A0DB6E0" w:rsidRPr="1A0DB6E0">
+              <w:t xml:space="preserve">nyinsamlade prov enligt tidigare tecknat </w:t>
+            </w:r>
+            <w:r w:rsidR="00B91857">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> prov enligt tidigare tecknat </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B91857">
+              <w:t>biobanks</w:t>
+            </w:r>
+            <w:r w:rsidR="1A0DB6E0" w:rsidRPr="1A0DB6E0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>biobanks</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="1A0DB6E0" w:rsidRPr="1A0DB6E0">
+              <w:t>avtal</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE1222">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>avtal</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BE1222">
+              <w:t xml:space="preserve"> (L1) där utlämning (del II) ingår</w:t>
+            </w:r>
+            <w:r w:rsidR="1A0DB6E0" w:rsidRPr="1A0DB6E0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (L1) där utlämning (del II) ingår</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="1A0DB6E0" w:rsidRPr="1A0DB6E0">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE1222">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="1A0DB6E0" w:rsidRPr="1A0DB6E0">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F389445" w14:textId="26C3DBE9" w:rsidR="00507A5D" w:rsidRPr="00256D18" w:rsidRDefault="708B32AB" w:rsidP="00742915">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="708B32AB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Utlämning av </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> prov från en regions biobank till angiven mottagande biobank gäller från och med provinsamlingens start och fram till och med datum för godkänd ändringsansökan (blankett L1.3). Den utlämnande huvudmannen </w:t>
+              <w:t xml:space="preserve">Utlämning av nyinsamlade prov från en regions biobank till angiven mottagande biobank gäller från och med provinsamlingens start och fram till och med datum för godkänd ändringsansökan (blankett L1.3). Den utlämnande huvudmannen </w:t>
             </w:r>
             <w:r w:rsidR="00902CCF">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">enligt tidigare biobanksavtal </w:t>
             </w:r>
             <w:r w:rsidRPr="708B32AB">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>har fortsatt ansvar att spara dokumentation om de prov som utlämnats samt till vem prov utlämnats under denna tidsperiod, för att möjliggöra spårning av prov.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="689D0756" w14:textId="37048B3F" w:rsidR="00507A5D" w:rsidRPr="00256D18" w:rsidRDefault="00507A5D" w:rsidP="00742915">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -2640,51 +2613,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> avtal</w:t>
             </w:r>
             <w:r w:rsidR="000F4C37">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00734E2D" w:rsidRPr="00256D18" w14:paraId="473155F8" w14:textId="77777777" w:rsidTr="7A7060D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="056F5550" w14:textId="68543304" w:rsidR="00734E2D" w:rsidRDefault="001A2C54" w:rsidP="00742915">
+          <w:p w14:paraId="056F5550" w14:textId="68543304" w:rsidR="00734E2D" w:rsidRDefault="00B66FBD" w:rsidP="00742915">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-890652288"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00734E2D" w:rsidRPr="00256D18">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -2783,51 +2756,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Den tidigare godkända biobanksansökan innehåller följande blankett/blanketter (flera val är möjliga):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A7EB0" w:rsidRPr="00256D18" w14:paraId="192788C7" w14:textId="77777777" w:rsidTr="7A7060D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="636A623F" w14:textId="6EC4ED09" w:rsidR="000A7EB0" w:rsidRDefault="001A2C54" w:rsidP="00742915">
+          <w:p w14:paraId="636A623F" w14:textId="6EC4ED09" w:rsidR="000A7EB0" w:rsidRDefault="00B66FBD" w:rsidP="00742915">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1963720600"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -2845,51 +2818,51 @@
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000A7EB0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> L1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0347F70D" w14:textId="2FA25CEC" w:rsidR="000A7EB0" w:rsidRDefault="001A2C54" w:rsidP="00742915">
+          <w:p w14:paraId="0347F70D" w14:textId="2FA25CEC" w:rsidR="000A7EB0" w:rsidRDefault="00B66FBD" w:rsidP="00742915">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1095637682"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -2908,51 +2881,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000A7EB0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> L1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7ADD5595" w14:textId="6728E9FC" w:rsidR="000A7EB0" w:rsidRDefault="001A2C54" w:rsidP="00742915">
+          <w:p w14:paraId="7ADD5595" w14:textId="6728E9FC" w:rsidR="000A7EB0" w:rsidRDefault="00B66FBD" w:rsidP="00742915">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-691766016"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -4346,121 +4319,124 @@
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="36FA0B4D" w14:textId="03731E0A" w:rsidR="00DD2BEC" w:rsidRPr="00B24DC6" w:rsidRDefault="00DD2BEC" w:rsidP="00B24DC6">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="140" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">3.3.1 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B24DC6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
-              <w:t>Nyinsamlade</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> prov</w:t>
+              <w:t>Nyinsamlade prov</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD20B2" w:rsidRPr="00D612FC" w14:paraId="23FBE06A" w14:textId="77777777" w:rsidTr="00C71627">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B9BB232" w14:textId="797EDA76" w:rsidR="00FD20B2" w:rsidRPr="00D612FC" w:rsidRDefault="00FD20B2" w:rsidP="00B24DC6">
+          <w:p w14:paraId="0B9BB232" w14:textId="3F2FDA7E" w:rsidR="00FD20B2" w:rsidRPr="00D612FC" w:rsidRDefault="00FD20B2" w:rsidP="00B24DC6">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D612FC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">A. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00D612FC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>rovtyp</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D612FC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (för vägledning, se K4)</w:t>
+              <w:t xml:space="preserve"> (för vägledning, se K4</w:t>
+            </w:r>
+            <w:r w:rsidR="00621799">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D612FC">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F0FD3EB" w14:textId="0C07381A" w:rsidR="00FD20B2" w:rsidRPr="00D612FC" w:rsidRDefault="00FD20B2" w:rsidP="00B24DC6">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">C. </w:t>
@@ -5153,88 +5129,102 @@
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>blankett L1a/L1b/L1c</w:t>
             </w:r>
             <w:r w:rsidR="00764536">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD20B2" w:rsidRPr="00D612FC" w14:paraId="760CBBB3" w14:textId="77777777" w:rsidTr="00C71627">
         <w:trPr>
           <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D8673EF" w14:textId="128FCFEA" w:rsidR="00FD20B2" w:rsidRPr="00D612FC" w:rsidRDefault="00FD20B2" w:rsidP="00B24DC6">
+          <w:p w14:paraId="2D8673EF" w14:textId="3EE394E2" w:rsidR="00FD20B2" w:rsidRPr="00D612FC" w:rsidRDefault="00FD20B2" w:rsidP="00B24DC6">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D612FC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">B. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00D612FC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>rovtyp</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D612FC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (för vägledning, se K4)</w:t>
+              <w:t xml:space="preserve"> (för vägledning, se K4</w:t>
+            </w:r>
+            <w:r w:rsidR="00621799">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D612FC">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A1A7304" w14:textId="0342F8D3" w:rsidR="00FD20B2" w:rsidRPr="00D612FC" w:rsidRDefault="00FD20B2" w:rsidP="00B24DC6">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00D612FC">
@@ -5983,69 +5973,58 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Huvudman</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48E00182" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007C76E2" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007C76E2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Nyinsamlade</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> prov från </w:t>
+              <w:t xml:space="preserve">Nyinsamlade prov från </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54A6A673" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007C76E2" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C76E2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6066,94 +6045,94 @@
           <w:p w14:paraId="4939CC2B" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Blekinge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="495A6E81" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="495A6E81" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1850324503"/>
                 <w:placeholder>
                   <w:docPart w:val="A29F36F6F8E446EAA6C63BA291E06077"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4E1F62" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="2D4E1F62" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1124914978"/>
                 <w:placeholder>
                   <w:docPart w:val="4337A6DDFD814838880AD09FDC27B0A6"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6182,94 +6161,94 @@
           <w:p w14:paraId="6A0CE3F6" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Dalarna</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B9254B9" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="0B9254B9" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="427171103"/>
                 <w:placeholder>
                   <w:docPart w:val="BC3BF7BC86E4465BA4D7E8CDF963CEF4"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07C8F675" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="07C8F675" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2139064443"/>
                 <w:placeholder>
                   <w:docPart w:val="02E13F5F477844B48E0DB482D71C7B8C"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6308,94 +6287,94 @@
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Region Gotland </w:t>
             </w:r>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(Regionsfri kommun med ansvar för hälso- och sjukvård)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B53C6A2" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="0B53C6A2" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="984661396"/>
                 <w:placeholder>
                   <w:docPart w:val="D05525D1A39F431382DABD9B86C00D79"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27F7FE0F" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="27F7FE0F" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="914589564"/>
                 <w:placeholder>
                   <w:docPart w:val="E03291A181764979A5A61C5EF209CF32"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6424,94 +6403,94 @@
           <w:p w14:paraId="246FEF1F" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Gävleborg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7535401D" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="7535401D" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1285021"/>
                 <w:placeholder>
                   <w:docPart w:val="05C9B2606977454B82E22F2441DF0989"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16E9A029" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="16E9A029" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1793590840"/>
                 <w:placeholder>
                   <w:docPart w:val="3288A6AE403A43A699F13002D3E2115F"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6540,94 +6519,94 @@
           <w:p w14:paraId="1444B530" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Halland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE7B726" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="2AE7B726" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-652367825"/>
                 <w:placeholder>
                   <w:docPart w:val="4EEF5845F5C6410D94047C6B4CAEA797"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1669F5F0" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="1669F5F0" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2046476098"/>
                 <w:placeholder>
                   <w:docPart w:val="3B6C80D0591947A497D8F38AF1FA36AA"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6665,94 +6644,94 @@
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Jämtland</w:t>
             </w:r>
             <w:r w:rsidRPr="00E8116E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Härjedalen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71F567C1" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="71F567C1" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1201392654"/>
                 <w:placeholder>
                   <w:docPart w:val="75E8E25A38464A10AF71EF2F4646F972"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E9A42DC" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="6E9A42DC" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="560903270"/>
                 <w:placeholder>
                   <w:docPart w:val="0AEBCBDA3B094E6D9603EE9FC29E0242"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6781,94 +6760,94 @@
           <w:p w14:paraId="40D7BC23" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Jönköpings län</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F59647B" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="2F59647B" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-108745432"/>
                 <w:placeholder>
                   <w:docPart w:val="722ED71F56F34E04805ABD2AF2094277"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13708D64" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="13708D64" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1136296770"/>
                 <w:placeholder>
                   <w:docPart w:val="63D8F1C79767448180F04C92CD9A84CD"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6906,94 +6885,94 @@
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Kalmar</w:t>
             </w:r>
             <w:r w:rsidRPr="00E8116E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> län</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61E3B142" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="61E3B142" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-921018018"/>
                 <w:placeholder>
                   <w:docPart w:val="1CE5E8D2FB3F46D0B3567E77929C9D57"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7714118E" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="7714118E" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1388561776"/>
                 <w:placeholder>
                   <w:docPart w:val="EBA1884503054A2BB6697D21ABE1C95E"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7022,94 +7001,94 @@
           <w:p w14:paraId="0C3D9222" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Kronoberg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="311BEBEF" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="311BEBEF" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-402449873"/>
                 <w:placeholder>
                   <w:docPart w:val="A608E5833BCC456B969A4A7E3E4DF5C1"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1736F18A" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="1736F18A" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1030640758"/>
                 <w:placeholder>
                   <w:docPart w:val="8F505BE733DD4F32B47FD948092396C0"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7138,94 +7117,94 @@
           <w:p w14:paraId="05727490" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Norrbotten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12EE5AA2" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="12EE5AA2" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="627358936"/>
                 <w:placeholder>
                   <w:docPart w:val="AEA0925F2C694EBD922CCA163BC3C36C"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D17B3AB" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="5D17B3AB" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="424627173"/>
                 <w:placeholder>
                   <w:docPart w:val="9FDE7BD33D394704A5CBE05BEB881BEA"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7254,94 +7233,94 @@
           <w:p w14:paraId="5545681C" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Skåne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62B7ED2F" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="62B7ED2F" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-163792897"/>
                 <w:placeholder>
                   <w:docPart w:val="53D12B3EA2DB4685933C643A91D7AD04"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45131D4F" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="45131D4F" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="153580414"/>
                 <w:placeholder>
                   <w:docPart w:val="8DB37F431234419DB1DD732854ED6D1D"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7379,94 +7358,94 @@
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region</w:t>
             </w:r>
             <w:r w:rsidRPr="008B5774">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stockholm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BB04622" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="2BB04622" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-161928438"/>
                 <w:placeholder>
                   <w:docPart w:val="ED923F85C0A14E19AFE2C7B7EE7889E1"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="247F4059" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="247F4059" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1623188343"/>
                 <w:placeholder>
                   <w:docPart w:val="65BED07D1EC7431AA73B86F52F3988D8"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7495,94 +7474,94 @@
           <w:p w14:paraId="2E8474D1" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Sörmland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A823E62" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="2A823E62" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1855027882"/>
                 <w:placeholder>
                   <w:docPart w:val="9300E2CA1B01491CB083F1B96365EF42"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61A001E0" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="61A001E0" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1680265668"/>
                 <w:placeholder>
                   <w:docPart w:val="69F3B5E69BE9407EB30737B43E9D85A9"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7611,94 +7590,94 @@
           <w:p w14:paraId="6A6D3B62" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Uppsala</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B8C1C1A" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="7B8C1C1A" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-14388790"/>
                 <w:placeholder>
                   <w:docPart w:val="165C1E828E474E278BF995DAA4A7AE81"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="491F1B2A" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="491F1B2A" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1399434484"/>
                 <w:placeholder>
                   <w:docPart w:val="7AB33910CF974AB5A1DFC645FB2720A1"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7727,94 +7706,94 @@
           <w:p w14:paraId="4D0F3E11" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Värmland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CCCE160" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="5CCCE160" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1240674689"/>
                 <w:placeholder>
                   <w:docPart w:val="DBCB94F51B5544B583E2200239349604"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AEEF97D" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="3AEEF97D" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2125925038"/>
                 <w:placeholder>
                   <w:docPart w:val="46E1F398840047809D0499C984EFBAAD"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7843,94 +7822,94 @@
           <w:p w14:paraId="21887AE3" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Västerbotten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BDF23B8" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="0BDF23B8" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1301992025"/>
                 <w:placeholder>
                   <w:docPart w:val="4835717C6BA74DA4B8EA8F3E3BE0D078"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6A07BD" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="0A6A07BD" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1615289046"/>
                 <w:placeholder>
                   <w:docPart w:val="6D629FDF224E4DD0B7A92785DAFFC629"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7959,94 +7938,94 @@
           <w:p w14:paraId="3D7B7B0F" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Västernorrland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="452CCA63" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="452CCA63" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1905903321"/>
                 <w:placeholder>
                   <w:docPart w:val="CF73BC3F62ED4CB58161DD1BC7DB5315"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="625D0CEF" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="625D0CEF" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-593009736"/>
                 <w:placeholder>
                   <w:docPart w:val="4BBF5DFC122440FE830A3985BC5B0762"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -8075,94 +8054,94 @@
           <w:p w14:paraId="15DDBABA" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Västmanland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76512771" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="76512771" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-556010433"/>
                 <w:placeholder>
                   <w:docPart w:val="F75D31D9EC5948B3875FE212E27F4B85"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22630AE5" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="22630AE5" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2061899298"/>
                 <w:placeholder>
                   <w:docPart w:val="A997E78DE80746A6B459665A533B5F24"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -8191,94 +8170,94 @@
           <w:p w14:paraId="0D281B11" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Västra Götalandsregionen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56A32115" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="56A32115" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2042782794"/>
                 <w:placeholder>
                   <w:docPart w:val="6401CA25E82C4021AE726929E9E710D3"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B390E86" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="4B390E86" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-665481053"/>
                 <w:placeholder>
                   <w:docPart w:val="2E6BD1A7117A48B5A9E68F846B367745"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -8307,94 +8286,94 @@
           <w:p w14:paraId="7DC90EBD" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Örebro län</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25476AD0" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="25476AD0" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-253756847"/>
                 <w:placeholder>
                   <w:docPart w:val="D25F6523E9C743B0AE055D596794F62E"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FD974AB" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="3FD974AB" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1654252063"/>
                 <w:placeholder>
                   <w:docPart w:val="E23E364AF4E6413DB3A76F962945CB4E"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -8423,94 +8402,94 @@
           <w:p w14:paraId="68AC7F14" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Östergötland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9405EC" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="3C9405EC" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1182171870"/>
                 <w:placeholder>
                   <w:docPart w:val="77F3087E2D2D4328B4A662B00BD66823"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15B3F88B" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="15B3F88B" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="652649427"/>
                 <w:placeholder>
                   <w:docPart w:val="71822E58268E477A80312C2B91399A18"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -8665,94 +8644,94 @@
             </w:r>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="009A77BF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC1EB1E" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="4CC1EB1E" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="942425063"/>
                 <w:placeholder>
                   <w:docPart w:val="9EDF6BF82DFA47148F6170948EB2C8A3"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="009A77BF">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4665AD8C" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="001A2C54" w:rsidP="009A77BF">
+          <w:p w14:paraId="4665AD8C" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="009A77BF" w:rsidRDefault="00B66FBD" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="402258198"/>
                 <w:placeholder>
                   <w:docPart w:val="F95C77E1833D4A85B70F707AEEC87DA8"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -12520,82 +12499,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D53CBA">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Huvudmannen för biobanken blir personuppgiftsansvarig för uppgifter i biobanksansökan när den tagits emot av huvudmannens biobank. Uppgifterna behandlas enligt dataskyddsförordningen. För mer information om hur personuppgifterna behandlas i ditt ärende hänvisas till huvudmannen.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006317F3" w:rsidRPr="007C5BF1" w:rsidSect="00A37B59">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="471" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7FBA089D" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EE958FC" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
     <w:p w14:paraId="79078F63" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
     <w:p w14:paraId="3214D2FC" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
     <w:p w14:paraId="63EED780" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
     <w:p w14:paraId="5CCE2E0D" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
     <w:p w14:paraId="6CC99FC8" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3E25B14C" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="470F777E" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
     <w:p w14:paraId="3767F02B" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
     <w:p w14:paraId="297581D5" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
     <w:p w14:paraId="1C02848D" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
     <w:p w14:paraId="27A3C33B" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
     <w:p w14:paraId="50857624" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -12649,51 +12628,51 @@
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="504A506B" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42B628F6" wp14:editId="614E322B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4445</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10506075</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7559675" cy="179705"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="23" name="Rektangel 23"/>
               <wp:cNvGraphicFramePr/>
@@ -12717,51 +12696,51 @@
                         <a:prstDash val="solid"/>
                         <a:miter lim="800000"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="1FDF09D9" id="Rektangel 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7ltRAVgIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+1kSdMEdYosRYcB&#10;RVugHXpWZCk2IIkapcTpfv0o2U26bqdhPsikSPPj8dGXVwdr2F5haMFVfHRWcqachLp124p/f7r5&#10;dMFZiMLVwoBTFX9RgV8tP3647PxCjaEBUytkFMSFRecr3sToF0URZKOsCGfglSOjBrQikorbokbR&#10;UXRrinFZnhcdYO0RpAqBbq97I1/m+ForGe+1DioyU3GqLeYT87lJZ7G8FIstCt+0cihD/EMVVrSO&#10;kh5DXYso2A7bP0LZViIE0PFMgi1A61aq3AN1MyrfdfPYCK9yLwRO8EeYwv8LK+/2j/4BCYbOh0Ug&#10;MXVx0GjTm+pjhwzWyxEsdYhM0uVsOp2fz6acSbKNZvNZOU1oFqevPYb4VYFlSag40jAyRmJ/G2Lv&#10;+uqSkgUwbX3TGpMV3G7WBtle0OAm889fLvKsKPpvbsaxjrKPZyUNVwoikDYikmh9XfHgtpwJsyVm&#10;yog5t4OUIU895b4Woelz5LA9HWwbiZOmtRW/KNMz9GVcqkxlVg0dnEBL0gbqlwdkCD3Ngpc3LSW5&#10;FSE+CCReUZG0K/GeDm2AKodB4qwB/Pm3++RP4yYrZx3xlLr6sROoODPfHBFhPppMErGzMpnOxqTg&#10;W8vmrcXt7BoI0RFtpZdZTP7RvIoawT7TSq1SVjIJJyl3j9+grGO/P7SUUq1W2Y3I7EW8dY9epuAJ&#10;pwTv0+FZoB/mH4k5d/DKabF4R4PeN33pYLWLoNvMkROuxK2k0CJklg1LmzbtrZ69Tr+W5S8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCdoMqG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqOOIlpDGqQISXBBCBA49uvE2iYjXIXZa8/c4JzjuzOjtTLELZmAnnFxvSYJYJcCQGqt7&#10;aiV8fjzdZMCcV6TVYAkl/KCDXXl5Uahc2zO946n2LYsQcrmS0Hk/5py7pkOj3MqOSNE72skoH8+p&#10;5XpS5wg3A0+TZMON6il+6NSIjx02X/VsImWPb9VzU78G8V0/vFSzFWHYS3l9FaotMI/B/4VhqR+r&#10;Qxk7HexM2rFBwl3MRXWzvl0DW3xxL1Jgh0XL0gx4WfD/G8pfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAHuW1EBWAgAAogQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJ2gyobfAAAACwEAAA8AAAAAAAAAAAAAAAAAsAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="3243ADEA" id="Rektangel 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7ltRAVgIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+1kSdMEdYosRYcB&#10;RVugHXpWZCk2IIkapcTpfv0o2U26bqdhPsikSPPj8dGXVwdr2F5haMFVfHRWcqachLp124p/f7r5&#10;dMFZiMLVwoBTFX9RgV8tP3647PxCjaEBUytkFMSFRecr3sToF0URZKOsCGfglSOjBrQikorbokbR&#10;UXRrinFZnhcdYO0RpAqBbq97I1/m+ForGe+1DioyU3GqLeYT87lJZ7G8FIstCt+0cihD/EMVVrSO&#10;kh5DXYso2A7bP0LZViIE0PFMgi1A61aq3AN1MyrfdfPYCK9yLwRO8EeYwv8LK+/2j/4BCYbOh0Ug&#10;MXVx0GjTm+pjhwzWyxEsdYhM0uVsOp2fz6acSbKNZvNZOU1oFqevPYb4VYFlSag40jAyRmJ/G2Lv&#10;+uqSkgUwbX3TGpMV3G7WBtle0OAm889fLvKsKPpvbsaxjrKPZyUNVwoikDYikmh9XfHgtpwJsyVm&#10;yog5t4OUIU895b4Woelz5LA9HWwbiZOmtRW/KNMz9GVcqkxlVg0dnEBL0gbqlwdkCD3Ngpc3LSW5&#10;FSE+CCReUZG0K/GeDm2AKodB4qwB/Pm3++RP4yYrZx3xlLr6sROoODPfHBFhPppMErGzMpnOxqTg&#10;W8vmrcXt7BoI0RFtpZdZTP7RvIoawT7TSq1SVjIJJyl3j9+grGO/P7SUUq1W2Y3I7EW8dY9epuAJ&#10;pwTv0+FZoB/mH4k5d/DKabF4R4PeN33pYLWLoNvMkROuxK2k0CJklg1LmzbtrZ69Tr+W5S8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCdoMqG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqOOIlpDGqQISXBBCBA49uvE2iYjXIXZa8/c4JzjuzOjtTLELZmAnnFxvSYJYJcCQGqt7&#10;aiV8fjzdZMCcV6TVYAkl/KCDXXl5Uahc2zO946n2LYsQcrmS0Hk/5py7pkOj3MqOSNE72skoH8+p&#10;5XpS5wg3A0+TZMON6il+6NSIjx02X/VsImWPb9VzU78G8V0/vFSzFWHYS3l9FaotMI/B/4VhqR+r&#10;Qxk7HexM2rFBwl3MRXWzvl0DW3xxL1Jgh0XL0gx4WfD/G8pfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAHuW1EBWAgAAogQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJ2gyobfAAAACwEAAA8AAAAAAAAAAAAAAAAAsAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FE77C6F" wp14:editId="3E9D5583">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -12787,63 +12766,63 @@
                         <a:prstDash val="solid"/>
                         <a:miter lim="800000"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="6FFAEA6B" id="Rektangel 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzJNZyVAIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5ukAULEBqVQqkoI&#10;kELF2fHaWUu2xx072dBf37E3IYH2VDUHZ8Yzno83b/byauss2yiMBnzNhycDzpSX0Bi/qvmPp9tP&#10;E85iEr4RFryq+YuK/Gr28cNlF6ZqBC3YRiGjID5Ou1DzNqUwraooW+VEPIGgPBk1oBOJVFxVDYqO&#10;ojtbjQaDs6oDbAKCVDHS7U1v5LMSX2sl04PWUSVma061pXJiOZf5rGaXYrpCEVojd2WIf6jCCeMp&#10;6WuoG5EEW6P5I5QzEiGCTicSXAVaG6lKD9TNcPCum0Urgiq9EDgxvMIU/19Yeb9ZhEckGLoQp5HE&#10;3MVWo8v/VB/bFrBeXsFS28QkXZ6fng3ox5kk2/gzDaOgWR1eB4zpmwLHslBzpGEUjMTmLibKSK57&#10;l5wsgjXNrbG2KLhaXltkG0GDuxhOxl++5lnRkzdu1rOOaDc6L4UIIpC2IlFNLjQ1j37FmbArYqZM&#10;WHJ7yBnK1HPuGxHbPkcJ29PBmUSctMbVfJJb3Pdlfa5MFVbtOjiAlqUlNC+PyBB6msUgbw0luRMx&#10;PQokXhFatCvpgQ5tgSqHncRZC/jrb/fZn8ZNVs464il19XMtUHFmv3siwsVwPM7ELsr49HxECh5b&#10;lscWv3bXQIgOaSuDLGL2T3YvagT3TCs1z1nJJLyk3D1+O+U69ftDSynVfF7ciMxBpDu/CDIHzzhl&#10;eJ+2zwLDbv6JmHMPe06L6Tsa9L75pYf5OoE2hSMHXGn6WaFFKDzYLW3etGO9eB0+LbPfAAAA//8D&#10;AFBLAwQUAAYACAAAACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP&#10;1iJxQa3TSHFLiFNFSHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4&#10;/ljtgKWsvFY2eJRwwwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWV&#10;xJ3lZVEI7tTkycGoGd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGc&#10;vU7MSqAimbbVbiuA3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAcyTWclQCAACiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAF6Lv89oAAAALAQAADwAAAAAAAAAAAAAAAACuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="1DB1245F" id="Rektangel 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzJNZyVAIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5ukAULEBqVQqkoI&#10;kELF2fHaWUu2xx072dBf37E3IYH2VDUHZ8Yzno83b/byauss2yiMBnzNhycDzpSX0Bi/qvmPp9tP&#10;E85iEr4RFryq+YuK/Gr28cNlF6ZqBC3YRiGjID5Ou1DzNqUwraooW+VEPIGgPBk1oBOJVFxVDYqO&#10;ojtbjQaDs6oDbAKCVDHS7U1v5LMSX2sl04PWUSVma061pXJiOZf5rGaXYrpCEVojd2WIf6jCCeMp&#10;6WuoG5EEW6P5I5QzEiGCTicSXAVaG6lKD9TNcPCum0Urgiq9EDgxvMIU/19Yeb9ZhEckGLoQp5HE&#10;3MVWo8v/VB/bFrBeXsFS28QkXZ6fng3ox5kk2/gzDaOgWR1eB4zpmwLHslBzpGEUjMTmLibKSK57&#10;l5wsgjXNrbG2KLhaXltkG0GDuxhOxl++5lnRkzdu1rOOaDc6L4UIIpC2IlFNLjQ1j37FmbArYqZM&#10;WHJ7yBnK1HPuGxHbPkcJ29PBmUSctMbVfJJb3Pdlfa5MFVbtOjiAlqUlNC+PyBB6msUgbw0luRMx&#10;PQokXhFatCvpgQ5tgSqHncRZC/jrb/fZn8ZNVs464il19XMtUHFmv3siwsVwPM7ELsr49HxECh5b&#10;lscWv3bXQIgOaSuDLGL2T3YvagT3TCs1z1nJJLyk3D1+O+U69ftDSynVfF7ciMxBpDu/CDIHzzhl&#10;eJ+2zwLDbv6JmHMPe06L6Tsa9L75pYf5OoE2hSMHXGn6WaFFKDzYLW3etGO9eB0+LbPfAAAA//8D&#10;AFBLAwQUAAYACAAAACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP&#10;1iJxQa3TSHFLiFNFSHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4&#10;/ljtgKWsvFY2eJRwwwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWV&#10;xJ3lZVEI7tTkycGoGd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGc&#10;vU7MSqAimbbVbiuA3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAcyTWclQCAACiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAF6Lv89oAAAALAQAADwAAAAAAAAAAAAAAAACuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="06188C12" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14F84507" wp14:editId="137CC7E1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10502900</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="180000"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="29" name="Rektangel 29"/>
               <wp:cNvGraphicFramePr/>
@@ -12867,51 +12846,51 @@
                         <a:prstDash val="solid"/>
                         <a:miter lim="800000"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="14DF6F7B" id="Rektangel 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6ke+kTgIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51k6SuoU2QtMgwo&#10;2gLp0LMiS7EASdQoJU7360fJea3baZgPMinSfHz86JvbrbNsozAa8DUfng04U15CY/yq5t9f5p+u&#10;OItJ+EZY8Krmbyry2+nHDzddmKgRtGAbhYyC+DjpQs3blMKkqqJslRPxDILyZNSATiRScVU1KDqK&#10;7mw1Ggwuqg6wCQhSxUi3972RT0t8rZVMT1pHlZitOdWWyonlXOazmt6IyQpFaI3clSH+oQonjKek&#10;h1D3Igm2RvNHKGckQgSdziS4CrQ2UpUeqJvh4F03i1YEVXohcGI4wBT/X1j5uFmEZyQYuhAnkcTc&#10;xVajy2+qj20LWG8HsNQ2MUmXl+cXA3o4k2QbXhWZwlTHrwPG9FWBY1moOdIwCkZi8xBT77p3ycki&#10;WNPMjbVFwdXyziLbCBrc+Przl6syK4r+m5v1rKPso8tSiCACaSsS1eRCU/PoV5wJuyJmyoQlt4ec&#10;oUw9574Xse1zlLA9HZxJxElrXM1LW/vM1ufKVGHVroMjaFlaQvP2jAyhp1kMcm4oyYOI6Vkg8YrQ&#10;ol1JT3RoC1Q57CTOWsCff7vP/jRusnLWEU+pqx9rgYoz+80TEa6H43EmdlHG55cjUvDUsjy1+LW7&#10;A0J0SFsZZBGzf7J7USO4V1qpWc5KJuEl5e7x2yl3qd8fWkqpZrPiRmQOIj34RZA5eMYpw/uyfRUY&#10;dvNPxJxH2HNaTN7RoPfNX3qYrRNoUzhyxJW4lRVahMKy3dLmTTvVi9fx1zL9BQAA//8DAFBLAwQU&#10;AAYACAAAACEA31iF8t4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fja&#10;AdUoTaeCBBeEJgqHHbPGtBWNU5p0C/8e9wQ3+z3r+XvFNtpBHHHyvSMF6SoBgdQ401Or4OP96WoD&#10;wgdNRg+OUMEPetiW52eFzo070Rse69AKDiGfawVdCGMupW86tNqv3IjE3qebrA68Tq00kz5xuB3k&#10;OkkyaXVP/KHTIz522HzVs+WUPe6q56Z+jel3/fBSzS6Nw16py4tY3YMIGMPfMSz4jA4lMx3cTMaL&#10;QQEXCaxmtzc8LX56l2QgDou2WV+DLAv5v0P5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADqR76ROAgAAogQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAN9YhfLeAAAACwEAAA8AAAAAAAAAAAAAAAAAqAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="6036C44A" id="Rektangel 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6ke+kTgIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51k6SuoU2QtMgwo&#10;2gLp0LMiS7EASdQoJU7360fJea3baZgPMinSfHz86JvbrbNsozAa8DUfng04U15CY/yq5t9f5p+u&#10;OItJ+EZY8Krmbyry2+nHDzddmKgRtGAbhYyC+DjpQs3blMKkqqJslRPxDILyZNSATiRScVU1KDqK&#10;7mw1Ggwuqg6wCQhSxUi3972RT0t8rZVMT1pHlZitOdWWyonlXOazmt6IyQpFaI3clSH+oQonjKek&#10;h1D3Igm2RvNHKGckQgSdziS4CrQ2UpUeqJvh4F03i1YEVXohcGI4wBT/X1j5uFmEZyQYuhAnkcTc&#10;xVajy2+qj20LWG8HsNQ2MUmXl+cXA3o4k2QbXhWZwlTHrwPG9FWBY1moOdIwCkZi8xBT77p3ycki&#10;WNPMjbVFwdXyziLbCBrc+Przl6syK4r+m5v1rKPso8tSiCACaSsS1eRCU/PoV5wJuyJmyoQlt4ec&#10;oUw9574Xse1zlLA9HZxJxElrXM1LW/vM1ufKVGHVroMjaFlaQvP2jAyhp1kMcm4oyYOI6Vkg8YrQ&#10;ol1JT3RoC1Q57CTOWsCff7vP/jRusnLWEU+pqx9rgYoz+80TEa6H43EmdlHG55cjUvDUsjy1+LW7&#10;A0J0SFsZZBGzf7J7USO4V1qpWc5KJuEl5e7x2yl3qd8fWkqpZrPiRmQOIj34RZA5eMYpw/uyfRUY&#10;dvNPxJxH2HNaTN7RoPfNX3qYrRNoUzhyxJW4lRVahMKy3dLmTTvVi9fx1zL9BQAA//8DAFBLAwQU&#10;AAYACAAAACEA31iF8t4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fja&#10;AdUoTaeCBBeEJgqHHbPGtBWNU5p0C/8e9wQ3+z3r+XvFNtpBHHHyvSMF6SoBgdQ401Or4OP96WoD&#10;wgdNRg+OUMEPetiW52eFzo070Rse69AKDiGfawVdCGMupW86tNqv3IjE3qebrA68Tq00kz5xuB3k&#10;OkkyaXVP/KHTIz522HzVs+WUPe6q56Z+jel3/fBSzS6Nw16py4tY3YMIGMPfMSz4jA4lMx3cTMaL&#10;QQEXCaxmtzc8LX56l2QgDou2WV+DLAv5v0P5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADqR76ROAgAAogQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAN9YhfLeAAAACwEAAA8AAAAAAAAAAAAAAAAAqAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="350CCE44" wp14:editId="4751E423">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -12937,63 +12916,63 @@
                         <a:prstDash val="solid"/>
                         <a:miter lim="800000"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="5C65F6C6" id="Rektangel 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzJNZyVAIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5ukAULEBqVQqkoI&#10;kELF2fHaWUu2xx072dBf37E3IYH2VDUHZ8Yzno83b/byauss2yiMBnzNhycDzpSX0Bi/qvmPp9tP&#10;E85iEr4RFryq+YuK/Gr28cNlF6ZqBC3YRiGjID5Ou1DzNqUwraooW+VEPIGgPBk1oBOJVFxVDYqO&#10;ojtbjQaDs6oDbAKCVDHS7U1v5LMSX2sl04PWUSVma061pXJiOZf5rGaXYrpCEVojd2WIf6jCCeMp&#10;6WuoG5EEW6P5I5QzEiGCTicSXAVaG6lKD9TNcPCum0Urgiq9EDgxvMIU/19Yeb9ZhEckGLoQp5HE&#10;3MVWo8v/VB/bFrBeXsFS28QkXZ6fng3ox5kk2/gzDaOgWR1eB4zpmwLHslBzpGEUjMTmLibKSK57&#10;l5wsgjXNrbG2KLhaXltkG0GDuxhOxl++5lnRkzdu1rOOaDc6L4UIIpC2IlFNLjQ1j37FmbArYqZM&#10;WHJ7yBnK1HPuGxHbPkcJ29PBmUSctMbVfJJb3Pdlfa5MFVbtOjiAlqUlNC+PyBB6msUgbw0luRMx&#10;PQokXhFatCvpgQ5tgSqHncRZC/jrb/fZn8ZNVs464il19XMtUHFmv3siwsVwPM7ELsr49HxECh5b&#10;lscWv3bXQIgOaSuDLGL2T3YvagT3TCs1z1nJJLyk3D1+O+U69ftDSynVfF7ciMxBpDu/CDIHzzhl&#10;eJ+2zwLDbv6JmHMPe06L6Tsa9L75pYf5OoE2hSMHXGn6WaFFKDzYLW3etGO9eB0+LbPfAAAA//8D&#10;AFBLAwQUAAYACAAAACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP&#10;1iJxQa3TSHFLiFNFSHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4&#10;/ljtgKWsvFY2eJRwwwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWV&#10;xJ3lZVEI7tTkycGoGd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGc&#10;vU7MSqAimbbVbiuA3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAcyTWclQCAACiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAF6Lv89oAAAALAQAADwAAAAAAAAAAAAAAAACuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="27996B12" id="Rektangel 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzJNZyVAIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5ukAULEBqVQqkoI&#10;kELF2fHaWUu2xx072dBf37E3IYH2VDUHZ8Yzno83b/byauss2yiMBnzNhycDzpSX0Bi/qvmPp9tP&#10;E85iEr4RFryq+YuK/Gr28cNlF6ZqBC3YRiGjID5Ou1DzNqUwraooW+VEPIGgPBk1oBOJVFxVDYqO&#10;ojtbjQaDs6oDbAKCVDHS7U1v5LMSX2sl04PWUSVma061pXJiOZf5rGaXYrpCEVojd2WIf6jCCeMp&#10;6WuoG5EEW6P5I5QzEiGCTicSXAVaG6lKD9TNcPCum0Urgiq9EDgxvMIU/19Yeb9ZhEckGLoQp5HE&#10;3MVWo8v/VB/bFrBeXsFS28QkXZ6fng3ox5kk2/gzDaOgWR1eB4zpmwLHslBzpGEUjMTmLibKSK57&#10;l5wsgjXNrbG2KLhaXltkG0GDuxhOxl++5lnRkzdu1rOOaDc6L4UIIpC2IlFNLjQ1j37FmbArYqZM&#10;WHJ7yBnK1HPuGxHbPkcJ29PBmUSctMbVfJJb3Pdlfa5MFVbtOjiAlqUlNC+PyBB6msUgbw0luRMx&#10;PQokXhFatCvpgQ5tgSqHncRZC/jrb/fZn8ZNVs464il19XMtUHFmv3siwsVwPM7ELsr49HxECh5b&#10;lscWv3bXQIgOaSuDLGL2T3YvagT3TCs1z1nJJLyk3D1+O+U69ftDSynVfF7ciMxBpDu/CDIHzzhl&#10;eJ+2zwLDbv6JmHMPe06L6Tsa9L75pYf5OoE2hSMHXGn6WaFFKDzYLW3etGO9eB0+LbPfAAAA//8D&#10;AFBLAwQUAAYACAAAACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP&#10;1iJxQa3TSHFLiFNFSHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4&#10;/ljtgKWsvFY2eJRwwwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWV&#10;xJ3lZVEI7tTkycGoGd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGc&#10;vU7MSqAimbbVbiuA3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAcyTWclQCAACiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAF6Lv89oAAAALAQAADwAAAAAAAAAAAAAAAACuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="370B1088" w14:textId="41013AA6" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29AC4F68" wp14:editId="2D505693">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4445</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10506075</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7559675" cy="179705"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="11" name="Rektangel 11"/>
               <wp:cNvGraphicFramePr/>
@@ -13030,51 +13009,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="45609C22" id="Rektangel 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkNwTffwIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypGmCOkXWosOA&#10;og3WDj0rshQbkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy8mpfG7ZT6CuwOR+eDThTVkJR2U3Ofzzd&#10;frrgzAdhC2HAqpwflOdXi48fLhs3VyMowRQKGYFYP29czssQ3DzLvCxVLfwZOGVJqAFrEeiIm6xA&#10;0RB6bbLRYHCeNYCFQ5DKe7q9aYV8kfC1VjI8aO1VYCbnFFtIK6Z1HddscSnmGxSurGQXhviHKGpR&#10;WXLaQ92IINgWqzdQdSURPOhwJqHOQOtKqpQDZTMcvMrmsRROpVyIHO96mvz/g5X3u0e3QqKhcX7u&#10;aRuz2Gus45/iY/tE1qEnS+0Dk3Q5nUxm59MJZ5Jkw+lsOphENrOTtUMfviqoWdzkHOkxEkdid+dD&#10;q3pUic48mKq4rYxJB9ysrw2ynaCHG88+f7lIb0Xof6gZG5UtRLMWMd5kp1zSLhyMinrGfleaVQVF&#10;P0qRpDJTvR8hpbJh2IpKUajW/WRAX5dbb5EyTYARWZP/HrsDiCX8FruNstOPpipVaW88+FtgrXFv&#10;kTyDDb1xXVnA9wAMZdV5bvWPJLXURJbWUBxWyBDaHvFO3lb0bnfCh5VAagpqH2r08ECLNtDkHLod&#10;ZyXgr/fuoz7VKkk5a6jJcu5/bgUqzsw3S1U8G47HsSvTYTyZjuiALyXrlxK7ra+BymFII8XJtI36&#10;wRy3GqF+pnmwjF5JJKwk3zmXAY+H69A2P00UqZbLpEad6ES4s49ORvDIaqzLp/2zQNcVb6Cyv4dj&#10;Q4r5qxpudaOlheU2gK5SgZ947fimLk6F002cOCZenpPWaS4ufgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJ2gyobfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo44iWkMapAhJc&#10;EEIEDj268TaJiNchdlrz9zgnOO7M6O1MsQtmYCecXG9JglglwJAaq3tqJXx+PN1kwJxXpNVgCSX8&#10;oINdeXlRqFzbM73jqfYtixByuZLQeT/mnLumQ6Pcyo5I0TvaySgfz6nlelLnCDcDT5Nkw43qKX7o&#10;1IiPHTZf9WwiZY9v1XNTvwbxXT+8VLMVYdhLeX0Vqi0wj8H/hWGpH6tDGTsd7EzasUHCXcxFdbO+&#10;XQNbfHEvUmCHRcvSDHhZ8P8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZDcE338C&#10;AABfBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnaDK&#10;ht8AAAALAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="01B4E941" id="Rektangel 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkNwTffwIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypGmCOkXWosOA&#10;og3WDj0rshQbkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy8mpfG7ZT6CuwOR+eDThTVkJR2U3Ofzzd&#10;frrgzAdhC2HAqpwflOdXi48fLhs3VyMowRQKGYFYP29czssQ3DzLvCxVLfwZOGVJqAFrEeiIm6xA&#10;0RB6bbLRYHCeNYCFQ5DKe7q9aYV8kfC1VjI8aO1VYCbnFFtIK6Z1HddscSnmGxSurGQXhviHKGpR&#10;WXLaQ92IINgWqzdQdSURPOhwJqHOQOtKqpQDZTMcvMrmsRROpVyIHO96mvz/g5X3u0e3QqKhcX7u&#10;aRuz2Gus45/iY/tE1qEnS+0Dk3Q5nUxm59MJZ5Jkw+lsOphENrOTtUMfviqoWdzkHOkxEkdid+dD&#10;q3pUic48mKq4rYxJB9ysrw2ynaCHG88+f7lIb0Xof6gZG5UtRLMWMd5kp1zSLhyMinrGfleaVQVF&#10;P0qRpDJTvR8hpbJh2IpKUajW/WRAX5dbb5EyTYARWZP/HrsDiCX8FruNstOPpipVaW88+FtgrXFv&#10;kTyDDb1xXVnA9wAMZdV5bvWPJLXURJbWUBxWyBDaHvFO3lb0bnfCh5VAagpqH2r08ECLNtDkHLod&#10;ZyXgr/fuoz7VKkk5a6jJcu5/bgUqzsw3S1U8G47HsSvTYTyZjuiALyXrlxK7ra+BymFII8XJtI36&#10;wRy3GqF+pnmwjF5JJKwk3zmXAY+H69A2P00UqZbLpEad6ES4s49ORvDIaqzLp/2zQNcVb6Cyv4dj&#10;Q4r5qxpudaOlheU2gK5SgZ947fimLk6F002cOCZenpPWaS4ufgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJ2gyobfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo44iWkMapAhJc&#10;EEIEDj268TaJiNchdlrz9zgnOO7M6O1MsQtmYCecXG9JglglwJAaq3tqJXx+PN1kwJxXpNVgCSX8&#10;oINdeXlRqFzbM73jqfYtixByuZLQeT/mnLumQ6Pcyo5I0TvaySgfz6nlelLnCDcDT5Nkw43qKX7o&#10;1IiPHTZf9WwiZY9v1XNTvwbxXT+8VLMVYdhLeX0Vqi0wj8H/hWGpH6tDGTsd7EzasUHCXcxFdbO+&#10;XQNbfHEvUmCHRcvSDHhZ8P8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZDcE338C&#10;AABfBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnaDK&#10;ht8AAAALAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3411A819" wp14:editId="6733C2A0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -13113,63 +13092,63 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="4B895802" id="Rektangel 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="1121229C" id="Rektangel 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57EE3968" w14:textId="5E0CBF2E" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AED0D17" wp14:editId="1187BEA2">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10502900</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="180000"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="9" name="Rektangel 9"/>
               <wp:cNvGraphicFramePr/>
@@ -13206,51 +13185,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="68943079" id="Rektangel 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFO1IaeQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r06ytE2DOEWWosOA&#10;oi3WDj0rshQbkEWNUuJkTz9KdpysLXYY5oNMiuTHH5GcXe9qw7YKfQU258OzAWfKSigqu875j+fb&#10;TxPOfBC2EAasyvleeX49//hh1ripGkEJplDICMT6aeNyXobgplnmZalq4c/AKUtCDViLQCyuswJF&#10;Q+i1yUaDwUXWABYOQSrv6famFfJ5wtdayfCgtVeBmZxTbCGdmM5VPLP5TEzXKFxZyS4M8Q9R1KKy&#10;5LSHuhFBsA1Wb6DqSiJ40OFMQp2B1pVUKQfKZjh4lc1TKZxKuVBxvOvL5P8frLzfPrlHpDI0zk89&#10;kTGLncY6/ik+tkvF2vfFUrvAJF1enl8M6ONMkmw4STTBZEdrhz58VVCzSOQc6TFSjcT2zodW9aAS&#10;nXkwVXFbGZMYXK+WBtlW0MONrz5/maS3IvQ/1IyNyhaiWYsYb7JjLokKe6OinrHflWZVQdGPUiSp&#10;zVTvR0ipbBi2olIUqnV/fpJbb5EyTYARWZP/HrsDiC38FruNstOPpip1aW88+FtgrXFvkTyDDb1x&#10;XVnA9wAMZdV5bvUPRWpLE6u0gmL/iAyhnRHv5G1F73YnfHgUSENBT02DHh7o0AaanENHcVYC/nrv&#10;PupTr5KUs4aGLOf+50ag4sx8s9TFV8PxOE5lYsbnlyNi8FSyOpXYTb0EaochrRQnExn1gzmQGqF+&#10;oX2wiF5JJKwk3zmXAQ/MMrTDTxtFqsUiqdEkOhHu7JOTETxWNfbl8+5FoOuaN1Db38NhIMX0VQ+3&#10;utHSwmITQFepwY917epNU5wap9s4cU2c8knruBfnvwEAAP//AwBQSwMEFAAGAAgAAAAhAN9YhfLe&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2gHVKE2nggQXhCYKhx2z&#10;xrQVjVOadAv/HvcEN/s96/l7xTbaQRxx8r0jBekqAYHUONNTq+Dj/elqA8IHTUYPjlDBD3rYludn&#10;hc6NO9EbHuvQCg4hn2sFXQhjLqVvOrTar9yIxN6nm6wOvE6tNJM+cbgd5DpJMml1T/yh0yM+dth8&#10;1bPllD3uquemfo3pd/3wUs0ujcNeqcuLWN2DCBjD3zEs+IwOJTMd3EzGi0EBFwmsZrc3PC1+epdk&#10;IA6LtllfgywL+b9D+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFO1IaeQIAAF8FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDfWIXy3gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="6E341F5D" id="Rektangel 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFO1IaeQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r06ytE2DOEWWosOA&#10;oi3WDj0rshQbkEWNUuJkTz9KdpysLXYY5oNMiuTHH5GcXe9qw7YKfQU258OzAWfKSigqu875j+fb&#10;TxPOfBC2EAasyvleeX49//hh1ripGkEJplDICMT6aeNyXobgplnmZalq4c/AKUtCDViLQCyuswJF&#10;Q+i1yUaDwUXWABYOQSrv6famFfJ5wtdayfCgtVeBmZxTbCGdmM5VPLP5TEzXKFxZyS4M8Q9R1KKy&#10;5LSHuhFBsA1Wb6DqSiJ40OFMQp2B1pVUKQfKZjh4lc1TKZxKuVBxvOvL5P8frLzfPrlHpDI0zk89&#10;kTGLncY6/ik+tkvF2vfFUrvAJF1enl8M6ONMkmw4STTBZEdrhz58VVCzSOQc6TFSjcT2zodW9aAS&#10;nXkwVXFbGZMYXK+WBtlW0MONrz5/maS3IvQ/1IyNyhaiWYsYb7JjLokKe6OinrHflWZVQdGPUiSp&#10;zVTvR0ipbBi2olIUqnV/fpJbb5EyTYARWZP/HrsDiC38FruNstOPpip1aW88+FtgrXFvkTyDDb1x&#10;XVnA9wAMZdV5bvUPRWpLE6u0gmL/iAyhnRHv5G1F73YnfHgUSENBT02DHh7o0AaanENHcVYC/nrv&#10;PupTr5KUs4aGLOf+50ag4sx8s9TFV8PxOE5lYsbnlyNi8FSyOpXYTb0EaochrRQnExn1gzmQGqF+&#10;oX2wiF5JJKwk3zmXAQ/MMrTDTxtFqsUiqdEkOhHu7JOTETxWNfbl8+5FoOuaN1Db38NhIMX0VQ+3&#10;utHSwmITQFepwY917epNU5wap9s4cU2c8knruBfnvwEAAP//AwBQSwMEFAAGAAgAAAAhAN9YhfLe&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2gHVKE2nggQXhCYKhx2z&#10;xrQVjVOadAv/HvcEN/s96/l7xTbaQRxx8r0jBekqAYHUONNTq+Dj/elqA8IHTUYPjlDBD3rYludn&#10;hc6NO9EbHuvQCg4hn2sFXQhjLqVvOrTar9yIxN6nm6wOvE6tNJM+cbgd5DpJMml1T/yh0yM+dth8&#10;1bPllD3uquemfo3pd/3wUs0ujcNeqcuLWN2DCBjD3zEs+IwOJTMd3EzGi0EBFwmsZrc3PC1+epdk&#10;IA6LtllfgywL+b9D+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFO1IaeQIAAF8FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDfWIXy3gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D6624FB" wp14:editId="64C27A2D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -13289,84 +13268,84 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="26E9A8D9" id="Rektangel 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="0F87E748" id="Rektangel 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5A0BE495" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="45826214" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="35F96877" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
     <w:p w14:paraId="3C2976D8" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
     <w:p w14:paraId="1DC11F9A" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
     <w:p w14:paraId="14E61656" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
     <w:p w14:paraId="59F3AE58" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
     <w:p w14:paraId="74743C49" w14:textId="77777777" w:rsidR="00AC1668" w:rsidRDefault="00AC1668" w:rsidP="00702A07"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:id w:val="466709535"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="7D4CB5CD" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
         <w:pPr>
           <w:pStyle w:val="Sidhuvud"/>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
         </w:pPr>
         <w:r>
@@ -13396,51 +13375,51 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="02E7636D" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="01DDFA15" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="3BCFB4EC" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="2A5CA28A" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="3ED44E0B" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="71C2C187" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="57874776" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0FA691B4" w14:textId="188D4ED5" w:rsidR="00D47FCB" w:rsidRPr="00A27DD6" w:rsidRDefault="00D47FCB" w:rsidP="00E86465">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="10760"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-568"/>
     </w:pPr>
     <w:r w:rsidRPr="00A27DD6">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="175F8EA0" wp14:editId="47EF4EFD">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6606540</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>286173</wp:posOffset>
               </wp:positionV>
@@ -13503,71 +13482,58 @@
                               </w:pPr>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve">Sida </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
                               <w:r w:rsidR="005263C5">
                                 <w:rPr>
                                   <w:noProof/>
                                 </w:rPr>
                                 <w:t>4</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve"> av </w:t>
                               </w:r>
-                              <w:r w:rsidR="001A2C54">
-[...19 lines deleted...]
-                              </w:r>
+                              <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                                <w:r w:rsidR="005263C5">
+                                  <w:rPr>
+                                    <w:noProof/>
+                                  </w:rPr>
+                                  <w:t>5</w:t>
+                                </w:r>
+                              </w:fldSimple>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                         <w:p w14:paraId="0C7B76BA" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
                           <w:pPr>
                             <w:pStyle w:val="sidhuvudsida1"/>
                             <w:jc w:val="right"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
@@ -13619,109 +13585,96 @@
                         </w:pPr>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve">Sida </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
                         <w:r w:rsidR="005263C5">
                           <w:rPr>
                             <w:noProof/>
                           </w:rPr>
                           <w:t>4</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve"> av </w:t>
                         </w:r>
-                        <w:r w:rsidR="001A2C54">
-[...19 lines deleted...]
-                        </w:r>
+                        <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                          <w:r w:rsidR="005263C5">
+                            <w:rPr>
+                              <w:noProof/>
+                            </w:rPr>
+                            <w:t>5</w:t>
+                          </w:r>
+                        </w:fldSimple>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                   <w:p w14:paraId="0C7B76BA" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:jc w:val="right"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00A27DD6">
       <w:t>Dokument: L1.</w:t>
     </w:r>
     <w:r w:rsidR="007C76E2">
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00A27DD6">
       <w:t xml:space="preserve">   Version: 10.</w:t>
     </w:r>
     <w:r w:rsidR="00440AEC">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00A27DD6">
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="594F971C" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRPr="002B19E3" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Allmntstyckeformat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683840" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34E65C5B" wp14:editId="0471D9C4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>5715</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
@@ -14158,51 +14111,51 @@
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                         <a:solidFill>
                           <a:sysClr val="windowText" lastClr="000000"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                         <a:miter lim="800000"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="12A7BC1A" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYtrd+sAEAAFkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tuGzEMvBfIPwi6x9qkbWAsvM4hRnIp&#10;mgBNP4DRY1eAXhAVr/33oWTHcdNbUR20lCgOOeTs6nbnHdvqjDaGgV8tOs50kFHZMA789/P95ZIz&#10;LBAUuBj0wPca+e364stqTr2+jlN0SmdGIAH7OQ18KiX1QqCctAdcxKQDOU3MHgod8yhUhpnQvRPX&#10;XXcj5phVylFqRLrdHJx83fCN0bI8GoO6MDdwqq20Pbf9pe5ivYJ+zJAmK49lwD9U4cEGSnqC2kAB&#10;9prtX1DeyhwxmrKQ0YtojJW6cSA2V90nNr8mSLpxoeZgOrUJ/x+s/Lm9C0+Z2jAn7DE95cpiZ7Kv&#10;X6qP7Vqz9qdm6V1hki5vlt86WpzJd5/4CEwZy4OOnlVj4M6GygN62P7AQsno6fuTeh3ivXWuzcIF&#10;NhP41+8VGUgRxkEh0yc1cAwjZ+BGkposuSFidFbV6IqDe7xzmW2Bpk0iUXF+pnI5c4CFHMShrTp1&#10;quCP0FrOBnA6BDfXQRzeFlKos37gy/NoF2pG3TR2JPXRwmq9RLVvnRX1RPNrSY9aqwI5P5N9/kes&#10;3wAAAP//AwBQSwMEFAAGAAgAAAAhALAaZvjeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01L&#10;w0AQhu9C/8MyBW92U0MbjdmUUunBW40KHrfZyYfNzobspo3/3ikIepx3Ht6PbDPZTpxx8K0jBctF&#10;BAKpdKalWsH72/7uAYQPmozuHKGCb/SwyWc3mU6Nu9ArnotQCzYhn2oFTQh9KqUvG7TaL1yPxL/K&#10;DVYHPodamkFf2Nx28j6K1tLqljih0T3uGixPxWgVjIddFbX7ePr6jAs5viSHj+eqVup2Pm2fQASc&#10;wh8M1/pcHXLudHQjGS86Bat1wiTryYonXIFlHD+COP5KMs/k/w35DwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDYtrd+sAEAAFkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCwGmb43gAAAAsBAAAPAAAAAAAAAAAAAAAAAAoEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;" strokecolor="windowText" strokeweight=".5pt">
+            <v:line w14:anchorId="1FDFAF7E" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYtrd+sAEAAFkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tuGzEMvBfIPwi6x9qkbWAsvM4hRnIp&#10;mgBNP4DRY1eAXhAVr/33oWTHcdNbUR20lCgOOeTs6nbnHdvqjDaGgV8tOs50kFHZMA789/P95ZIz&#10;LBAUuBj0wPca+e364stqTr2+jlN0SmdGIAH7OQ18KiX1QqCctAdcxKQDOU3MHgod8yhUhpnQvRPX&#10;XXcj5phVylFqRLrdHJx83fCN0bI8GoO6MDdwqq20Pbf9pe5ivYJ+zJAmK49lwD9U4cEGSnqC2kAB&#10;9prtX1DeyhwxmrKQ0YtojJW6cSA2V90nNr8mSLpxoeZgOrUJ/x+s/Lm9C0+Z2jAn7DE95cpiZ7Kv&#10;X6qP7Vqz9qdm6V1hki5vlt86WpzJd5/4CEwZy4OOnlVj4M6GygN62P7AQsno6fuTeh3ivXWuzcIF&#10;NhP41+8VGUgRxkEh0yc1cAwjZ+BGkposuSFidFbV6IqDe7xzmW2Bpk0iUXF+pnI5c4CFHMShrTp1&#10;quCP0FrOBnA6BDfXQRzeFlKos37gy/NoF2pG3TR2JPXRwmq9RLVvnRX1RPNrSY9aqwI5P5N9/kes&#10;3wAAAP//AwBQSwMEFAAGAAgAAAAhALAaZvjeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01L&#10;w0AQhu9C/8MyBW92U0MbjdmUUunBW40KHrfZyYfNzobspo3/3ikIepx3Ht6PbDPZTpxx8K0jBctF&#10;BAKpdKalWsH72/7uAYQPmozuHKGCb/SwyWc3mU6Nu9ArnotQCzYhn2oFTQh9KqUvG7TaL1yPxL/K&#10;DVYHPodamkFf2Nx28j6K1tLqljih0T3uGixPxWgVjIddFbX7ePr6jAs5viSHj+eqVup2Pm2fQASc&#10;wh8M1/pcHXLudHQjGS86Bat1wiTryYonXIFlHD+COP5KMs/k/w35DwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDYtrd+sAEAAFkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCwGmb43gAAAAsBAAAPAAAAAAAAAAAAAAAAAAoEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;" strokecolor="windowText" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="337CAED6" wp14:editId="514C0781">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>360045</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>289560</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1465200" cy="662400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="15" name="Bildobjekt 15"/>
@@ -14331,71 +14284,58 @@
                               </w:pPr>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve">Sida </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
                               <w:r w:rsidR="005263C5">
                                 <w:rPr>
                                   <w:noProof/>
                                 </w:rPr>
                                 <w:t>3</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve"> av </w:t>
                               </w:r>
-                              <w:r w:rsidR="001A2C54">
-[...19 lines deleted...]
-                              </w:r>
+                              <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                                <w:r w:rsidR="005263C5">
+                                  <w:rPr>
+                                    <w:noProof/>
+                                  </w:rPr>
+                                  <w:t>5</w:t>
+                                </w:r>
+                              </w:fldSimple>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                         <w:p w14:paraId="3E4BCEE3" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
                           <w:pPr>
                             <w:pStyle w:val="sidhuvudsida1"/>
                             <w:jc w:val="right"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
@@ -14443,94 +14383,81 @@
                         </w:pPr>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve">Sida </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
                         <w:r w:rsidR="005263C5">
                           <w:rPr>
                             <w:noProof/>
                           </w:rPr>
                           <w:t>3</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve"> av </w:t>
                         </w:r>
-                        <w:r w:rsidR="001A2C54">
-[...19 lines deleted...]
-                        </w:r>
+                        <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                          <w:r w:rsidR="005263C5">
+                            <w:rPr>
+                              <w:noProof/>
+                            </w:rPr>
+                            <w:t>5</w:t>
+                          </w:r>
+                        </w:fldSimple>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                   <w:p w14:paraId="3E4BCEE3" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:jc w:val="right"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:id w:val="1085418684"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="01224C56" w14:textId="4A658449" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
         <w:pPr>
           <w:pStyle w:val="Sidhuvud"/>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
         </w:pPr>
         <w:r>
@@ -14560,51 +14487,51 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="28F5B82F" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="275344D1" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="2EB99CE2" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="64F99723" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="166757A0" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="0816B6AA" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="0B976547" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D0B1E96" w14:textId="37A13B46" w:rsidR="00D47FCB" w:rsidRPr="001B10B0" w:rsidRDefault="00D47FCB" w:rsidP="00E86465">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="10760"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-568"/>
     </w:pPr>
     <w:r w:rsidRPr="001B10B0">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2813EEA8" wp14:editId="72CE0737">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6606540</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>286173</wp:posOffset>
               </wp:positionV>
@@ -14667,71 +14594,58 @@
                               </w:pPr>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve">Sida </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
                               <w:r w:rsidR="005263C5">
                                 <w:rPr>
                                   <w:noProof/>
                                 </w:rPr>
                                 <w:t>5</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve"> av </w:t>
                               </w:r>
-                              <w:r w:rsidR="001A2C54">
-[...19 lines deleted...]
-                              </w:r>
+                              <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                                <w:r w:rsidR="005263C5">
+                                  <w:rPr>
+                                    <w:noProof/>
+                                  </w:rPr>
+                                  <w:t>5</w:t>
+                                </w:r>
+                              </w:fldSimple>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                         <w:p w14:paraId="07193197" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
                           <w:pPr>
                             <w:pStyle w:val="sidhuvudsida1"/>
                             <w:jc w:val="right"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
@@ -14783,71 +14697,58 @@
                         </w:pPr>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve">Sida </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
                         <w:r w:rsidR="005263C5">
                           <w:rPr>
                             <w:noProof/>
                           </w:rPr>
                           <w:t>5</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve"> av </w:t>
                         </w:r>
-                        <w:r w:rsidR="001A2C54">
-[...19 lines deleted...]
-                        </w:r>
+                        <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                          <w:r w:rsidR="005263C5">
+                            <w:rPr>
+                              <w:noProof/>
+                            </w:rPr>
+                            <w:t>5</w:t>
+                          </w:r>
+                        </w:fldSimple>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                   <w:p w14:paraId="07193197" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:jc w:val="right"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="001B10B0">
       <w:t xml:space="preserve">Dokument: </w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r>
@@ -14855,51 +14756,51 @@
     </w:r>
     <w:r w:rsidRPr="001B10B0">
       <w:t xml:space="preserve">  Version</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="001B10B0">
       <w:t>: 1</w:t>
     </w:r>
     <w:r>
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidRPr="001B10B0">
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00505CAC">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="001B10B0">
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="496C5CC0" w14:textId="16C78B22" w:rsidR="00D47FCB" w:rsidRPr="002B19E3" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Allmntstyckeformat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="202476AC" wp14:editId="425FE807">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>5715</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
@@ -15238,51 +15139,51 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="7D37059B" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAze9ibsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfKf0Dcs3ijKIqs9eaQKLlE&#10;bdSPH0DwsEYCBgFde/99B3bXjppIVav6MGZg3puZx7C5m5xle4jJoO/4etVwBl5hb/yu4z++P17e&#10;cpay9L206KHjB0j8bnvxaTOGFq5wQNtDZETiUzuGjg85h1aIpAZwMq0wgKdDjdHJTG7ciT7Kkdid&#10;FVdNcyNGjH2IqCAl2n04HvJt5dcaVP6idYLMbMeptlxtrPa1WLHdyHYXZRiMOpUh/6EKJ42npDPV&#10;g8yS/YzmHZUzKmJCnVcKnUCtjYLaA3Wzbn7r5tsgA9ReSJwUZpnS/6NVn/f3/iWSDGNIbQovsXQx&#10;6ejKn+pjUxXrMIsFU2aKNm9urxv6OFPnM7EAQ0z5CdCxsui4Nb70IVu5f06ZklHoOaRsW19sQmv6&#10;R2NtdcoEwL2NbC/p7vK0LndFuDdR5BWkWEqvq3ywcGT9CpqZnopd1+x1qhZOqRT4fOa1nqILTFMF&#10;M7D5M/AUX6BQJ+5vwDOiZkafZ7AzHuNH2Rcp9DH+rMCx7yLBK/aHeqlVGhqdqtxpzMtsvvUrfHmM&#10;218AAAD//wMAUEsDBBQABgAIAAAAIQBvtt4M3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;S8NAEIbvgv9hGcGL2E0NSTVmUyTQiwfBRorHbXaaBLOzIbtt0n/vFIR6nHce3o98PdtenHD0nSMF&#10;y0UEAql2pqNGwVe1eXwG4YMmo3tHqOCMHtbF7U2uM+Mm+sTTNjSCTchnWkEbwpBJ6esWrfYLNyDx&#10;7+BGqwOfYyPNqCc2t718iqJUWt0RJ7R6wLLF+md7tAq+m4d4s6uomsrwcUjb+bx7T0ql7u/mt1cQ&#10;AedwheFSn6tDwZ327kjGi15Bkq6YZH2V8IQLsIzjFxD7P0kWufy/ofgFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAM3vYm7EBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAb7beDN4AAAALAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
+            <v:line w14:anchorId="39EDAC05" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAze9ibsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfKf0Dcs3ijKIqs9eaQKLlE&#10;bdSPH0DwsEYCBgFde/99B3bXjppIVav6MGZg3puZx7C5m5xle4jJoO/4etVwBl5hb/yu4z++P17e&#10;cpay9L206KHjB0j8bnvxaTOGFq5wQNtDZETiUzuGjg85h1aIpAZwMq0wgKdDjdHJTG7ciT7Kkdid&#10;FVdNcyNGjH2IqCAl2n04HvJt5dcaVP6idYLMbMeptlxtrPa1WLHdyHYXZRiMOpUh/6EKJ42npDPV&#10;g8yS/YzmHZUzKmJCnVcKnUCtjYLaA3Wzbn7r5tsgA9ReSJwUZpnS/6NVn/f3/iWSDGNIbQovsXQx&#10;6ejKn+pjUxXrMIsFU2aKNm9urxv6OFPnM7EAQ0z5CdCxsui4Nb70IVu5f06ZklHoOaRsW19sQmv6&#10;R2NtdcoEwL2NbC/p7vK0LndFuDdR5BWkWEqvq3ywcGT9CpqZnopd1+x1qhZOqRT4fOa1nqILTFMF&#10;M7D5M/AUX6BQJ+5vwDOiZkafZ7AzHuNH2Rcp9DH+rMCx7yLBK/aHeqlVGhqdqtxpzMtsvvUrfHmM&#10;218AAAD//wMAUEsDBBQABgAIAAAAIQBvtt4M3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;S8NAEIbvgv9hGcGL2E0NSTVmUyTQiwfBRorHbXaaBLOzIbtt0n/vFIR6nHce3o98PdtenHD0nSMF&#10;y0UEAql2pqNGwVe1eXwG4YMmo3tHqOCMHtbF7U2uM+Mm+sTTNjSCTchnWkEbwpBJ6esWrfYLNyDx&#10;7+BGqwOfYyPNqCc2t718iqJUWt0RJ7R6wLLF+md7tAq+m4d4s6uomsrwcUjb+bx7T0ql7u/mt1cQ&#10;AedwheFSn6tDwZ327kjGi15Bkq6YZH2V8IQLsIzjFxD7P0kWufy/ofgFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAM3vYm7EBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAb7beDN4AAAALAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32AB8630" wp14:editId="10AD5B8D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>360045</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>289560</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1465200" cy="662400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1327260415" name="Bildobjekt 1327260415"/>
@@ -15411,71 +15312,58 @@
                               </w:pPr>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve">Sida </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:noProof/>
                                 </w:rPr>
                                 <w:t>6</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve"> av </w:t>
                               </w:r>
-                              <w:r w:rsidR="001A2C54">
-[...19 lines deleted...]
-                              </w:r>
+                              <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                                <w:r>
+                                  <w:rPr>
+                                    <w:noProof/>
+                                  </w:rPr>
+                                  <w:t>7</w:t>
+                                </w:r>
+                              </w:fldSimple>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                         <w:p w14:paraId="1C618B0E" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
                           <w:pPr>
                             <w:pStyle w:val="sidhuvudsida1"/>
                             <w:jc w:val="right"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
@@ -15523,94 +15411,81 @@
                         </w:pPr>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve">Sida </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:noProof/>
                           </w:rPr>
                           <w:t>6</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve"> av </w:t>
                         </w:r>
-                        <w:r w:rsidR="001A2C54">
-[...19 lines deleted...]
-                        </w:r>
+                        <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                          <w:r>
+                            <w:rPr>
+                              <w:noProof/>
+                            </w:rPr>
+                            <w:t>7</w:t>
+                          </w:r>
+                        </w:fldSimple>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                   <w:p w14:paraId="1C618B0E" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:jc w:val="right"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B4883266"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="058446E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDE85F0A"/>
@@ -17578,55 +17453,55 @@
   <w:num w:numId="14" w16cid:durableId="41638772">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2112359455">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="756680298">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1105804404">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="446198886">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="24869613">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1508211963">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="EOXz7cPfeMCssfyEYe9vARjZv8Sya2MWGpUnd4vvw8/wm5K45Yw+gjkN3d4tfWqQrMR0XYNAwUZbd2dp1Oxeiw==" w:salt="tN3967DvRn4r4E4lmP6tnQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="81LzjOk5KTtR8Spr8XyOoOfvecPfO1J4/NTw5LxyaWw8heRq2AqCpjV48qtRXF+monhcizIPcztk2y3zCzxLJQ==" w:salt="+TMiQ6HUCmX45iCO8HPbTg=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF4E45"/>
     <w:rsid w:val="0000048C"/>
@@ -17658,51 +17533,50 @@
     <w:rsid w:val="000F4C37"/>
     <w:rsid w:val="000F53F6"/>
     <w:rsid w:val="00101928"/>
     <w:rsid w:val="00107B6D"/>
     <w:rsid w:val="0011512D"/>
     <w:rsid w:val="00116C1B"/>
     <w:rsid w:val="00120E56"/>
     <w:rsid w:val="001240EC"/>
     <w:rsid w:val="0012789F"/>
     <w:rsid w:val="00135E21"/>
     <w:rsid w:val="00147E54"/>
     <w:rsid w:val="00153D59"/>
     <w:rsid w:val="00154FDE"/>
     <w:rsid w:val="00157192"/>
     <w:rsid w:val="00163EF3"/>
     <w:rsid w:val="00167BEE"/>
     <w:rsid w:val="0017724B"/>
     <w:rsid w:val="00183FC8"/>
     <w:rsid w:val="00186C24"/>
     <w:rsid w:val="0019383A"/>
     <w:rsid w:val="00194EB2"/>
     <w:rsid w:val="00195795"/>
     <w:rsid w:val="001959A8"/>
     <w:rsid w:val="001A02A3"/>
     <w:rsid w:val="001A0C4C"/>
-    <w:rsid w:val="001A2C54"/>
     <w:rsid w:val="001A5C15"/>
     <w:rsid w:val="001A6698"/>
     <w:rsid w:val="001A6AF6"/>
     <w:rsid w:val="001B10B0"/>
     <w:rsid w:val="001B1E6A"/>
     <w:rsid w:val="001B38F5"/>
     <w:rsid w:val="001B50E7"/>
     <w:rsid w:val="001B7460"/>
     <w:rsid w:val="001C1C14"/>
     <w:rsid w:val="001D620E"/>
     <w:rsid w:val="001D76BB"/>
     <w:rsid w:val="001E2931"/>
     <w:rsid w:val="001E3B48"/>
     <w:rsid w:val="001E5EC7"/>
     <w:rsid w:val="001F2F8F"/>
     <w:rsid w:val="001F4D21"/>
     <w:rsid w:val="0020536F"/>
     <w:rsid w:val="0021324E"/>
     <w:rsid w:val="00215DED"/>
     <w:rsid w:val="00215EFF"/>
     <w:rsid w:val="002161A5"/>
     <w:rsid w:val="00223CAF"/>
     <w:rsid w:val="0023436F"/>
     <w:rsid w:val="002344C2"/>
     <w:rsid w:val="002410CA"/>
@@ -17819,55 +17693,57 @@
     <w:rsid w:val="00553250"/>
     <w:rsid w:val="00561B89"/>
     <w:rsid w:val="00562FB6"/>
     <w:rsid w:val="00563C0B"/>
     <w:rsid w:val="00565D03"/>
     <w:rsid w:val="0057642B"/>
     <w:rsid w:val="005766AE"/>
     <w:rsid w:val="00584185"/>
     <w:rsid w:val="00593ACA"/>
     <w:rsid w:val="0059617B"/>
     <w:rsid w:val="005A01B0"/>
     <w:rsid w:val="005A5A1C"/>
     <w:rsid w:val="005A780B"/>
     <w:rsid w:val="005A7CE4"/>
     <w:rsid w:val="005B215D"/>
     <w:rsid w:val="005B3914"/>
     <w:rsid w:val="005C015D"/>
     <w:rsid w:val="005C5D3A"/>
     <w:rsid w:val="005C686C"/>
     <w:rsid w:val="005D0C60"/>
     <w:rsid w:val="005D5A0A"/>
     <w:rsid w:val="005E0ED9"/>
     <w:rsid w:val="005E2CAF"/>
     <w:rsid w:val="005E6C50"/>
     <w:rsid w:val="005F19E8"/>
+    <w:rsid w:val="005F5343"/>
     <w:rsid w:val="005F5D6E"/>
     <w:rsid w:val="0060753A"/>
     <w:rsid w:val="00610650"/>
     <w:rsid w:val="00615485"/>
     <w:rsid w:val="00616EED"/>
+    <w:rsid w:val="00621799"/>
     <w:rsid w:val="006271AB"/>
     <w:rsid w:val="006317F3"/>
     <w:rsid w:val="006369C4"/>
     <w:rsid w:val="00637D00"/>
     <w:rsid w:val="00646AAD"/>
     <w:rsid w:val="006569CA"/>
     <w:rsid w:val="0066571F"/>
     <w:rsid w:val="006713E1"/>
     <w:rsid w:val="0067163E"/>
     <w:rsid w:val="006754C0"/>
     <w:rsid w:val="006758B9"/>
     <w:rsid w:val="00685A44"/>
     <w:rsid w:val="00687DC6"/>
     <w:rsid w:val="0069139A"/>
     <w:rsid w:val="00692DA1"/>
     <w:rsid w:val="00692DD0"/>
     <w:rsid w:val="00696A51"/>
     <w:rsid w:val="006A25BC"/>
     <w:rsid w:val="006B18FA"/>
     <w:rsid w:val="006B2A8A"/>
     <w:rsid w:val="006B38EA"/>
     <w:rsid w:val="006C4DA8"/>
     <w:rsid w:val="006D0617"/>
     <w:rsid w:val="006D748A"/>
     <w:rsid w:val="006E2C1E"/>
@@ -17910,50 +17786,51 @@
     <w:rsid w:val="007C7B6C"/>
     <w:rsid w:val="007D0152"/>
     <w:rsid w:val="007D3A9E"/>
     <w:rsid w:val="007E01F7"/>
     <w:rsid w:val="007E2633"/>
     <w:rsid w:val="007F2199"/>
     <w:rsid w:val="007F2F74"/>
     <w:rsid w:val="007F62FD"/>
     <w:rsid w:val="00807B9E"/>
     <w:rsid w:val="008106C6"/>
     <w:rsid w:val="008119A4"/>
     <w:rsid w:val="00811B63"/>
     <w:rsid w:val="008163F4"/>
     <w:rsid w:val="00825263"/>
     <w:rsid w:val="008261CC"/>
     <w:rsid w:val="00836B28"/>
     <w:rsid w:val="00845216"/>
     <w:rsid w:val="0085295B"/>
     <w:rsid w:val="00852F7F"/>
     <w:rsid w:val="00853AEF"/>
     <w:rsid w:val="00854318"/>
     <w:rsid w:val="008572A9"/>
     <w:rsid w:val="00860D54"/>
     <w:rsid w:val="00861745"/>
     <w:rsid w:val="00864F93"/>
+    <w:rsid w:val="00887E9D"/>
     <w:rsid w:val="00893A63"/>
     <w:rsid w:val="0089480F"/>
     <w:rsid w:val="0089670F"/>
     <w:rsid w:val="008B31E6"/>
     <w:rsid w:val="008B5774"/>
     <w:rsid w:val="008B6F0D"/>
     <w:rsid w:val="008C15CC"/>
     <w:rsid w:val="008D195E"/>
     <w:rsid w:val="008D2692"/>
     <w:rsid w:val="008D708E"/>
     <w:rsid w:val="008E0748"/>
     <w:rsid w:val="008F0CC0"/>
     <w:rsid w:val="00902CCF"/>
     <w:rsid w:val="00905919"/>
     <w:rsid w:val="00907EE7"/>
     <w:rsid w:val="0091410A"/>
     <w:rsid w:val="00915836"/>
     <w:rsid w:val="009178DD"/>
     <w:rsid w:val="0092037B"/>
     <w:rsid w:val="0092304A"/>
     <w:rsid w:val="009231A7"/>
     <w:rsid w:val="009276A5"/>
     <w:rsid w:val="00933A11"/>
     <w:rsid w:val="00935F71"/>
     <w:rsid w:val="0095000D"/>
@@ -17997,63 +17874,64 @@
     <w:rsid w:val="00A63A28"/>
     <w:rsid w:val="00A67DA8"/>
     <w:rsid w:val="00A72A58"/>
     <w:rsid w:val="00A7635A"/>
     <w:rsid w:val="00A77767"/>
     <w:rsid w:val="00A80204"/>
     <w:rsid w:val="00A83EEB"/>
     <w:rsid w:val="00A86D37"/>
     <w:rsid w:val="00A941A7"/>
     <w:rsid w:val="00A96D73"/>
     <w:rsid w:val="00A97A1A"/>
     <w:rsid w:val="00AA0C08"/>
     <w:rsid w:val="00AA17EB"/>
     <w:rsid w:val="00AA5E40"/>
     <w:rsid w:val="00AA5EBD"/>
     <w:rsid w:val="00AA70AD"/>
     <w:rsid w:val="00AB28BF"/>
     <w:rsid w:val="00AB6AF8"/>
     <w:rsid w:val="00AC03A5"/>
     <w:rsid w:val="00AC1668"/>
     <w:rsid w:val="00AC3DB0"/>
     <w:rsid w:val="00AC48D7"/>
     <w:rsid w:val="00AD7DED"/>
     <w:rsid w:val="00AF0700"/>
     <w:rsid w:val="00B1290D"/>
-    <w:rsid w:val="00B20BF6"/>
     <w:rsid w:val="00B24DC6"/>
     <w:rsid w:val="00B33D56"/>
     <w:rsid w:val="00B36C72"/>
     <w:rsid w:val="00B51E6B"/>
     <w:rsid w:val="00B53E45"/>
     <w:rsid w:val="00B571BB"/>
+    <w:rsid w:val="00B66FBD"/>
     <w:rsid w:val="00B70035"/>
     <w:rsid w:val="00B76C3C"/>
     <w:rsid w:val="00B91857"/>
     <w:rsid w:val="00B92A64"/>
     <w:rsid w:val="00BB252D"/>
     <w:rsid w:val="00BB3F76"/>
+    <w:rsid w:val="00BC4A44"/>
     <w:rsid w:val="00BD7078"/>
     <w:rsid w:val="00BE011B"/>
     <w:rsid w:val="00BE1222"/>
     <w:rsid w:val="00BE1A5A"/>
     <w:rsid w:val="00BE27F4"/>
     <w:rsid w:val="00BE7640"/>
     <w:rsid w:val="00BF452B"/>
     <w:rsid w:val="00BF460C"/>
     <w:rsid w:val="00BF487B"/>
     <w:rsid w:val="00BF4DD7"/>
     <w:rsid w:val="00BF4E45"/>
     <w:rsid w:val="00BF7572"/>
     <w:rsid w:val="00C00C25"/>
     <w:rsid w:val="00C10F64"/>
     <w:rsid w:val="00C11704"/>
     <w:rsid w:val="00C13BE0"/>
     <w:rsid w:val="00C206BF"/>
     <w:rsid w:val="00C2073D"/>
     <w:rsid w:val="00C27A49"/>
     <w:rsid w:val="00C41D6D"/>
     <w:rsid w:val="00C42015"/>
     <w:rsid w:val="00C434EC"/>
     <w:rsid w:val="00C53FDB"/>
     <w:rsid w:val="00C55254"/>
     <w:rsid w:val="00C662A6"/>
@@ -18068,67 +17946,69 @@
     <w:rsid w:val="00C9356F"/>
     <w:rsid w:val="00C949A2"/>
     <w:rsid w:val="00CA4F42"/>
     <w:rsid w:val="00CB2255"/>
     <w:rsid w:val="00CB2BE6"/>
     <w:rsid w:val="00CB6C2F"/>
     <w:rsid w:val="00CC1337"/>
     <w:rsid w:val="00CC1E73"/>
     <w:rsid w:val="00CC37DA"/>
     <w:rsid w:val="00CD1E46"/>
     <w:rsid w:val="00CD23BD"/>
     <w:rsid w:val="00CD2839"/>
     <w:rsid w:val="00CE2C10"/>
     <w:rsid w:val="00CE60A1"/>
     <w:rsid w:val="00CF5DE3"/>
     <w:rsid w:val="00D01EF7"/>
     <w:rsid w:val="00D060C0"/>
     <w:rsid w:val="00D11C89"/>
     <w:rsid w:val="00D13E76"/>
     <w:rsid w:val="00D14404"/>
     <w:rsid w:val="00D1519F"/>
     <w:rsid w:val="00D16DA9"/>
     <w:rsid w:val="00D22FD5"/>
     <w:rsid w:val="00D25201"/>
     <w:rsid w:val="00D30ECF"/>
+    <w:rsid w:val="00D3214E"/>
     <w:rsid w:val="00D43B9A"/>
     <w:rsid w:val="00D4774F"/>
     <w:rsid w:val="00D47FCB"/>
     <w:rsid w:val="00D53CBA"/>
     <w:rsid w:val="00D60117"/>
     <w:rsid w:val="00D612FC"/>
     <w:rsid w:val="00D6612A"/>
     <w:rsid w:val="00D70151"/>
     <w:rsid w:val="00D7301B"/>
     <w:rsid w:val="00D81A99"/>
     <w:rsid w:val="00D8533F"/>
     <w:rsid w:val="00D87EAA"/>
     <w:rsid w:val="00D921E4"/>
     <w:rsid w:val="00D93A9E"/>
     <w:rsid w:val="00D96B62"/>
     <w:rsid w:val="00D96F99"/>
     <w:rsid w:val="00DB1332"/>
+    <w:rsid w:val="00DB790C"/>
     <w:rsid w:val="00DC00E5"/>
     <w:rsid w:val="00DC0610"/>
     <w:rsid w:val="00DC0AFC"/>
     <w:rsid w:val="00DC43C0"/>
     <w:rsid w:val="00DD2BEC"/>
     <w:rsid w:val="00DD5AB8"/>
     <w:rsid w:val="00DE52F0"/>
     <w:rsid w:val="00DE60AC"/>
     <w:rsid w:val="00DE7851"/>
     <w:rsid w:val="00E005AC"/>
     <w:rsid w:val="00E101FF"/>
     <w:rsid w:val="00E11274"/>
     <w:rsid w:val="00E16D80"/>
     <w:rsid w:val="00E25EA6"/>
     <w:rsid w:val="00E3441E"/>
     <w:rsid w:val="00E348CD"/>
     <w:rsid w:val="00E35F23"/>
     <w:rsid w:val="00E35FED"/>
     <w:rsid w:val="00E370C8"/>
     <w:rsid w:val="00E420EF"/>
     <w:rsid w:val="00E44B69"/>
     <w:rsid w:val="00E5035C"/>
     <w:rsid w:val="00E567DC"/>
     <w:rsid w:val="00E63783"/>
     <w:rsid w:val="00E660C6"/>
@@ -18202,51 +18082,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7DE12DFF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{73844471-D9AC-934C-90EA-BFE13C99408E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -19213,51 +19093,51 @@
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0089480F"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="000D214D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="56130889">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1175657279">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19291,51 +19171,51 @@
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/header6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A29F36F6F8E446EAA6C63BA291E06077"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4DC490C9-1825-4607-B770-5C7B99F9BE28}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="002C1005" w:rsidRDefault="002C1005"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4337A6DDFD814838880AD09FDC27B0A6"/>
         <w:category>
           <w:name w:val="Allmänt"/>
@@ -20281,51 +20161,51 @@
         </w:behaviors>
         <w:guid w:val="{0DD6F229-A4CF-4BD5-9EAB-99DFF30B0D97}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="003F29F8" w:rsidRDefault="009C734E" w:rsidP="009C734E">
           <w:pPr>
             <w:pStyle w:val="ECC363C572EF4BBFB257A61A6F1CB4EB"/>
           </w:pPr>
           <w:r w:rsidRPr="00F9408D">
             <w:rPr>
               <w:bCs/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">   </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -20391,51 +20271,51 @@
     <w:sig w:usb0="00000000" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E81819"/>
     <w:rsid w:val="000262E3"/>
     <w:rsid w:val="00045913"/>
     <w:rsid w:val="00052CAE"/>
     <w:rsid w:val="00070862"/>
     <w:rsid w:val="00076E79"/>
     <w:rsid w:val="000B70E2"/>
     <w:rsid w:val="000F7586"/>
     <w:rsid w:val="001273F6"/>
     <w:rsid w:val="00146326"/>
@@ -20448,105 +20328,107 @@
     <w:rsid w:val="002A4BAC"/>
     <w:rsid w:val="002C1005"/>
     <w:rsid w:val="002D0647"/>
     <w:rsid w:val="00304044"/>
     <w:rsid w:val="00322928"/>
     <w:rsid w:val="00381E72"/>
     <w:rsid w:val="003954A4"/>
     <w:rsid w:val="003B16E5"/>
     <w:rsid w:val="003B351A"/>
     <w:rsid w:val="003B701E"/>
     <w:rsid w:val="003E04F7"/>
     <w:rsid w:val="003F29F8"/>
     <w:rsid w:val="00404C2A"/>
     <w:rsid w:val="00484948"/>
     <w:rsid w:val="005102B3"/>
     <w:rsid w:val="005A697C"/>
     <w:rsid w:val="005B3C80"/>
     <w:rsid w:val="00616EED"/>
     <w:rsid w:val="00687DC6"/>
     <w:rsid w:val="0069380A"/>
     <w:rsid w:val="007204DA"/>
     <w:rsid w:val="00761D30"/>
     <w:rsid w:val="00774601"/>
     <w:rsid w:val="007D12AA"/>
     <w:rsid w:val="00802F23"/>
+    <w:rsid w:val="00887E9D"/>
     <w:rsid w:val="008A61BB"/>
     <w:rsid w:val="00930DB1"/>
     <w:rsid w:val="0094435C"/>
     <w:rsid w:val="00976266"/>
     <w:rsid w:val="009C04EA"/>
     <w:rsid w:val="009C734E"/>
     <w:rsid w:val="00A268D8"/>
     <w:rsid w:val="00A63E81"/>
     <w:rsid w:val="00AE2763"/>
     <w:rsid w:val="00B133F5"/>
     <w:rsid w:val="00B633E2"/>
     <w:rsid w:val="00B73526"/>
     <w:rsid w:val="00B86A01"/>
     <w:rsid w:val="00C2073D"/>
     <w:rsid w:val="00C2790B"/>
     <w:rsid w:val="00C954AA"/>
     <w:rsid w:val="00CD0EE1"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00D517BB"/>
     <w:rsid w:val="00D66F30"/>
     <w:rsid w:val="00D82226"/>
     <w:rsid w:val="00D922C2"/>
+    <w:rsid w:val="00DB790C"/>
     <w:rsid w:val="00DC360E"/>
     <w:rsid w:val="00DF0D36"/>
     <w:rsid w:val="00E0028F"/>
     <w:rsid w:val="00E26D5B"/>
     <w:rsid w:val="00E81819"/>
     <w:rsid w:val="00EE47E6"/>
     <w:rsid w:val="00F31AE8"/>
     <w:rsid w:val="00F349B3"/>
     <w:rsid w:val="00F6779E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -20949,51 +20831,51 @@
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F993FD479E794927AA1AC6E6FB250BB3">
     <w:name w:val="F993FD479E794927AA1AC6E6FB250BB3"/>
     <w:rsid w:val="009C734E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="844F2754035741F09F974D26C853AD12">
     <w:name w:val="844F2754035741F09F974D26C853AD12"/>
     <w:rsid w:val="009C734E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EC96EA0DE0144FBD920326FDED296F2C">
     <w:name w:val="EC96EA0DE0144FBD920326FDED296F2C"/>
     <w:rsid w:val="009C734E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ECC363C572EF4BBFB257A61A6F1CB4EB">
     <w:name w:val="ECC363C572EF4BBFB257A61A6F1CB4EB"/>
     <w:rsid w:val="009C734E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -21271,69 +21153,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62FB7FF5-1C13-474C-820C-C5035BBC52B5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1407</Words>
-  <Characters>7462</Characters>
+  <Words>1408</Words>
+  <Characters>7465</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>62</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8852</CharactersWithSpaces>
+  <CharactersWithSpaces>8856</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Biobank Sverige</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>