--- v0 (2026-01-23)
+++ v1 (2026-02-13)
@@ -401,51 +401,51 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="043E91AF" w14:textId="2DD52108" w:rsidR="00281E7D" w:rsidRDefault="000D529D" w:rsidP="00E13B17">
       <w:pPr>
         <w:pStyle w:val="Rubrik1"/>
       </w:pPr>
       <w:r w:rsidRPr="001027BD">
         <w:t>L1</w:t>
       </w:r>
       <w:r w:rsidR="00334747" w:rsidRPr="001027BD">
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidRPr="001027BD">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00937425">
         <w:t>Ansökan om i</w:t>
       </w:r>
       <w:r w:rsidRPr="000D529D">
         <w:t xml:space="preserve">nrättande av provsamling </w:t>
       </w:r>
       <w:r w:rsidR="00281E7D" w:rsidRPr="00281E7D">
         <w:t xml:space="preserve">för forskning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4E7985" w14:textId="7687CF19" w:rsidR="000610E3" w:rsidRPr="0083021B" w:rsidRDefault="001027BD" w:rsidP="000610E3">
+    <w:p w14:paraId="7E4E7985" w14:textId="575C14CE" w:rsidR="000610E3" w:rsidRPr="0083021B" w:rsidRDefault="001027BD" w:rsidP="000610E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0083021B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Alla prov som omfattas av biobankslagen ska inrättas i en biobank. </w:t>
       </w:r>
       <w:r w:rsidR="000610E3" w:rsidRPr="0083021B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Denna blankett används </w:t>
       </w:r>
       <w:r w:rsidR="0095764A" w:rsidRPr="0083021B">
         <w:rPr>
@@ -464,50 +464,58 @@
         <w:t>ansökan</w:t>
       </w:r>
       <w:r w:rsidR="0095764A" w:rsidRPr="0083021B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> om </w:t>
       </w:r>
       <w:r w:rsidR="000610E3" w:rsidRPr="0083021B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>inrätta</w:t>
       </w:r>
       <w:r w:rsidR="0095764A" w:rsidRPr="0083021B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nde</w:t>
+      </w:r>
+      <w:r w:rsidR="003217AE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> av</w:t>
       </w:r>
       <w:r w:rsidR="000610E3" w:rsidRPr="0083021B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> en provsamling </w:t>
       </w:r>
       <w:r w:rsidR="00FD5475" w:rsidRPr="0083021B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">för forskning i en biobank. Blanketten </w:t>
       </w:r>
       <w:r w:rsidR="00703E24" w:rsidRPr="0083021B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>hanter</w:t>
       </w:r>
@@ -2898,51 +2906,51 @@
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:spacing w:before="60" w:after="100"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A7A63">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(flera alternativ kan anges)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC0DCC" w14:paraId="0D49BD8B" w14:textId="77777777" w:rsidTr="00F901A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8C4E3C" w14:textId="62AB7EC0" w:rsidR="007F4D6D" w:rsidRPr="00E17759" w:rsidRDefault="000479EC" w:rsidP="00502CA9">
+          <w:p w14:paraId="3C8C4E3C" w14:textId="62AB7EC0" w:rsidR="007F4D6D" w:rsidRPr="00E17759" w:rsidRDefault="003217AE" w:rsidP="00502CA9">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2141172753"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E17759">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -3010,51 +3018,51 @@
               <w:t>att även nyinsamlade prov som hanteras på samma sätt som vårdprov och registreras i provsamling hos kliniskt laboratorium (</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008C713F">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>t.ex.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="008C713F">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> patologi) redovisas som befintliga prov i detta avtal.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79E6375B" w14:textId="3C286E14" w:rsidR="001E3491" w:rsidRPr="008C713F" w:rsidRDefault="000479EC" w:rsidP="001E3491">
+          <w:p w14:paraId="79E6375B" w14:textId="3C286E14" w:rsidR="001E3491" w:rsidRPr="008C713F" w:rsidRDefault="003217AE" w:rsidP="001E3491">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-280194364"/>
                 <w:placeholder>
                   <w:docPart w:val="441ADCDBB40D48A1858C22218ED06B80"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001E3491">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -3114,51 +3122,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> bilag</w:t>
             </w:r>
             <w:r w:rsidR="003D174E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
             <w:r w:rsidR="001E3491" w:rsidRPr="008C713F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003D174E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ska bifogas: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FE684A4" w14:textId="38E5B8E3" w:rsidR="001E3491" w:rsidRPr="008C713F" w:rsidRDefault="000479EC" w:rsidP="00F53B07">
+          <w:p w14:paraId="0FE684A4" w14:textId="38E5B8E3" w:rsidR="001E3491" w:rsidRPr="008C713F" w:rsidRDefault="003217AE" w:rsidP="00F53B07">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="255"/>
               </w:tabs>
               <w:ind w:left="255"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                 </w:rPr>
                 <w:id w:val="-826440950"/>
                 <w:placeholder>
                   <w:docPart w:val="7207B73E8CC24B6385C2DFEAF6FCF126"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -3180,51 +3188,51 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001E3491" w:rsidRPr="0027407D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>L1a. Bilaga – Uppgifter om befintliga kliniska biobanksprov patologi och cytologi</w:t>
             </w:r>
             <w:r w:rsidR="001E3491" w:rsidRPr="008C713F">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="197B2E52" w14:textId="7EE0CDA4" w:rsidR="001E3491" w:rsidRPr="008C713F" w:rsidRDefault="000479EC" w:rsidP="00F53B07">
+          <w:p w14:paraId="197B2E52" w14:textId="7EE0CDA4" w:rsidR="001E3491" w:rsidRPr="008C713F" w:rsidRDefault="003217AE" w:rsidP="00F53B07">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="255"/>
               </w:tabs>
               <w:ind w:left="255"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="2144847178"/>
                 <w:placeholder>
                   <w:docPart w:val="0626B72843DE406A8BD9A88B91EF9618"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -3242,51 +3250,51 @@
             <w:r w:rsidR="001E3491" w:rsidRPr="008C713F">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001E3491" w:rsidRPr="0027407D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>L1b. Bilaga – Uppgifter om befintliga biobanksprov</w:t>
             </w:r>
             <w:r w:rsidR="001E3491" w:rsidRPr="002730FF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25ACAFBF" w14:textId="12F637FF" w:rsidR="001E3491" w:rsidRPr="008C713F" w:rsidRDefault="000479EC" w:rsidP="00F53B07">
+          <w:p w14:paraId="25ACAFBF" w14:textId="12F637FF" w:rsidR="001E3491" w:rsidRPr="008C713F" w:rsidRDefault="003217AE" w:rsidP="00F53B07">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="255"/>
               </w:tabs>
               <w:ind w:left="255"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="514193267"/>
                 <w:placeholder>
                   <w:docPart w:val="CA372EEB08474A2B8CABFCE073212AEA"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -3302,51 +3310,51 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001E3491" w:rsidRPr="008C713F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001E3491" w:rsidRPr="0027407D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>L1c. Bilaga – Uppgifter om befintliga prov i PKU-biobanke</w:t>
             </w:r>
             <w:r w:rsidR="001E3491" w:rsidRPr="002730FF">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>n.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FCA41C2" w14:textId="1A3871C0" w:rsidR="001E3491" w:rsidRDefault="000479EC" w:rsidP="00502CA9">
+          <w:p w14:paraId="7FCA41C2" w14:textId="1A3871C0" w:rsidR="001E3491" w:rsidRDefault="003217AE" w:rsidP="00502CA9">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="447"/>
               </w:tabs>
               <w:ind w:left="255" w:hanging="255"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1925609205"/>
                 <w:placeholder>
                   <w:docPart w:val="1310A9106A3B4701B585A0FDD1DD710F"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F53B07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -3662,51 +3670,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> sparande för framtida forskning</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F75CAB" w14:paraId="5115B3BD" w14:textId="77777777" w:rsidTr="00F75CAB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4910A3B1" w14:textId="77777777" w:rsidR="00F75CAB" w:rsidRPr="00A9341F" w:rsidRDefault="000479EC" w:rsidP="00C62D88">
+          <w:p w14:paraId="4910A3B1" w14:textId="77777777" w:rsidR="00F75CAB" w:rsidRPr="00A9341F" w:rsidRDefault="003217AE" w:rsidP="00C62D88">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1123607665"/>
                 <w:placeholder>
                   <w:docPart w:val="59C8B2B6C27E4B8986B06A187005054D"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F75CAB" w:rsidRPr="008C713F">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -3793,51 +3801,51 @@
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>tillsvidare</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00F75CAB" w:rsidRPr="00B17003">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12CCAD01" w14:textId="4448F7FD" w:rsidR="00F75CAB" w:rsidRPr="00A9341F" w:rsidRDefault="000479EC" w:rsidP="00C62D88">
+          <w:p w14:paraId="12CCAD01" w14:textId="4448F7FD" w:rsidR="00F75CAB" w:rsidRPr="00A9341F" w:rsidRDefault="003217AE" w:rsidP="00C62D88">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="334269198"/>
                 <w:placeholder>
                   <w:docPart w:val="D44C6E96D2F24C3D896249344EF04461"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F75CAB" w:rsidRPr="008C713F">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -3920,177 +3928,113 @@
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="00B17003">
               <w:t xml:space="preserve">Instruktion för ifyllande av </w:t>
             </w:r>
             <w:r w:rsidR="00474A1B">
               <w:t>prov</w:t>
             </w:r>
             <w:r w:rsidRPr="00B17003">
               <w:t>tabeller:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EF1C76F" w14:textId="77777777" w:rsidR="00D66DAB" w:rsidRPr="00B17003" w:rsidRDefault="00D66DAB" w:rsidP="00D66DAB">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00B17003">
-              <w:t xml:space="preserve">Ange </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> prov.</w:t>
+              <w:t>Ange provtyp (blod, urin, likvor, vävnadstyp, faeces etc) för nyinsamlat prov.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C7CF04D" w14:textId="77777777" w:rsidR="00D66DAB" w:rsidRPr="00B17003" w:rsidRDefault="00D66DAB" w:rsidP="00D66DAB">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00B17003">
-              <w:t xml:space="preserve">Ange </w:t>
-[...15 lines deleted...]
-              <w:t>) som hämtas från, eller först registreras i befintlig provsamling.</w:t>
+              <w:t>Ange provtyp (vävnadstyp, tumörmaterial, celler, blod, serum, plasma, DNA etc) som hämtas från, eller först registreras i befintlig provsamling.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="001B80EF" w14:textId="77777777" w:rsidR="00D66DAB" w:rsidRPr="00B17003" w:rsidRDefault="00D66DAB" w:rsidP="00D66DAB">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00B17003">
               <w:t>Ange antal individer, inklusive screenade individer vars prov ska ingå i provsamling</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A2E04D3" w14:textId="44AE56B8" w:rsidR="00D66DAB" w:rsidRPr="00B17003" w:rsidRDefault="00D66DAB" w:rsidP="00D66DAB">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00B17003">
               <w:t>Ange antal prov</w:t>
             </w:r>
             <w:r w:rsidR="00F903C4">
               <w:t xml:space="preserve"> per individ</w:t>
             </w:r>
             <w:r w:rsidRPr="00B17003">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="127BEEBE" w14:textId="77777777" w:rsidR="00D66DAB" w:rsidRPr="00B17003" w:rsidRDefault="00D66DAB" w:rsidP="00D66DAB">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00B17003">
-              <w:t xml:space="preserve">Ange vad som gäller för respektive </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> (ett kryss per rad).</w:t>
+              <w:t>Ange vad som gäller för respektive provtyp (ett kryss per rad).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3782B9F4" w14:textId="77777777" w:rsidR="00D66DAB" w:rsidRPr="00B17003" w:rsidRDefault="00D66DAB" w:rsidP="00D66DAB">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00B17003">
               <w:t>Destrueras inom nio månader efter provtagning men inte omgående (dvs prov sparas längre än 1–2 dagar efter slutförd analys).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D2491B2" w14:textId="5948F15F" w:rsidR="00D66DAB" w:rsidRDefault="00D66DAB" w:rsidP="00D66DAB">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
@@ -4645,51 +4589,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17D93DBD" w14:textId="06E73893" w:rsidR="00874C68" w:rsidRDefault="000479EC" w:rsidP="007A0F1C">
+          <w:p w14:paraId="17D93DBD" w14:textId="06E73893" w:rsidR="00874C68" w:rsidRDefault="003217AE" w:rsidP="007A0F1C">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-2011058808"/>
                 <w:placeholder>
                   <w:docPart w:val="9AABB06BBEC746CC82B39D62FDD04221"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F45136" w:rsidRPr="008C713F">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
@@ -4922,51 +4866,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36EBE309" w14:textId="72C29B79" w:rsidR="00D720D5" w:rsidRDefault="000479EC" w:rsidP="00D720D5">
+          <w:p w14:paraId="36EBE309" w14:textId="72C29B79" w:rsidR="00D720D5" w:rsidRDefault="003217AE" w:rsidP="00D720D5">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1957247999"/>
                 <w:placeholder>
                   <w:docPart w:val="A5C0BFE9E8DA49D3B224B79FABA08005"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D720D5" w:rsidRPr="008C713F">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
@@ -5199,51 +5143,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42C1C8F1" w14:textId="32AE64F8" w:rsidR="00D720D5" w:rsidRDefault="000479EC" w:rsidP="00D720D5">
+          <w:p w14:paraId="42C1C8F1" w14:textId="32AE64F8" w:rsidR="00D720D5" w:rsidRDefault="003217AE" w:rsidP="00D720D5">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="2138603766"/>
                 <w:placeholder>
                   <w:docPart w:val="5F94598561DF4827BEA9804257D03528"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D720D5" w:rsidRPr="008C713F">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
@@ -5476,51 +5420,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="697D6334" w14:textId="3AD28FB6" w:rsidR="00D720D5" w:rsidRDefault="000479EC" w:rsidP="00D720D5">
+          <w:p w14:paraId="697D6334" w14:textId="3AD28FB6" w:rsidR="00D720D5" w:rsidRDefault="003217AE" w:rsidP="00D720D5">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-712416486"/>
                 <w:placeholder>
                   <w:docPart w:val="13CF6E2E2E9A47A09E90E5DE59766833"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D720D5" w:rsidRPr="008C713F">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
@@ -6033,51 +5977,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37849A4C" w14:textId="77777777" w:rsidR="002D6B31" w:rsidRDefault="000479EC" w:rsidP="00D720D5">
+          <w:p w14:paraId="37849A4C" w14:textId="77777777" w:rsidR="002D6B31" w:rsidRDefault="003217AE" w:rsidP="00D720D5">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-213128857"/>
                 <w:placeholder>
                   <w:docPart w:val="7CC69DC41D76472ABDC44250DDCA1571"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002D6B31" w:rsidRPr="008C713F">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -6302,51 +6246,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E70BCB8" w14:textId="27B37B21" w:rsidR="00D720D5" w:rsidRDefault="000479EC" w:rsidP="00D720D5">
+          <w:p w14:paraId="6E70BCB8" w14:textId="27B37B21" w:rsidR="00D720D5" w:rsidRDefault="003217AE" w:rsidP="00D720D5">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1325660054"/>
                 <w:placeholder>
                   <w:docPart w:val="2B7018FCEFCE49EC989A5112850408D7"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D720D5" w:rsidRPr="008C713F">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -6571,51 +6515,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C97BD67" w14:textId="467A9FEA" w:rsidR="00D720D5" w:rsidRDefault="000479EC" w:rsidP="00D720D5">
+          <w:p w14:paraId="0C97BD67" w14:textId="467A9FEA" w:rsidR="00D720D5" w:rsidRDefault="003217AE" w:rsidP="00D720D5">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-122313072"/>
                 <w:placeholder>
                   <w:docPart w:val="A02255B1C54246BCBDBAD2861E6E2AC7"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D720D5" w:rsidRPr="008C713F">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -6840,51 +6784,51 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005117CD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B87386B" w14:textId="77777777" w:rsidR="00D720D5" w:rsidRDefault="000479EC" w:rsidP="00D720D5">
+          <w:p w14:paraId="3B87386B" w14:textId="77777777" w:rsidR="00D720D5" w:rsidRDefault="003217AE" w:rsidP="00D720D5">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1890178823"/>
                 <w:placeholder>
                   <w:docPart w:val="3FD59C2D9F8445828CF759B278261F93"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D720D5" w:rsidRPr="008C713F">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -7098,91 +7042,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FD024AB" w14:textId="1F4C3CF2" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Blekinge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F1B87BE" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="2F1B87BE" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1850324503"/>
                 <w:placeholder>
                   <w:docPart w:val="A2F778F95A544BA9B65C88CB94B3D390"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E3352C6" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="4E3352C6" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1124914978"/>
                 <w:placeholder>
                   <w:docPart w:val="B371AC52A5B84EDD8324AE6C96154B28"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -7206,91 +7150,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40A33093" w14:textId="5F8E66CF" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Dalarna</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8B5AE8" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="4F8B5AE8" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="427171103"/>
                 <w:placeholder>
                   <w:docPart w:val="019269EF401A41B1889E6AD054D51BAE"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="302B5883" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="302B5883" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2139064443"/>
                 <w:placeholder>
                   <w:docPart w:val="5DD3CF10D00048A49C463660E760AEF8"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -7352,91 +7296,91 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>egionsfri kommun med ansvar för hälso- och sjukvård</w:t>
             </w:r>
             <w:r w:rsidR="00315606">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C8E1AEB" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="0C8E1AEB" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="984661396"/>
                 <w:placeholder>
                   <w:docPart w:val="C03CF43F315B447892830E1F7218FB15"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42AB6A56" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="42AB6A56" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="914589564"/>
                 <w:placeholder>
                   <w:docPart w:val="225FF6DE61194DAFA5CD76CB3383A9FE"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -7460,91 +7404,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E561C93" w14:textId="4208C9B7" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Gävleborg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0892F857" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="0892F857" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1285021"/>
                 <w:placeholder>
                   <w:docPart w:val="2432DED377964B85824DA5E93CACF07D"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="094DD948" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="094DD948" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1793590840"/>
                 <w:placeholder>
                   <w:docPart w:val="5A5DEF2A18994C299227760E2F487D51"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -7568,91 +7512,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D53853E" w14:textId="662F4852" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Halland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="282B585E" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="282B585E" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-652367825"/>
                 <w:placeholder>
                   <w:docPart w:val="A0F13CB8FAB34C699BD599B1CA4A1FEF"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21E9D482" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="21E9D482" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2046476098"/>
                 <w:placeholder>
                   <w:docPart w:val="A114CF33E1FE49798ED8E5EAF49D3C31"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -7687,91 +7631,91 @@
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Jämtland</w:t>
             </w:r>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> Härjedalen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7501F6D2" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="7501F6D2" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1201392654"/>
                 <w:placeholder>
                   <w:docPart w:val="7DEFC0D3327140CA85A3FA71B6606047"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6766C34F" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="6766C34F" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="560903270"/>
                 <w:placeholder>
                   <w:docPart w:val="ACD4AA832D84440CB7119369DD1730AA"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -7795,91 +7739,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2988F7AB" w14:textId="0CBFAEA2" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Jönköpings län</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06921232" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="06921232" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-108745432"/>
                 <w:placeholder>
                   <w:docPart w:val="3417A34C49B646EABCE7883E5D723169"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CD0CF0C" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="2CD0CF0C" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1136296770"/>
                 <w:placeholder>
                   <w:docPart w:val="1B5F579085E5422EBA56278277FC3521"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -7914,91 +7858,91 @@
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Kalmar</w:t>
             </w:r>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> län</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="773A2A51" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="773A2A51" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-921018018"/>
                 <w:placeholder>
                   <w:docPart w:val="AEB655823E3E48B6A1581D5FAD7F9ED0"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D766029" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="0D766029" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1388561776"/>
                 <w:placeholder>
                   <w:docPart w:val="32F94943048544A4A6AA0E9777595B4E"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -8022,91 +7966,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56E2C301" w14:textId="4E5D23E2" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Kronoberg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="545FF4B9" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="545FF4B9" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-402449873"/>
                 <w:placeholder>
                   <w:docPart w:val="57FB04E689EA4BCDBAB5B4874E7C3F32"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="003C449D" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="003C449D" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1030640758"/>
                 <w:placeholder>
                   <w:docPart w:val="D0213395EEDC4AB0AE732E795450689F"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -8130,91 +8074,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F7C7F82" w14:textId="663673A9" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Norrbotten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="263471EC" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="263471EC" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="627358936"/>
                 <w:placeholder>
                   <w:docPart w:val="C7BF81C32F2C4E26A578D2FD27A17761"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45034074" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="45034074" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="424627173"/>
                 <w:placeholder>
                   <w:docPart w:val="B7428EE711134383A0DB3FB0B6475028"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -8238,91 +8182,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46922B4E" w14:textId="51FFFD13" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Skåne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70942F51" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="70942F51" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-163792897"/>
                 <w:placeholder>
                   <w:docPart w:val="AFD25B04A2D5406A9CAACCFDA737D8B7"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE82A69" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="7FE82A69" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="153580414"/>
                 <w:placeholder>
                   <w:docPart w:val="A36B88241798445D8E7B1F615E67EB9A"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -8357,91 +8301,91 @@
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region</w:t>
             </w:r>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stockholm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3982E391" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="3982E391" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-161928438"/>
                 <w:placeholder>
                   <w:docPart w:val="940CA521E9F042C4A3B57E8F9D705882"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D60F7E2" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="6D60F7E2" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1623188343"/>
                 <w:placeholder>
                   <w:docPart w:val="D62DE53DF7CC40F192F456D6FE15845D"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -8465,91 +8409,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BF2AC2A" w14:textId="1CB8A954" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Sörmland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17C3800E" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="17C3800E" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1855027882"/>
                 <w:placeholder>
                   <w:docPart w:val="BB866E48FE2048F8B56069021BBA85B6"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="421466C9" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="421466C9" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1680265668"/>
                 <w:placeholder>
                   <w:docPart w:val="FF12DE6ABC544540B29383F11592469E"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -8573,91 +8517,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67FFBFAB" w14:textId="7344CD2F" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Uppsala</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5968E161" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="5968E161" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-14388790"/>
                 <w:placeholder>
                   <w:docPart w:val="7211FB857B2142F383D6AECF7447B568"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="279B3369" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="279B3369" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1399434484"/>
                 <w:placeholder>
                   <w:docPart w:val="9E778A86AD2747C7BD3F70119F091654"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -8681,91 +8625,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B32385E" w14:textId="318083D4" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Värmland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00A9504F" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="00A9504F" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1240674689"/>
                 <w:placeholder>
                   <w:docPart w:val="F1A6EDF03CA84F2E83C445AFC29E321E"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A7A9860" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="7A7A9860" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2125925038"/>
                 <w:placeholder>
                   <w:docPart w:val="215E5D492DC743C492AD7B5A76740D4D"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -8789,91 +8733,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15E3F15F" w14:textId="13BA3826" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Västerbotten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64AF8DB2" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="64AF8DB2" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1301992025"/>
                 <w:placeholder>
                   <w:docPart w:val="C3519557F32D4F1EAC8E1A416EE03AE9"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DDBCABE" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="3DDBCABE" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1615289046"/>
                 <w:placeholder>
                   <w:docPart w:val="AC4590FAF0744969983246C98129FEAA"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -8897,91 +8841,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="274131C3" w14:textId="6A08D1A9" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Västernorrland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1EBF8A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="0B1EBF8A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1905903321"/>
                 <w:placeholder>
                   <w:docPart w:val="8C69C955F1D240FC92D518DC867870E5"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35A6BF5D" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="35A6BF5D" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-593009736"/>
                 <w:placeholder>
                   <w:docPart w:val="98976403D1E148188946DA41733ACF87"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -9005,91 +8949,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A0F2303" w14:textId="6F6021A6" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Västmanland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21BF0475" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="21BF0475" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-556010433"/>
                 <w:placeholder>
                   <w:docPart w:val="30D71D2AAC1B4F5094271F63169F853C"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="381AB23A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="381AB23A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2061899298"/>
                 <w:placeholder>
                   <w:docPart w:val="C622F32932E34ADE929A007D8B397B45"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -9113,91 +9057,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="363A70AB" w14:textId="55F7D4AA" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Västra Götalandsregionen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0129A8" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="7B0129A8" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2042782794"/>
                 <w:placeholder>
                   <w:docPart w:val="AE91129803C049FFB19419491A492B72"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76A8148E" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="76A8148E" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-665481053"/>
                 <w:placeholder>
                   <w:docPart w:val="746815F60A9846B68F4EEB84711CA8C6"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -9221,91 +9165,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3691BC69" w14:textId="1FA6653C" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Örebro län</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF5E0B7" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="0FF5E0B7" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-253756847"/>
                 <w:placeholder>
                   <w:docPart w:val="C717915BC0E84DB1BDEA475AF25BF5CE"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66BA746A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="66BA746A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1654252063"/>
                 <w:placeholder>
                   <w:docPart w:val="F3BC3D025B2E4F71B03B4D20B7E4E568"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -9329,91 +9273,91 @@
             <w:tcW w:w="6516" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="192A3214" w14:textId="4D8682B7" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Region Östergötland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02CFE42A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="02CFE42A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1182171870"/>
                 <w:placeholder>
                   <w:docPart w:val="52BC2325BBB644C3BCC64F110496887F"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C70C9E3" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="7C70C9E3" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="652649427"/>
                 <w:placeholder>
                   <w:docPart w:val="4A32089FFB1D4016A43FE845741E643E"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -9554,91 +9498,91 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00041796">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68409983" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="68409983" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="942425063"/>
                 <w:placeholder>
                   <w:docPart w:val="35D3426A830440B2BE23FC986C996572"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="114E1EF8" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="000479EC" w:rsidP="007802AC">
+          <w:p w14:paraId="114E1EF8" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="00041796" w:rsidRDefault="003217AE" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="402258198"/>
                 <w:placeholder>
                   <w:docPart w:val="035724B88F6648359CDE434A13CB994B"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="00041796">
@@ -10684,65 +10628,52 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2407" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E10DD2A" w14:textId="4971A94B" w:rsidR="00D22A6A" w:rsidRPr="00AE73A5" w:rsidRDefault="0097455D" w:rsidP="00D22A6A">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:spacing w:after="40"/>
             </w:pPr>
             <w:r>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00D22A6A" w:rsidRPr="00AE73A5">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00D22A6A">
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidR="00D22A6A" w:rsidRPr="00AE73A5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00D22A6A" w:rsidRPr="00D22A6A">
-              <w:t>Peppol</w:t>
-[...11 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Peppol-ID/GLN-code:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="687B7EB6" w14:textId="08015B98" w:rsidR="001032DE" w:rsidRDefault="00D22A6A" w:rsidP="00D22A6A">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
             </w:pPr>
             <w:r w:rsidRPr="00AE73A5">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AE73A5">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00AE73A5">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00AE73A5">
               <w:t> </w:t>
             </w:r>
@@ -11572,75 +11503,65 @@
             </w:r>
             <w:r w:rsidR="002F65EB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">aterial </w:t>
             </w:r>
             <w:r w:rsidR="00296CA3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="002F65EB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ransfer </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00296CA3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="002F65EB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>greement</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> [</w:t>
+              <w:t>greement [</w:t>
             </w:r>
             <w:r w:rsidRPr="005120C8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MTA</w:t>
             </w:r>
             <w:r w:rsidR="002F65EB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">] eller </w:t>
             </w:r>
             <w:r w:rsidRPr="005120C8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>motsvarande</w:t>
             </w:r>
@@ -12576,51 +12497,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00556593" w14:paraId="2A430568" w14:textId="77777777" w:rsidTr="004C2A52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
           </w:tcPr>
           <w:p w14:paraId="42CB164F" w14:textId="77777777" w:rsidR="00556593" w:rsidRDefault="00556593" w:rsidP="000046A8">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Beslut </w:t>
             </w:r>
             <w:r w:rsidR="00DD1285">
               <w:t>(Ifylles av behörig företrädare för ansvarig biobank):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36E64A27" w14:textId="6D8C0246" w:rsidR="00DD1285" w:rsidRDefault="000479EC" w:rsidP="00440D4B">
+          <w:p w14:paraId="36E64A27" w14:textId="6D8C0246" w:rsidR="00DD1285" w:rsidRDefault="003217AE" w:rsidP="00440D4B">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:ind w:left="227" w:hanging="227"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="2003702458"/>
                 <w:placeholder>
                   <w:docPart w:val="A19E8148706247E9988BA78B118D13C6"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DD1285" w:rsidRPr="008C713F">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -12747,51 +12668,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00440D4B" w:rsidRPr="00440D4B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00440D4B" w:rsidRPr="00440D4B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00440D4B" w:rsidRPr="00440D4B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="406663A0" w14:textId="663CD186" w:rsidR="00DD1285" w:rsidRDefault="000479EC" w:rsidP="000046A8">
+          <w:p w14:paraId="406663A0" w14:textId="663CD186" w:rsidR="00DD1285" w:rsidRDefault="003217AE" w:rsidP="000046A8">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1712448098"/>
                 <w:placeholder>
                   <w:docPart w:val="6277A7DC73C845979FB71D8E1345DAB4"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DD1285" w:rsidRPr="008C713F">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -13450,51 +13371,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="334026DB" id="Rektangel 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkNwTffwIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypGmCOkXWosOA&#10;og3WDj0rshQbkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy8mpfG7ZT6CuwOR+eDThTVkJR2U3Ofzzd&#10;frrgzAdhC2HAqpwflOdXi48fLhs3VyMowRQKGYFYP29czssQ3DzLvCxVLfwZOGVJqAFrEeiIm6xA&#10;0RB6bbLRYHCeNYCFQ5DKe7q9aYV8kfC1VjI8aO1VYCbnFFtIK6Z1HddscSnmGxSurGQXhviHKGpR&#10;WXLaQ92IINgWqzdQdSURPOhwJqHOQOtKqpQDZTMcvMrmsRROpVyIHO96mvz/g5X3u0e3QqKhcX7u&#10;aRuz2Gus45/iY/tE1qEnS+0Dk3Q5nUxm59MJZ5Jkw+lsOphENrOTtUMfviqoWdzkHOkxEkdid+dD&#10;q3pUic48mKq4rYxJB9ysrw2ynaCHG88+f7lIb0Xof6gZG5UtRLMWMd5kp1zSLhyMinrGfleaVQVF&#10;P0qRpDJTvR8hpbJh2IpKUajW/WRAX5dbb5EyTYARWZP/HrsDiCX8FruNstOPpipVaW88+FtgrXFv&#10;kTyDDb1xXVnA9wAMZdV5bvWPJLXURJbWUBxWyBDaHvFO3lb0bnfCh5VAagpqH2r08ECLNtDkHLod&#10;ZyXgr/fuoz7VKkk5a6jJcu5/bgUqzsw3S1U8G47HsSvTYTyZjuiALyXrlxK7ra+BymFII8XJtI36&#10;wRy3GqF+pnmwjF5JJKwk3zmXAY+H69A2P00UqZbLpEad6ES4s49ORvDIaqzLp/2zQNcVb6Cyv4dj&#10;Q4r5qxpudaOlheU2gK5SgZ947fimLk6F002cOCZenpPWaS4ufgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJ2gyobfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo44iWkMapAhJc&#10;EEIEDj268TaJiNchdlrz9zgnOO7M6O1MsQtmYCecXG9JglglwJAaq3tqJXx+PN1kwJxXpNVgCSX8&#10;oINdeXlRqFzbM73jqfYtixByuZLQeT/mnLumQ6Pcyo5I0TvaySgfz6nlelLnCDcDT5Nkw43qKX7o&#10;1IiPHTZf9WwiZY9v1XNTvwbxXT+8VLMVYdhLeX0Vqi0wj8H/hWGpH6tDGTsd7EzasUHCXcxFdbO+&#10;XQNbfHEvUmCHRcvSDHhZ8P8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZDcE338C&#10;AABfBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnaDK&#10;ht8AAAALAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="409F2F71" id="Rektangel 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkNwTffwIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypGmCOkXWosOA&#10;og3WDj0rshQbkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy8mpfG7ZT6CuwOR+eDThTVkJR2U3Ofzzd&#10;frrgzAdhC2HAqpwflOdXi48fLhs3VyMowRQKGYFYP29czssQ3DzLvCxVLfwZOGVJqAFrEeiIm6xA&#10;0RB6bbLRYHCeNYCFQ5DKe7q9aYV8kfC1VjI8aO1VYCbnFFtIK6Z1HddscSnmGxSurGQXhviHKGpR&#10;WXLaQ92IINgWqzdQdSURPOhwJqHOQOtKqpQDZTMcvMrmsRROpVyIHO96mvz/g5X3u0e3QqKhcX7u&#10;aRuz2Gus45/iY/tE1qEnS+0Dk3Q5nUxm59MJZ5Jkw+lsOphENrOTtUMfviqoWdzkHOkxEkdid+dD&#10;q3pUic48mKq4rYxJB9ysrw2ynaCHG88+f7lIb0Xof6gZG5UtRLMWMd5kp1zSLhyMinrGfleaVQVF&#10;P0qRpDJTvR8hpbJh2IpKUajW/WRAX5dbb5EyTYARWZP/HrsDiCX8FruNstOPpipVaW88+FtgrXFv&#10;kTyDDb1xXVnA9wAMZdV5bvWPJLXURJbWUBxWyBDaHvFO3lb0bnfCh5VAagpqH2r08ECLNtDkHLod&#10;ZyXgr/fuoz7VKkk5a6jJcu5/bgUqzsw3S1U8G47HsSvTYTyZjuiALyXrlxK7ra+BymFII8XJtI36&#10;wRy3GqF+pnmwjF5JJKwk3zmXAY+H69A2P00UqZbLpEad6ES4s49ORvDIaqzLp/2zQNcVb6Cyv4dj&#10;Q4r5qxpudaOlheU2gK5SgZ947fimLk6F002cOCZenpPWaS4ufgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJ2gyobfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo44iWkMapAhJc&#10;EEIEDj268TaJiNchdlrz9zgnOO7M6O1MsQtmYCecXG9JglglwJAaq3tqJXx+PN1kwJxXpNVgCSX8&#10;oINdeXlRqFzbM73jqfYtixByuZLQeT/mnLumQ6Pcyo5I0TvaySgfz6nlelLnCDcDT5Nkw43qKX7o&#10;1IiPHTZf9WwiZY9v1XNTvwbxXT+8VLMVYdhLeX0Vqi0wj8H/hWGpH6tDGTsd7EzasUHCXcxFdbO+&#10;XQNbfHEvUmCHRcvSDHhZ8P8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZDcE338C&#10;AABfBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnaDK&#10;ht8AAAALAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00BE011B">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3411A819" wp14:editId="6733C2A0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -13533,51 +13454,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="16A693D3" id="Rektangel 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="20B2D1B1" id="Rektangel 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57EE3968" w14:textId="5E0CBF2E" w:rsidR="0033297A" w:rsidRDefault="0033297A" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AED0D17" wp14:editId="1187BEA2">
@@ -13626,51 +13547,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="003585F0" id="Rektangel 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFO1IaeQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r06ytE2DOEWWosOA&#10;oi3WDj0rshQbkEWNUuJkTz9KdpysLXYY5oNMiuTHH5GcXe9qw7YKfQU258OzAWfKSigqu875j+fb&#10;TxPOfBC2EAasyvleeX49//hh1ripGkEJplDICMT6aeNyXobgplnmZalq4c/AKUtCDViLQCyuswJF&#10;Q+i1yUaDwUXWABYOQSrv6famFfJ5wtdayfCgtVeBmZxTbCGdmM5VPLP5TEzXKFxZyS4M8Q9R1KKy&#10;5LSHuhFBsA1Wb6DqSiJ40OFMQp2B1pVUKQfKZjh4lc1TKZxKuVBxvOvL5P8frLzfPrlHpDI0zk89&#10;kTGLncY6/ik+tkvF2vfFUrvAJF1enl8M6ONMkmw4STTBZEdrhz58VVCzSOQc6TFSjcT2zodW9aAS&#10;nXkwVXFbGZMYXK+WBtlW0MONrz5/maS3IvQ/1IyNyhaiWYsYb7JjLokKe6OinrHflWZVQdGPUiSp&#10;zVTvR0ipbBi2olIUqnV/fpJbb5EyTYARWZP/HrsDiC38FruNstOPpip1aW88+FtgrXFvkTyDDb1x&#10;XVnA9wAMZdV5bvUPRWpLE6u0gmL/iAyhnRHv5G1F73YnfHgUSENBT02DHh7o0AaanENHcVYC/nrv&#10;PupTr5KUs4aGLOf+50ag4sx8s9TFV8PxOE5lYsbnlyNi8FSyOpXYTb0EaochrRQnExn1gzmQGqF+&#10;oX2wiF5JJKwk3zmXAQ/MMrTDTxtFqsUiqdEkOhHu7JOTETxWNfbl8+5FoOuaN1Db38NhIMX0VQ+3&#10;utHSwmITQFepwY917epNU5wap9s4cU2c8knruBfnvwEAAP//AwBQSwMEFAAGAAgAAAAhAN9YhfLe&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2gHVKE2nggQXhCYKhx2z&#10;xrQVjVOadAv/HvcEN/s96/l7xTbaQRxx8r0jBekqAYHUONNTq+Dj/elqA8IHTUYPjlDBD3rYludn&#10;hc6NO9EbHuvQCg4hn2sFXQhjLqVvOrTar9yIxN6nm6wOvE6tNJM+cbgd5DpJMml1T/yh0yM+dth8&#10;1bPllD3uquemfo3pd/3wUs0ujcNeqcuLWN2DCBjD3zEs+IwOJTMd3EzGi0EBFwmsZrc3PC1+epdk&#10;IA6LtllfgywL+b9D+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFO1IaeQIAAF8FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDfWIXy3gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="7BF588FE" id="Rektangel 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFO1IaeQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r06ytE2DOEWWosOA&#10;oi3WDj0rshQbkEWNUuJkTz9KdpysLXYY5oNMiuTHH5GcXe9qw7YKfQU258OzAWfKSigqu875j+fb&#10;TxPOfBC2EAasyvleeX49//hh1ripGkEJplDICMT6aeNyXobgplnmZalq4c/AKUtCDViLQCyuswJF&#10;Q+i1yUaDwUXWABYOQSrv6famFfJ5wtdayfCgtVeBmZxTbCGdmM5VPLP5TEzXKFxZyS4M8Q9R1KKy&#10;5LSHuhFBsA1Wb6DqSiJ40OFMQp2B1pVUKQfKZjh4lc1TKZxKuVBxvOvL5P8frLzfPrlHpDI0zk89&#10;kTGLncY6/ik+tkvF2vfFUrvAJF1enl8M6ONMkmw4STTBZEdrhz58VVCzSOQc6TFSjcT2zodW9aAS&#10;nXkwVXFbGZMYXK+WBtlW0MONrz5/maS3IvQ/1IyNyhaiWYsYb7JjLokKe6OinrHflWZVQdGPUiSp&#10;zVTvR0ipbBi2olIUqnV/fpJbb5EyTYARWZP/HrsDiC38FruNstOPpip1aW88+FtgrXFvkTyDDb1x&#10;XVnA9wAMZdV5bvUPRWpLE6u0gmL/iAyhnRHv5G1F73YnfHgUSENBT02DHh7o0AaanENHcVYC/nrv&#10;PupTr5KUs4aGLOf+50ag4sx8s9TFV8PxOE5lYsbnlyNi8FSyOpXYTb0EaochrRQnExn1gzmQGqF+&#10;oX2wiF5JJKwk3zmXAQ/MMrTDTxtFqsUiqdEkOhHu7JOTETxWNfbl8+5FoOuaN1Db38NhIMX0VQ+3&#10;utHSwmITQFepwY917epNU5wap9s4cU2c8knruBfnvwEAAP//AwBQSwMEFAAGAAgAAAAhAN9YhfLe&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2gHVKE2nggQXhCYKhx2z&#10;xrQVjVOadAv/HvcEN/s96/l7xTbaQRxx8r0jBekqAYHUONNTq+Dj/elqA8IHTUYPjlDBD3rYludn&#10;hc6NO9EbHuvQCg4hn2sFXQhjLqVvOrTar9yIxN6nm6wOvE6tNJM+cbgd5DpJMml1T/yh0yM+dth8&#10;1bPllD3uquemfo3pd/3wUs0ujcNeqcuLWN2DCBjD3zEs+IwOJTMd3EzGi0EBFwmsZrc3PC1+epdk&#10;IA6LtllfgywL+b9D+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFO1IaeQIAAF8FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDfWIXy3gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D6624FB" wp14:editId="64C27A2D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -13709,51 +13630,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="060353A2" id="Rektangel 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="30C25FBA" id="Rektangel 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="67DF41D8" w14:textId="77777777" w:rsidR="00CB3506" w:rsidRDefault="00CB3506" w:rsidP="00702A07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AEDDA66" w14:textId="77777777" w:rsidR="00CB3506" w:rsidRDefault="00CB3506" w:rsidP="00702A07"/>
     <w:p w14:paraId="11E08094" w14:textId="77777777" w:rsidR="00CB3506" w:rsidRDefault="00CB3506" w:rsidP="00702A07"/>
     <w:p w14:paraId="6CB17B9D" w14:textId="77777777" w:rsidR="00CB3506" w:rsidRDefault="00CB3506" w:rsidP="00702A07"/>
     <w:p w14:paraId="6FE02BAC" w14:textId="77777777" w:rsidR="00CB3506" w:rsidRDefault="00CB3506" w:rsidP="00702A07"/>
     <w:p w14:paraId="05F84638" w14:textId="77777777" w:rsidR="00CB3506" w:rsidRDefault="00CB3506" w:rsidP="00702A07"/>
     <w:p w14:paraId="20AA9901" w14:textId="77777777" w:rsidR="00CB3506" w:rsidRDefault="00CB3506" w:rsidP="00702A07"/>
   </w:footnote>
@@ -14563,51 +14484,51 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="6A37949E" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAze9ibsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfKf0Dcs3ijKIqs9eaQKLlE&#10;bdSPH0DwsEYCBgFde/99B3bXjppIVav6MGZg3puZx7C5m5xle4jJoO/4etVwBl5hb/yu4z++P17e&#10;cpay9L206KHjB0j8bnvxaTOGFq5wQNtDZETiUzuGjg85h1aIpAZwMq0wgKdDjdHJTG7ciT7Kkdid&#10;FVdNcyNGjH2IqCAl2n04HvJt5dcaVP6idYLMbMeptlxtrPa1WLHdyHYXZRiMOpUh/6EKJ42npDPV&#10;g8yS/YzmHZUzKmJCnVcKnUCtjYLaA3Wzbn7r5tsgA9ReSJwUZpnS/6NVn/f3/iWSDGNIbQovsXQx&#10;6ejKn+pjUxXrMIsFU2aKNm9urxv6OFPnM7EAQ0z5CdCxsui4Nb70IVu5f06ZklHoOaRsW19sQmv6&#10;R2NtdcoEwL2NbC/p7vK0LndFuDdR5BWkWEqvq3ywcGT9CpqZnopd1+x1qhZOqRT4fOa1nqILTFMF&#10;M7D5M/AUX6BQJ+5vwDOiZkafZ7AzHuNH2Rcp9DH+rMCx7yLBK/aHeqlVGhqdqtxpzMtsvvUrfHmM&#10;218AAAD//wMAUEsDBBQABgAIAAAAIQBvtt4M3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;S8NAEIbvgv9hGcGL2E0NSTVmUyTQiwfBRorHbXaaBLOzIbtt0n/vFIR6nHce3o98PdtenHD0nSMF&#10;y0UEAql2pqNGwVe1eXwG4YMmo3tHqOCMHtbF7U2uM+Mm+sTTNjSCTchnWkEbwpBJ6esWrfYLNyDx&#10;7+BGqwOfYyPNqCc2t718iqJUWt0RJ7R6wLLF+md7tAq+m4d4s6uomsrwcUjb+bx7T0ql7u/mt1cQ&#10;AedwheFSn6tDwZ327kjGi15Bkq6YZH2V8IQLsIzjFxD7P0kWufy/ofgFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAM3vYm7EBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAb7beDN4AAAALAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
+            <v:line w14:anchorId="06B1F129" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAze9ibsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfKf0Dcs3ijKIqs9eaQKLlE&#10;bdSPH0DwsEYCBgFde/99B3bXjppIVav6MGZg3puZx7C5m5xle4jJoO/4etVwBl5hb/yu4z++P17e&#10;cpay9L206KHjB0j8bnvxaTOGFq5wQNtDZETiUzuGjg85h1aIpAZwMq0wgKdDjdHJTG7ciT7Kkdid&#10;FVdNcyNGjH2IqCAl2n04HvJt5dcaVP6idYLMbMeptlxtrPa1WLHdyHYXZRiMOpUh/6EKJ42npDPV&#10;g8yS/YzmHZUzKmJCnVcKnUCtjYLaA3Wzbn7r5tsgA9ReSJwUZpnS/6NVn/f3/iWSDGNIbQovsXQx&#10;6ejKn+pjUxXrMIsFU2aKNm9urxv6OFPnM7EAQ0z5CdCxsui4Nb70IVu5f06ZklHoOaRsW19sQmv6&#10;R2NtdcoEwL2NbC/p7vK0LndFuDdR5BWkWEqvq3ywcGT9CpqZnopd1+x1qhZOqRT4fOa1nqILTFMF&#10;M7D5M/AUX6BQJ+5vwDOiZkafZ7AzHuNH2Rcp9DH+rMCx7yLBK/aHeqlVGhqdqtxpzMtsvvUrfHmM&#10;218AAAD//wMAUEsDBBQABgAIAAAAIQBvtt4M3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;S8NAEIbvgv9hGcGL2E0NSTVmUyTQiwfBRorHbXaaBLOzIbtt0n/vFIR6nHce3o98PdtenHD0nSMF&#10;y0UEAql2pqNGwVe1eXwG4YMmo3tHqOCMHtbF7U2uM+Mm+sTTNjSCTchnWkEbwpBJ6esWrfYLNyDx&#10;7+BGqwOfYyPNqCc2t718iqJUWt0RJ7R6wLLF+md7tAq+m4d4s6uomsrwcUjb+bx7T0ql7u/mt1cQ&#10;AedwheFSn6tDwZ327kjGi15Bkq6YZH2V8IQLsIzjFxD7P0kWufy/ofgFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAM3vYm7EBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAb7beDN4AAAALAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="0069139A">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32AB8630" wp14:editId="10AD5B8D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>360045</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>289560</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1465200" cy="662400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bildobjekt 3"/>
@@ -16814,54 +16735,54 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="614605202">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1229998277">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1840849726">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1618179867">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1614900698">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="718437240">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="34JHcVqA7mFf7ICKFNOqcX73wCF3PtZGp1E6soXKFHJhzfCpYkHq+L0sTdyklKcq88pAAZk3hebqtDfj0OHmwg==" w:salt="SjEP08PdoFenwqqkL7Bc7g=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="6pV72Z53EKcGs+raj1bYFKYKd2H2HbsVB0JzLXdYpTUwGpF4Aa5aOP5tHd97lYssCkTeQsGF3JIFiwGOJeX3dQ==" w:salt="2eRF65cibDe4I2gam3O7Dg=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF4E45"/>
     <w:rsid w:val="000046A8"/>
@@ -16977,50 +16898,51 @@
     <w:rsid w:val="002A58D3"/>
     <w:rsid w:val="002B0E96"/>
     <w:rsid w:val="002B19E3"/>
     <w:rsid w:val="002B260D"/>
     <w:rsid w:val="002B2CF7"/>
     <w:rsid w:val="002B54B4"/>
     <w:rsid w:val="002B62D8"/>
     <w:rsid w:val="002C2C44"/>
     <w:rsid w:val="002C5463"/>
     <w:rsid w:val="002C579F"/>
     <w:rsid w:val="002D0FCB"/>
     <w:rsid w:val="002D54B3"/>
     <w:rsid w:val="002D6B31"/>
     <w:rsid w:val="002E0F3D"/>
     <w:rsid w:val="002F0A61"/>
     <w:rsid w:val="002F5841"/>
     <w:rsid w:val="002F65EB"/>
     <w:rsid w:val="003009B6"/>
     <w:rsid w:val="00301D50"/>
     <w:rsid w:val="00302FEB"/>
     <w:rsid w:val="00306DEB"/>
     <w:rsid w:val="00307B92"/>
     <w:rsid w:val="003155BF"/>
     <w:rsid w:val="00315606"/>
     <w:rsid w:val="00316B46"/>
+    <w:rsid w:val="003217AE"/>
     <w:rsid w:val="0033297A"/>
     <w:rsid w:val="00334747"/>
     <w:rsid w:val="00335DFE"/>
     <w:rsid w:val="00343949"/>
     <w:rsid w:val="00345766"/>
     <w:rsid w:val="00357CB2"/>
     <w:rsid w:val="0037217D"/>
     <w:rsid w:val="0037499C"/>
     <w:rsid w:val="00386DAE"/>
     <w:rsid w:val="00391835"/>
     <w:rsid w:val="00391C69"/>
     <w:rsid w:val="003927EB"/>
     <w:rsid w:val="003947BE"/>
     <w:rsid w:val="00395C12"/>
     <w:rsid w:val="003A3E7C"/>
     <w:rsid w:val="003A509A"/>
     <w:rsid w:val="003B2667"/>
     <w:rsid w:val="003B2EF7"/>
     <w:rsid w:val="003B56EA"/>
     <w:rsid w:val="003B5960"/>
     <w:rsid w:val="003C2A7C"/>
     <w:rsid w:val="003D010D"/>
     <w:rsid w:val="003D174E"/>
     <w:rsid w:val="003D27CC"/>
     <w:rsid w:val="003D5D54"/>
@@ -17120,50 +17042,51 @@
     <w:rsid w:val="006823B7"/>
     <w:rsid w:val="0069139A"/>
     <w:rsid w:val="00693369"/>
     <w:rsid w:val="00696A51"/>
     <w:rsid w:val="006A25BC"/>
     <w:rsid w:val="006C19D4"/>
     <w:rsid w:val="006C2227"/>
     <w:rsid w:val="006C353A"/>
     <w:rsid w:val="006C55DB"/>
     <w:rsid w:val="006D50BD"/>
     <w:rsid w:val="006E2C1E"/>
     <w:rsid w:val="006E3D5F"/>
     <w:rsid w:val="006F07A9"/>
     <w:rsid w:val="006F0AD2"/>
     <w:rsid w:val="006F62A2"/>
     <w:rsid w:val="006F7941"/>
     <w:rsid w:val="00702A07"/>
     <w:rsid w:val="00703E24"/>
     <w:rsid w:val="007076C1"/>
     <w:rsid w:val="00710D98"/>
     <w:rsid w:val="00712BDA"/>
     <w:rsid w:val="00715DF6"/>
     <w:rsid w:val="007160F0"/>
     <w:rsid w:val="007324DE"/>
     <w:rsid w:val="00733458"/>
+    <w:rsid w:val="00737B0C"/>
     <w:rsid w:val="007403AC"/>
     <w:rsid w:val="00745339"/>
     <w:rsid w:val="0074566A"/>
     <w:rsid w:val="00747159"/>
     <w:rsid w:val="0075321C"/>
     <w:rsid w:val="00753938"/>
     <w:rsid w:val="007552D5"/>
     <w:rsid w:val="007554AF"/>
     <w:rsid w:val="007600B9"/>
     <w:rsid w:val="007715E3"/>
     <w:rsid w:val="007771BF"/>
     <w:rsid w:val="007802AC"/>
     <w:rsid w:val="00784347"/>
     <w:rsid w:val="00785F72"/>
     <w:rsid w:val="00795CAF"/>
     <w:rsid w:val="00797EC2"/>
     <w:rsid w:val="007A0F1C"/>
     <w:rsid w:val="007A19E7"/>
     <w:rsid w:val="007B368C"/>
     <w:rsid w:val="007B5EFD"/>
     <w:rsid w:val="007C3D1E"/>
     <w:rsid w:val="007C6370"/>
     <w:rsid w:val="007E5B89"/>
     <w:rsid w:val="007E7A79"/>
     <w:rsid w:val="007F11A3"/>
@@ -17324,50 +17247,51 @@
     <w:rsid w:val="00B84808"/>
     <w:rsid w:val="00B85FE0"/>
     <w:rsid w:val="00B92015"/>
     <w:rsid w:val="00BA46F4"/>
     <w:rsid w:val="00BC10BB"/>
     <w:rsid w:val="00BC2714"/>
     <w:rsid w:val="00BD2225"/>
     <w:rsid w:val="00BD5993"/>
     <w:rsid w:val="00BD6DE5"/>
     <w:rsid w:val="00BD7A4B"/>
     <w:rsid w:val="00BE011B"/>
     <w:rsid w:val="00BE1A5A"/>
     <w:rsid w:val="00BE27F4"/>
     <w:rsid w:val="00BE417D"/>
     <w:rsid w:val="00BE4B8E"/>
     <w:rsid w:val="00BF01B6"/>
     <w:rsid w:val="00BF1072"/>
     <w:rsid w:val="00BF1897"/>
     <w:rsid w:val="00BF2680"/>
     <w:rsid w:val="00BF452B"/>
     <w:rsid w:val="00BF460C"/>
     <w:rsid w:val="00BF487B"/>
     <w:rsid w:val="00BF4B34"/>
     <w:rsid w:val="00BF4E45"/>
     <w:rsid w:val="00C0066C"/>
+    <w:rsid w:val="00C00E83"/>
     <w:rsid w:val="00C0396F"/>
     <w:rsid w:val="00C06712"/>
     <w:rsid w:val="00C10D0D"/>
     <w:rsid w:val="00C10F64"/>
     <w:rsid w:val="00C11704"/>
     <w:rsid w:val="00C13BE0"/>
     <w:rsid w:val="00C1415E"/>
     <w:rsid w:val="00C143B9"/>
     <w:rsid w:val="00C15C60"/>
     <w:rsid w:val="00C275FD"/>
     <w:rsid w:val="00C42093"/>
     <w:rsid w:val="00C55254"/>
     <w:rsid w:val="00C619AD"/>
     <w:rsid w:val="00C62D88"/>
     <w:rsid w:val="00C6408C"/>
     <w:rsid w:val="00C662A6"/>
     <w:rsid w:val="00C80D40"/>
     <w:rsid w:val="00C839DE"/>
     <w:rsid w:val="00C90573"/>
     <w:rsid w:val="00C92FD3"/>
     <w:rsid w:val="00C96AD7"/>
     <w:rsid w:val="00C97DD9"/>
     <w:rsid w:val="00CA3D6F"/>
     <w:rsid w:val="00CA4F42"/>
     <w:rsid w:val="00CA521A"/>
@@ -20458,50 +20382,51 @@
     <w:rsid w:val="007F3E0B"/>
     <w:rsid w:val="00836369"/>
     <w:rsid w:val="0084146F"/>
     <w:rsid w:val="008D067D"/>
     <w:rsid w:val="00913320"/>
     <w:rsid w:val="009167EC"/>
     <w:rsid w:val="0094161D"/>
     <w:rsid w:val="009969CE"/>
     <w:rsid w:val="009C4FE5"/>
     <w:rsid w:val="009C5738"/>
     <w:rsid w:val="009D4714"/>
     <w:rsid w:val="00A30ABD"/>
     <w:rsid w:val="00A43D2A"/>
     <w:rsid w:val="00A80827"/>
     <w:rsid w:val="00AB45EB"/>
     <w:rsid w:val="00AB47BA"/>
     <w:rsid w:val="00AE7CDE"/>
     <w:rsid w:val="00B042E9"/>
     <w:rsid w:val="00B100D7"/>
     <w:rsid w:val="00B31042"/>
     <w:rsid w:val="00B45BFA"/>
     <w:rsid w:val="00B6401F"/>
     <w:rsid w:val="00B76C2B"/>
     <w:rsid w:val="00BE5DAB"/>
     <w:rsid w:val="00BF050B"/>
+    <w:rsid w:val="00C00E83"/>
     <w:rsid w:val="00C13F9B"/>
     <w:rsid w:val="00C200A8"/>
     <w:rsid w:val="00C316AF"/>
     <w:rsid w:val="00C32D1F"/>
     <w:rsid w:val="00C71B9A"/>
     <w:rsid w:val="00C83B75"/>
     <w:rsid w:val="00C97DD9"/>
     <w:rsid w:val="00CB18CE"/>
     <w:rsid w:val="00D044D1"/>
     <w:rsid w:val="00D14948"/>
     <w:rsid w:val="00D55A2A"/>
     <w:rsid w:val="00D55D96"/>
     <w:rsid w:val="00D900BF"/>
     <w:rsid w:val="00DA08DB"/>
     <w:rsid w:val="00DA382F"/>
     <w:rsid w:val="00DC1276"/>
     <w:rsid w:val="00E004C3"/>
     <w:rsid w:val="00E34F79"/>
     <w:rsid w:val="00E501B6"/>
     <w:rsid w:val="00E62E2C"/>
     <w:rsid w:val="00E7288A"/>
     <w:rsid w:val="00E770BC"/>
     <w:rsid w:val="00ED2363"/>
     <w:rsid w:val="00F12920"/>
     <w:rsid w:val="00F4128E"/>
@@ -21296,68 +21221,68 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="Gost – Titelsortering" Version="2003"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DE50568-C53B-44D1-A8E6-22AADF711C82}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>1848</Words>
-  <Characters>9795</Characters>
+  <Characters>9798</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>81</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11620</CharactersWithSpaces>
+  <CharactersWithSpaces>11623</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jesper Persson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>