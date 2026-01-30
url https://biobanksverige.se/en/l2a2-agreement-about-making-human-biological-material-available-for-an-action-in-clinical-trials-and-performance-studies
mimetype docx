--- v0 (2025-10-03)
+++ v1 (2026-01-30)
@@ -7,90 +7,95 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="0014588B" w14:paraId="4BF9E1F4" w14:textId="77777777" w:rsidTr="00122F3E">
         <w:trPr>
           <w:trHeight w:val="176"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="268B604B" w14:textId="484B42BC" w:rsidR="0014588B" w:rsidRDefault="0014588B" w:rsidP="007715E3">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:spacing w:after="0"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Do</w:t>
             </w:r>
             <w:r w:rsidR="00F56193">
               <w:t>c</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">ument-ID: </w:t>
+              <w:t>ument</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve">-ID: </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text3"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -188,60 +193,52 @@
         </w:rPr>
         <w:t xml:space="preserve">for an </w:t>
       </w:r>
       <w:r w:rsidR="008F02EF">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00A47DF5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ction in</w:t>
       </w:r>
       <w:r w:rsidR="00F756BA">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> clinical trial</w:t>
       </w:r>
       <w:r w:rsidR="0042241A">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">s and performance </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>s and performance studies</w:t>
+      </w:r>
       <w:r w:rsidR="00A47DF5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68CE8EA1" w14:textId="63BEDF94" w:rsidR="00CE14C8" w:rsidRDefault="0006133F" w:rsidP="002D112A">
       <w:pPr>
         <w:spacing w:before="120" w:after="240"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0006133F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">This Agreement contains conditions for making Material available from the Biobank to a </w:t>
       </w:r>
       <w:r w:rsidR="00662CE7">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Recipient </w:t>
@@ -465,77 +462,93 @@
       <w:r w:rsidRPr="00AC28B3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the biobank </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>where</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC28B3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Material </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>is included.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34EF7A1D" w14:textId="77777777" w:rsidR="00CE14C8" w:rsidRPr="0038551E" w:rsidRDefault="00CE14C8" w:rsidP="00CE14C8">
+    <w:p w14:paraId="34EF7A1D" w14:textId="138BBF6A" w:rsidR="00CE14C8" w:rsidRPr="0038551E" w:rsidRDefault="00CE14C8" w:rsidP="00CE14C8">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD0255">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“Biobank Agreement”:</w:t>
       </w:r>
       <w:r w:rsidRPr="00733718">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the form </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD0255">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>T1. Establishment of sample collection for clinical trials and performance studies</w:t>
+        <w:t>T1.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E0920">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0255">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Establishment of sample collection for clinical trials and performance studies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="622C7995" w14:textId="54575604" w:rsidR="00CE14C8" w:rsidRDefault="00CE14C8" w:rsidP="00CE14C8">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00601213">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“Code Key”:</w:t>
       </w:r>
       <w:r w:rsidRPr="00733718">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F03CF4">
         <w:rPr>
           <w:lang w:val="en-GB"/>
@@ -867,51 +880,65 @@
       <w:r w:rsidRPr="002C0579">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> making the Material available.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32FB1EC8" w14:textId="77777777" w:rsidR="007708E3" w:rsidRDefault="007708E3" w:rsidP="007708E3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0078250E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“Sample”:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the biological Material from a living or deceased person or from a fetus. </w:t>
+        <w:t xml:space="preserve"> the biological Material from a living or deceased person or from a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>fetus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F01E31" w14:textId="77777777" w:rsidR="007708E3" w:rsidRDefault="007708E3" w:rsidP="007708E3">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0078250E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“Sample Code”:</w:t>
       </w:r>
       <w:r w:rsidRPr="00733718">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
@@ -1046,51 +1073,65 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="009A2CE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>onor”:</w:t>
       </w:r>
       <w:r w:rsidRPr="00733718">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00770E28">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>the living person from whom a Sample has been taken, or the living person who is carrying or has carried a fetus from which a Sample has been taken.</w:t>
+        <w:t xml:space="preserve">the living person from whom a Sample has been taken, or the living person who is carrying or has carried a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00770E28">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>fetus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00770E28">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from which a Sample has been taken.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CD9C1EA" w14:textId="55AF6DA4" w:rsidR="00CE14C8" w:rsidRDefault="00CE14C8" w:rsidP="00CE14C8">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A7ADF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>“Sponsor”:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA5B3C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
@@ -1201,51 +1242,51 @@
       <w:pPr>
         <w:pStyle w:val="Rubrik2"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PARTIES AND PROJECT</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4815"/>
         <w:gridCol w:w="4814"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86327" w:rsidRPr="00E2071D" w14:paraId="15F99B56" w14:textId="59964E49" w:rsidTr="00CF6AE9">
+      <w:tr w:rsidR="00E86327" w:rsidRPr="00B82D76" w14:paraId="15F99B56" w14:textId="59964E49" w:rsidTr="00CF6AE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="76463C14" w14:textId="1482852A" w:rsidR="00E86327" w:rsidRPr="00E41417" w:rsidRDefault="0006133F" w:rsidP="00E86327">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Enter </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>information about the Biobank – Part</w:t>
             </w:r>
@@ -2066,51 +2107,51 @@
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E86465" w:rsidRPr="00E2071D" w14:paraId="1653150D" w14:textId="1EF5FDDF" w:rsidTr="00CF6AE9">
+      <w:tr w:rsidR="00E86465" w:rsidRPr="00B82D76" w14:paraId="1653150D" w14:textId="1EF5FDDF" w:rsidTr="00CF6AE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="5E192263" w14:textId="3ED01D44" w:rsidR="00E86465" w:rsidRPr="00E41417" w:rsidRDefault="0006133F" w:rsidP="00E41417">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Enter information about </w:t>
             </w:r>
             <w:r w:rsidR="0029518B">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>the Recipient</w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
@@ -2154,104 +2195,104 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>in print</w:t>
             </w:r>
             <w:r w:rsidR="00E86465" w:rsidRPr="00E41417">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C0579" w:rsidRPr="00E2071D" w14:paraId="2CD1D0DC" w14:textId="77777777" w:rsidTr="00CF6AE9">
+      <w:tr w:rsidR="002C0579" w:rsidRPr="00B82D76" w14:paraId="2CD1D0DC" w14:textId="77777777" w:rsidTr="00CF6AE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C15B4BE" w14:textId="29F0DC7D" w:rsidR="002C0579" w:rsidRPr="00E41417" w:rsidRDefault="00E2071D" w:rsidP="00BC7DEA">
+          <w:p w14:paraId="4C15B4BE" w14:textId="29F0DC7D" w:rsidR="002C0579" w:rsidRPr="00E41417" w:rsidRDefault="00B82D76" w:rsidP="00BC7DEA">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-756742029"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C0579">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002C0579">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00071D32">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>The Recipient is the Sponsor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77C3C7B8" w14:textId="6AE7E122" w:rsidR="002C0579" w:rsidRPr="00E41417" w:rsidRDefault="00E2071D" w:rsidP="00387E04">
+          <w:p w14:paraId="77C3C7B8" w14:textId="6AE7E122" w:rsidR="002C0579" w:rsidRPr="00E41417" w:rsidRDefault="00B82D76" w:rsidP="00387E04">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="972408189"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="002C0579">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-GB"/>
@@ -3211,51 +3252,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606638" w:rsidRPr="00E2071D" w14:paraId="32A22E10" w14:textId="77777777" w:rsidTr="00CF6AE9">
+      <w:tr w:rsidR="00606638" w:rsidRPr="00B82D76" w14:paraId="32A22E10" w14:textId="77777777" w:rsidTr="00CF6AE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="79BBBF2E" w14:textId="49D67532" w:rsidR="00606638" w:rsidRPr="00E41417" w:rsidRDefault="00606638" w:rsidP="00E81917">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Enter information about the Project </w:t>
             </w:r>
             <w:r w:rsidRPr="00122F3E">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
@@ -3442,51 +3483,67 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CFA4F4C" w14:textId="55DAADF3" w:rsidR="00606638" w:rsidRPr="00797E39" w:rsidRDefault="00606638" w:rsidP="00797E39">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
             </w:pPr>
             <w:r w:rsidRPr="00797E39">
-              <w:t>Project-ID (if applicable):</w:t>
+              <w:t>Project-ID (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00797E39">
+              <w:t>if</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00797E39">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00797E39">
+              <w:t>applicable</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00797E39">
+              <w:t>):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30E5FBA8" w14:textId="29C118D6" w:rsidR="00606638" w:rsidRPr="00E41417" w:rsidRDefault="00606638" w:rsidP="00BC7DEA">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
@@ -3654,51 +3711,65 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FE297E4" w14:textId="5FBFA2F0" w:rsidR="00606638" w:rsidRPr="004D0DE4" w:rsidRDefault="00606638" w:rsidP="0015531D">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D0DE4">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ref. no of </w:t>
+              <w:t xml:space="preserve">Ref. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D0DE4">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D0DE4">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:r w:rsidR="001C2EE7" w:rsidRPr="004D0DE4">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">approved </w:t>
             </w:r>
             <w:r w:rsidRPr="004D0DE4">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Biobank Agreement:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E934670" w14:textId="62E9F0F9" w:rsidR="00606638" w:rsidRPr="00E41417" w:rsidRDefault="00606638" w:rsidP="00BC7DEA">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -3868,52 +3939,57 @@
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00606638" w:rsidRPr="00E41417" w14:paraId="7CD08065" w14:textId="77777777" w:rsidTr="00CF6AE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52B178B3" w14:textId="4150182C" w:rsidR="00606638" w:rsidRPr="0015531D" w:rsidRDefault="00606638" w:rsidP="0015531D">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0015531D">
-              <w:t>Phone:</w:t>
+              <w:t>Phone</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0015531D">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30EA0564" w14:textId="7D704FA7" w:rsidR="00606638" w:rsidRPr="00E41417" w:rsidRDefault="00606638" w:rsidP="00122F3E">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E41417">
@@ -4037,51 +4113,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00606638" w:rsidRPr="00E2071D" w14:paraId="6A5A7C63" w14:textId="77777777" w:rsidTr="00CF6AE9">
+      <w:tr w:rsidR="00606638" w:rsidRPr="00B82D76" w14:paraId="6A5A7C63" w14:textId="77777777" w:rsidTr="00CF6AE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="639F1E4E" w14:textId="3CF991DF" w:rsidR="00606638" w:rsidRPr="00E41417" w:rsidRDefault="00606638" w:rsidP="00E81917">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Enter information about Delivery Recipient and </w:t>
             </w:r>
             <w:r w:rsidR="002A7B33">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
@@ -4092,102 +4168,107 @@
               <w:t xml:space="preserve">elivery </w:t>
             </w:r>
             <w:r w:rsidR="002A7B33">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ddress</w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:rStyle w:val="Fotnotsreferens"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00864D59" w:rsidRPr="00E2071D" w14:paraId="725917EA" w14:textId="77777777" w:rsidTr="00CF6AE9">
+      <w:tr w:rsidR="00864D59" w:rsidRPr="00B82D76" w14:paraId="725917EA" w14:textId="77777777" w:rsidTr="00CF6AE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="597ED909" w14:textId="37E29486" w:rsidR="00864D59" w:rsidRPr="00E41417" w:rsidRDefault="00783BCC" w:rsidP="00BC7DEA">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Transport conditions</w:t>
             </w:r>
             <w:r w:rsidR="00864D59" w:rsidRPr="00E41417">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00864D59" w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> For transport Incoterms EXW rules applies.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00864D59" w:rsidRPr="00E41417" w14:paraId="70841D9E" w14:textId="77777777" w:rsidTr="00CF6AE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="37F9B5AC" w14:textId="247542A6" w:rsidR="00864D59" w:rsidRPr="0015531D" w:rsidRDefault="00864D59" w:rsidP="0015531D">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0015531D">
-              <w:t>Delivery Recipient:</w:t>
+              <w:t>Delivery</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0015531D">
+              <w:t xml:space="preserve"> Recipient:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F3B499F" w14:textId="01BB4A7A" w:rsidR="00864D59" w:rsidRPr="00E41417" w:rsidRDefault="00864D59" w:rsidP="00BC7DEA">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
@@ -4232,52 +4313,57 @@
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00864D59" w:rsidRPr="00E41417" w14:paraId="0F3E3902" w14:textId="77777777" w:rsidTr="00CF6AE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="14A21B95" w14:textId="71743DF0" w:rsidR="00864D59" w:rsidRPr="0015531D" w:rsidRDefault="00864D59" w:rsidP="0015531D">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0015531D">
-              <w:t>Address:</w:t>
+              <w:t>Address</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0015531D">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01E026D4" w14:textId="2A08E2E5" w:rsidR="00864D59" w:rsidRPr="00E41417" w:rsidRDefault="00864D59" w:rsidP="00BC7DEA">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
@@ -4593,52 +4679,57 @@
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00864D59" w:rsidRPr="00E41417" w14:paraId="059C8903" w14:textId="77777777" w:rsidTr="00CF6AE9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08085E3A" w14:textId="2F457764" w:rsidR="00864D59" w:rsidRPr="0015531D" w:rsidRDefault="00864D59" w:rsidP="0015531D">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0015531D">
-              <w:t>Phone:</w:t>
+              <w:t>Phone</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0015531D">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="274C9D33" w14:textId="44139855" w:rsidR="00864D59" w:rsidRPr="00E41417" w:rsidRDefault="00864D59" w:rsidP="00BC7DEA">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E41417">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
@@ -5265,95 +5356,87 @@
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>WITHDRAWAL OF CONSENT</w:t>
       </w:r>
       <w:r w:rsidR="00337E1E" w:rsidRPr="00122F3E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="334DBB48" w14:textId="65D80799" w:rsidR="00337E1E" w:rsidRPr="00122F3E" w:rsidRDefault="00337E1E" w:rsidP="00337E1E">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00122F3E">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the event that the Sample Donor, or another person who has given consent for the storage and use of a Sample, contacts the Biobank with a withdrawal in accordance with the Biobank Act (2023:38) of their consent to the storage of the Sample in the Biobank or the use of the Sample for certain purposes, the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Recipient</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00122F3E">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be informed of this immediately. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4816856F" w14:textId="08691717" w:rsidR="00337E1E" w:rsidRPr="00122F3E" w:rsidRDefault="00337E1E" w:rsidP="00337E1E">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00122F3E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>In the event that</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00122F3E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the Sample Donor, or another person who has given consent for the storage and use of a Sample, contacts the Biobank with a withdrawal in accordance with the Biobank Act (2023:38) of their consent to the storage of the Sample in the Biobank or the use of the Sample for certain purposes, the </w:t>
-[...31 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> the Sample Donor, or another person who has given consent, contacts the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Recipient</w:t>
       </w:r>
       <w:r w:rsidRPr="00122F3E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> with a withdrawal of their consent to the use of a Sample, the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Recipient</w:t>
       </w:r>
       <w:r w:rsidRPr="00122F3E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall immediately inform the </w:t>
@@ -5811,65 +5894,51 @@
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Recipient</w:t>
       </w:r>
       <w:r w:rsidRPr="00122F3E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> undertakes to indemnify the Biobank and/or its employees from any claim by a Third Party, including reasonable legal costs, caused by</w:t>
       </w:r>
       <w:r w:rsidR="00D1035B">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00122F3E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or arising from improper use, </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> or damage as a result of the use, handling, storage, transport or other activities of the Material covered by the Agreement, and which is not due to </w:t>
+        <w:t xml:space="preserve"> or arising from improper use, loss or damage as a result of the use, handling, storage, transport or other activities of the Material covered by the Agreement, and which is not due to </w:t>
       </w:r>
       <w:r w:rsidR="00E538D6">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>gross negligence or wilful act</w:t>
       </w:r>
       <w:r w:rsidRPr="00122F3E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Biobank. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B0DF599" w14:textId="77777777" w:rsidR="002B51B4" w:rsidRPr="00122F3E" w:rsidRDefault="002B51B4" w:rsidP="002B51B4">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00122F3E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In the event of compensation for damages and penalties due to incorrect processing of Personal Data, Articles 82 and 83 of the General Data Protection Regulation apply. </w:t>
@@ -7012,51 +7081,51 @@
       </w:r>
       <w:r w:rsidR="00501B78">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>approval</w:t>
       </w:r>
       <w:r w:rsidR="003B03E5" w:rsidRPr="003B03E5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for clinical trial or performance stud</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5382"/>
         <w:gridCol w:w="2123"/>
         <w:gridCol w:w="2123"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008337CB" w:rsidRPr="00E2071D" w14:paraId="5C278476" w14:textId="77777777" w:rsidTr="00BA06E2">
+      <w:tr w:rsidR="008337CB" w:rsidRPr="00B82D76" w14:paraId="5C278476" w14:textId="77777777" w:rsidTr="00BA06E2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E9E9E9"/>
           </w:tcPr>
           <w:p w14:paraId="1CB4B8F0" w14:textId="3BFC42F8" w:rsidR="008337CB" w:rsidRPr="00F278B1" w:rsidRDefault="008337CB" w:rsidP="008337CB">
             <w:pPr>
               <w:pStyle w:val="Tabell-titelbaseradpR2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Describe the Samples to be sent</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008337CB" w:rsidRPr="0014588B" w14:paraId="634D8B1C" w14:textId="77777777" w:rsidTr="008337CB">
         <w:tc>
           <w:tcPr>
@@ -8967,58 +9036,56 @@
         <w:pStyle w:val="Rubrik1medunderrubrik"/>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix 2: Purpose and </w:t>
       </w:r>
       <w:r w:rsidR="00AC549C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ction, the research to be conducted on the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00AC549C">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Material</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6C640B2C" w14:textId="3D60D413" w:rsidR="00630BE5" w:rsidRPr="009F0FBB" w:rsidRDefault="009D1E60" w:rsidP="00630BE5">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B03E5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Responsible for the completion of the information is the </w:t>
       </w:r>
       <w:r w:rsidR="00EA1F08">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>one</w:t>
       </w:r>
       <w:r w:rsidR="00EA1F08" w:rsidRPr="003B03E5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -9034,51 +9101,51 @@
         </w:rPr>
         <w:t>approval</w:t>
       </w:r>
       <w:r w:rsidRPr="003B03E5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for clinical trial or performance study</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00630BE5" w:rsidRPr="00E2071D" w14:paraId="38BEC747" w14:textId="77777777" w:rsidTr="00BA06E2">
+      <w:tr w:rsidR="00630BE5" w:rsidRPr="00B82D76" w14:paraId="38BEC747" w14:textId="77777777" w:rsidTr="00BA06E2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E9E9E9"/>
           </w:tcPr>
           <w:p w14:paraId="04C9473E" w14:textId="32DEA924" w:rsidR="00630BE5" w:rsidRPr="00F278B1" w:rsidRDefault="00630BE5" w:rsidP="002A7B33">
             <w:pPr>
               <w:pStyle w:val="Tabell-titelbaseradpR2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Describe the Purpose for which the Material shall be used.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00630BE5" w:rsidRPr="0004468B" w14:paraId="3E820E36" w14:textId="77777777" w:rsidTr="002A7B33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
@@ -9269,51 +9336,51 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="40DC4840" w14:textId="6E83FDE6" w:rsidR="00630BE5" w:rsidRPr="004456EA" w:rsidRDefault="00630BE5" w:rsidP="004456EA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="6"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00630BE5" w:rsidRPr="00E2071D" w14:paraId="588B65B1" w14:textId="77777777" w:rsidTr="00BA06E2">
+      <w:tr w:rsidR="00630BE5" w:rsidRPr="00B82D76" w14:paraId="588B65B1" w14:textId="77777777" w:rsidTr="00BA06E2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E9E9E9"/>
           </w:tcPr>
           <w:p w14:paraId="7CEAD8C8" w14:textId="3B50D394" w:rsidR="00630BE5" w:rsidRPr="00F278B1" w:rsidRDefault="00630BE5" w:rsidP="002A7B33">
             <w:pPr>
               <w:pStyle w:val="Tabell-titelbaseradpR2"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe the Action that shall be performed on the Material </w:t>
             </w:r>
             <w:r w:rsidR="00711508" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r w:rsidR="00711508">
@@ -9321,70 +9388,70 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">specify how the Samples will be handled </w:t>
             </w:r>
             <w:r w:rsidR="00711508" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">after the completion of the </w:t>
             </w:r>
             <w:r w:rsidR="00711508">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Purpose</w:t>
             </w:r>
             <w:r w:rsidR="00711508" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00630BE5" w:rsidRPr="00E2071D" w14:paraId="1ED0B3A5" w14:textId="77777777" w:rsidTr="002A7B33">
+      <w:tr w:rsidR="00630BE5" w:rsidRPr="00B82D76" w14:paraId="1ED0B3A5" w14:textId="77777777" w:rsidTr="002A7B33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="333A7618" w14:textId="77777777" w:rsidR="00630BE5" w:rsidRPr="00630BE5" w:rsidRDefault="00630BE5" w:rsidP="002A7B33">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Action (describe clearly)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68ABDB79" w14:textId="5D1F6A9E" w:rsidR="00630BE5" w:rsidRPr="00630BE5" w:rsidRDefault="00E2071D" w:rsidP="00630BE5">
+          <w:p w14:paraId="68ABDB79" w14:textId="5D1F6A9E" w:rsidR="00630BE5" w:rsidRPr="00630BE5" w:rsidRDefault="00B82D76" w:rsidP="00630BE5">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1344592244"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
@@ -9419,51 +9486,51 @@
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27139058" w14:textId="47AD6234" w:rsidR="00630BE5" w:rsidRPr="00630BE5" w:rsidRDefault="00E2071D" w:rsidP="00630BE5">
+          <w:p w14:paraId="27139058" w14:textId="47AD6234" w:rsidR="00630BE5" w:rsidRPr="00630BE5" w:rsidRDefault="00B82D76" w:rsidP="00630BE5">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1209994892"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
@@ -9498,51 +9565,51 @@
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69BDC8BE" w14:textId="6920363B" w:rsidR="00630BE5" w:rsidRPr="00630BE5" w:rsidRDefault="00E2071D" w:rsidP="00630BE5">
+          <w:p w14:paraId="69BDC8BE" w14:textId="6920363B" w:rsidR="00630BE5" w:rsidRPr="00630BE5" w:rsidRDefault="00B82D76" w:rsidP="00630BE5">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1764407180"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
@@ -9577,51 +9644,51 @@
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76C92D03" w14:textId="4273CD8B" w:rsidR="00630BE5" w:rsidRPr="00630BE5" w:rsidRDefault="00E2071D" w:rsidP="002A7B33">
+          <w:p w14:paraId="76C92D03" w14:textId="4273CD8B" w:rsidR="00630BE5" w:rsidRPr="00630BE5" w:rsidRDefault="00B82D76" w:rsidP="002A7B33">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1637216624"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
@@ -9658,129 +9725,113 @@
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00630BE5" w:rsidRPr="00E2071D" w14:paraId="15269224" w14:textId="77777777" w:rsidTr="002A7B33">
+      <w:tr w:rsidR="00630BE5" w:rsidRPr="00B82D76" w14:paraId="15269224" w14:textId="77777777" w:rsidTr="002A7B33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C6CD2E1" w14:textId="77777777" w:rsidR="00630BE5" w:rsidRDefault="00630BE5" w:rsidP="002A7B33">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Specify how samples shall be handled after the completion of the </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Specify how samples shall be handled after the completion of the Purpose</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="5BA2AE22" w14:textId="5AF98429" w:rsidR="00630BE5" w:rsidRPr="00630BE5" w:rsidRDefault="00E2071D" w:rsidP="00630BE5">
+          <w:p w14:paraId="5BA2AE22" w14:textId="5AF98429" w:rsidR="00630BE5" w:rsidRPr="00630BE5" w:rsidRDefault="00B82D76" w:rsidP="00630BE5">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-2001726343"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003C032F">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Samples are completely used up during the </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Samples are completely used up during the Action</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="076CD526" w14:textId="7C65F3A8" w:rsidR="00630BE5" w:rsidRPr="00630BE5" w:rsidRDefault="00E2071D" w:rsidP="00630BE5">
+          <w:p w14:paraId="076CD526" w14:textId="7C65F3A8" w:rsidR="00630BE5" w:rsidRPr="00630BE5" w:rsidRDefault="00B82D76" w:rsidP="00630BE5">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="369030057"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
@@ -9857,51 +9908,51 @@
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>     </w:t>
             </w:r>
             <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BCB067D" w14:textId="4DBF41D9" w:rsidR="00630BE5" w:rsidRPr="00630BE5" w:rsidRDefault="00E2071D" w:rsidP="00630BE5">
+          <w:p w14:paraId="4BCB067D" w14:textId="4DBF41D9" w:rsidR="00630BE5" w:rsidRPr="00630BE5" w:rsidRDefault="00B82D76" w:rsidP="00630BE5">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-361593167"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00630BE5" w:rsidRPr="00630BE5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
@@ -10030,82 +10081,82 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58B04243" w14:textId="77777777" w:rsidR="00630BE5" w:rsidRPr="005650A3" w:rsidRDefault="00630BE5" w:rsidP="00630BE5">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00630BE5" w:rsidRPr="005650A3" w:rsidSect="001E736C">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="471" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2394D310" w14:textId="77777777" w:rsidR="00105EF2" w:rsidRDefault="00105EF2" w:rsidP="00702A07">
+    <w:p w14:paraId="0650FA27" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F71C084" w14:textId="77777777" w:rsidR="00105EF2" w:rsidRDefault="00105EF2" w:rsidP="00702A07"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="58601A3B" w14:textId="77777777" w:rsidR="00105EF2" w:rsidRDefault="00105EF2" w:rsidP="00702A07"/>
+    <w:p w14:paraId="6B996668" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="76FAA57B" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="08AB49B6" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="2E377F7E" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="2222DD57" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="2E9220E8" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68CAD03E" w14:textId="77777777" w:rsidR="00105EF2" w:rsidRDefault="00105EF2" w:rsidP="00702A07">
+    <w:p w14:paraId="5E1BE938" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A3D46E" w14:textId="77777777" w:rsidR="00105EF2" w:rsidRDefault="00105EF2" w:rsidP="00702A07"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="15D280F4" w14:textId="77777777" w:rsidR="00105EF2" w:rsidRDefault="00105EF2" w:rsidP="00702A07"/>
+    <w:p w14:paraId="6FCEEA99" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="700AE6F1" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="6D4A9306" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="60F74789" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="09804470" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="18CE4539" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -10145,51 +10196,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="370B1088" w14:textId="41013AA6" w:rsidR="00316500" w:rsidRDefault="00316500" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29AC4F68" wp14:editId="2D505693">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4445</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10506075</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7559675" cy="179705"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="11" name="Rektangel 11"/>
               <wp:cNvGraphicFramePr/>
@@ -10226,51 +10277,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="32BD1A87" id="Rektangel 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkNwTffwIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypGmCOkXWosOA&#10;og3WDj0rshQbkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy8mpfG7ZT6CuwOR+eDThTVkJR2U3Ofzzd&#10;frrgzAdhC2HAqpwflOdXi48fLhs3VyMowRQKGYFYP29czssQ3DzLvCxVLfwZOGVJqAFrEeiIm6xA&#10;0RB6bbLRYHCeNYCFQ5DKe7q9aYV8kfC1VjI8aO1VYCbnFFtIK6Z1HddscSnmGxSurGQXhviHKGpR&#10;WXLaQ92IINgWqzdQdSURPOhwJqHOQOtKqpQDZTMcvMrmsRROpVyIHO96mvz/g5X3u0e3QqKhcX7u&#10;aRuz2Gus45/iY/tE1qEnS+0Dk3Q5nUxm59MJZ5Jkw+lsOphENrOTtUMfviqoWdzkHOkxEkdid+dD&#10;q3pUic48mKq4rYxJB9ysrw2ynaCHG88+f7lIb0Xof6gZG5UtRLMWMd5kp1zSLhyMinrGfleaVQVF&#10;P0qRpDJTvR8hpbJh2IpKUajW/WRAX5dbb5EyTYARWZP/HrsDiCX8FruNstOPpipVaW88+FtgrXFv&#10;kTyDDb1xXVnA9wAMZdV5bvWPJLXURJbWUBxWyBDaHvFO3lb0bnfCh5VAagpqH2r08ECLNtDkHLod&#10;ZyXgr/fuoz7VKkk5a6jJcu5/bgUqzsw3S1U8G47HsSvTYTyZjuiALyXrlxK7ra+BymFII8XJtI36&#10;wRy3GqF+pnmwjF5JJKwk3zmXAY+H69A2P00UqZbLpEad6ES4s49ORvDIaqzLp/2zQNcVb6Cyv4dj&#10;Q4r5qxpudaOlheU2gK5SgZ947fimLk6F002cOCZenpPWaS4ufgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJ2gyobfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo44iWkMapAhJc&#10;EEIEDj268TaJiNchdlrz9zgnOO7M6O1MsQtmYCecXG9JglglwJAaq3tqJXx+PN1kwJxXpNVgCSX8&#10;oINdeXlRqFzbM73jqfYtixByuZLQeT/mnLumQ6Pcyo5I0TvaySgfz6nlelLnCDcDT5Nkw43qKX7o&#10;1IiPHTZf9WwiZY9v1XNTvwbxXT+8VLMVYdhLeX0Vqi0wj8H/hWGpH6tDGTsd7EzasUHCXcxFdbO+&#10;XQNbfHEvUmCHRcvSDHhZ8P8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZDcE338C&#10;AABfBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnaDK&#10;ht8AAAALAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="7D30C33E" id="Rektangel 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkNwTffwIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypGmCOkXWosOA&#10;og3WDj0rshQbkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy8mpfG7ZT6CuwOR+eDThTVkJR2U3Ofzzd&#10;frrgzAdhC2HAqpwflOdXi48fLhs3VyMowRQKGYFYP29czssQ3DzLvCxVLfwZOGVJqAFrEeiIm6xA&#10;0RB6bbLRYHCeNYCFQ5DKe7q9aYV8kfC1VjI8aO1VYCbnFFtIK6Z1HddscSnmGxSurGQXhviHKGpR&#10;WXLaQ92IINgWqzdQdSURPOhwJqHOQOtKqpQDZTMcvMrmsRROpVyIHO96mvz/g5X3u0e3QqKhcX7u&#10;aRuz2Gus45/iY/tE1qEnS+0Dk3Q5nUxm59MJZ5Jkw+lsOphENrOTtUMfviqoWdzkHOkxEkdid+dD&#10;q3pUic48mKq4rYxJB9ysrw2ynaCHG88+f7lIb0Xof6gZG5UtRLMWMd5kp1zSLhyMinrGfleaVQVF&#10;P0qRpDJTvR8hpbJh2IpKUajW/WRAX5dbb5EyTYARWZP/HrsDiCX8FruNstOPpipVaW88+FtgrXFv&#10;kTyDDb1xXVnA9wAMZdV5bvWPJLXURJbWUBxWyBDaHvFO3lb0bnfCh5VAagpqH2r08ECLNtDkHLod&#10;ZyXgr/fuoz7VKkk5a6jJcu5/bgUqzsw3S1U8G47HsSvTYTyZjuiALyXrlxK7ra+BymFII8XJtI36&#10;wRy3GqF+pnmwjF5JJKwk3zmXAY+H69A2P00UqZbLpEad6ES4s49ORvDIaqzLp/2zQNcVb6Cyv4dj&#10;Q4r5qxpudaOlheU2gK5SgZ947fimLk6F002cOCZenpPWaS4ufgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJ2gyobfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo44iWkMapAhJc&#10;EEIEDj268TaJiNchdlrz9zgnOO7M6O1MsQtmYCecXG9JglglwJAaq3tqJXx+PN1kwJxXpNVgCSX8&#10;oINdeXlRqFzbM73jqfYtixByuZLQeT/mnLumQ6Pcyo5I0TvaySgfz6nlelLnCDcDT5Nkw43qKX7o&#10;1IiPHTZf9WwiZY9v1XNTvwbxXT+8VLMVYdhLeX0Vqi0wj8H/hWGpH6tDGTsd7EzasUHCXcxFdbO+&#10;XQNbfHEvUmCHRcvSDHhZ8P8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZDcE338C&#10;AABfBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnaDK&#10;ht8AAAALAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3411A819" wp14:editId="6733C2A0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -10309,63 +10360,63 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="5F7DBA0B" id="Rektangel 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="7081AC37" id="Rektangel 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57EE3968" w14:textId="5E0CBF2E" w:rsidR="00316500" w:rsidRDefault="00316500" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AED0D17" wp14:editId="1187BEA2">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10502900</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="180000"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="9" name="Rektangel 9"/>
               <wp:cNvGraphicFramePr/>
@@ -10402,51 +10453,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="4AE18C54" id="Rektangel 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFO1IaeQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r06ytE2DOEWWosOA&#10;oi3WDj0rshQbkEWNUuJkTz9KdpysLXYY5oNMiuTHH5GcXe9qw7YKfQU258OzAWfKSigqu875j+fb&#10;TxPOfBC2EAasyvleeX49//hh1ripGkEJplDICMT6aeNyXobgplnmZalq4c/AKUtCDViLQCyuswJF&#10;Q+i1yUaDwUXWABYOQSrv6famFfJ5wtdayfCgtVeBmZxTbCGdmM5VPLP5TEzXKFxZyS4M8Q9R1KKy&#10;5LSHuhFBsA1Wb6DqSiJ40OFMQp2B1pVUKQfKZjh4lc1TKZxKuVBxvOvL5P8frLzfPrlHpDI0zk89&#10;kTGLncY6/ik+tkvF2vfFUrvAJF1enl8M6ONMkmw4STTBZEdrhz58VVCzSOQc6TFSjcT2zodW9aAS&#10;nXkwVXFbGZMYXK+WBtlW0MONrz5/maS3IvQ/1IyNyhaiWYsYb7JjLokKe6OinrHflWZVQdGPUiSp&#10;zVTvR0ipbBi2olIUqnV/fpJbb5EyTYARWZP/HrsDiC38FruNstOPpip1aW88+FtgrXFvkTyDDb1x&#10;XVnA9wAMZdV5bvUPRWpLE6u0gmL/iAyhnRHv5G1F73YnfHgUSENBT02DHh7o0AaanENHcVYC/nrv&#10;PupTr5KUs4aGLOf+50ag4sx8s9TFV8PxOE5lYsbnlyNi8FSyOpXYTb0EaochrRQnExn1gzmQGqF+&#10;oX2wiF5JJKwk3zmXAQ/MMrTDTxtFqsUiqdEkOhHu7JOTETxWNfbl8+5FoOuaN1Db38NhIMX0VQ+3&#10;utHSwmITQFepwY917epNU5wap9s4cU2c8knruBfnvwEAAP//AwBQSwMEFAAGAAgAAAAhAN9YhfLe&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2gHVKE2nggQXhCYKhx2z&#10;xrQVjVOadAv/HvcEN/s96/l7xTbaQRxx8r0jBekqAYHUONNTq+Dj/elqA8IHTUYPjlDBD3rYludn&#10;hc6NO9EbHuvQCg4hn2sFXQhjLqVvOrTar9yIxN6nm6wOvE6tNJM+cbgd5DpJMml1T/yh0yM+dth8&#10;1bPllD3uquemfo3pd/3wUs0ujcNeqcuLWN2DCBjD3zEs+IwOJTMd3EzGi0EBFwmsZrc3PC1+epdk&#10;IA6LtllfgywL+b9D+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFO1IaeQIAAF8FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDfWIXy3gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="51842BDE" id="Rektangel 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFO1IaeQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r06ytE2DOEWWosOA&#10;oi3WDj0rshQbkEWNUuJkTz9KdpysLXYY5oNMiuTHH5GcXe9qw7YKfQU258OzAWfKSigqu875j+fb&#10;TxPOfBC2EAasyvleeX49//hh1ripGkEJplDICMT6aeNyXobgplnmZalq4c/AKUtCDViLQCyuswJF&#10;Q+i1yUaDwUXWABYOQSrv6famFfJ5wtdayfCgtVeBmZxTbCGdmM5VPLP5TEzXKFxZyS4M8Q9R1KKy&#10;5LSHuhFBsA1Wb6DqSiJ40OFMQp2B1pVUKQfKZjh4lc1TKZxKuVBxvOvL5P8frLzfPrlHpDI0zk89&#10;kTGLncY6/ik+tkvF2vfFUrvAJF1enl8M6ONMkmw4STTBZEdrhz58VVCzSOQc6TFSjcT2zodW9aAS&#10;nXkwVXFbGZMYXK+WBtlW0MONrz5/maS3IvQ/1IyNyhaiWYsYb7JjLokKe6OinrHflWZVQdGPUiSp&#10;zVTvR0ipbBi2olIUqnV/fpJbb5EyTYARWZP/HrsDiC38FruNstOPpip1aW88+FtgrXFvkTyDDb1x&#10;XVnA9wAMZdV5bvUPRWpLE6u0gmL/iAyhnRHv5G1F73YnfHgUSENBT02DHh7o0AaanENHcVYC/nrv&#10;PupTr5KUs4aGLOf+50ag4sx8s9TFV8PxOE5lYsbnlyNi8FSyOpXYTb0EaochrRQnExn1gzmQGqF+&#10;oX2wiF5JJKwk3zmXAQ/MMrTDTxtFqsUiqdEkOhHu7JOTETxWNfbl8+5FoOuaN1Db38NhIMX0VQ+3&#10;utHSwmITQFepwY917epNU5wap9s4cU2c8knruBfnvwEAAP//AwBQSwMEFAAGAAgAAAAhAN9YhfLe&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2gHVKE2nggQXhCYKhx2z&#10;xrQVjVOadAv/HvcEN/s96/l7xTbaQRxx8r0jBekqAYHUONNTq+Dj/elqA8IHTUYPjlDBD3rYludn&#10;hc6NO9EbHuvQCg4hn2sFXQhjLqVvOrTar9yIxN6nm6wOvE6tNJM+cbgd5DpJMml1T/yh0yM+dth8&#10;1bPllD3uquemfo3pd/3wUs0ujcNeqcuLWN2DCBjD3zEs+IwOJTMd3EzGi0EBFwmsZrc3PC1+epdk&#10;IA6LtllfgywL+b9D+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFO1IaeQIAAF8FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDfWIXy3gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D6624FB" wp14:editId="64C27A2D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -10485,84 +10536,84 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="25C6FD8D" id="Rektangel 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="607AF920" id="Rektangel 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B50E91C" w14:textId="77777777" w:rsidR="00105EF2" w:rsidRDefault="00105EF2" w:rsidP="00702A07">
+    <w:p w14:paraId="719600A7" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A0BB1FC" w14:textId="77777777" w:rsidR="00105EF2" w:rsidRDefault="00105EF2" w:rsidP="00702A07"/>
-    <w:p w14:paraId="0DB7F015" w14:textId="77777777" w:rsidR="00105EF2" w:rsidRDefault="00105EF2" w:rsidP="00702A07"/>
+    <w:p w14:paraId="22A3FD48" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="08387B51" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F0B1B4B" w14:textId="77777777" w:rsidR="00105EF2" w:rsidRDefault="00105EF2" w:rsidP="00702A07">
+    <w:p w14:paraId="0EAAE5E5" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1822F6F2" w14:textId="77777777" w:rsidR="00105EF2" w:rsidRDefault="00105EF2" w:rsidP="00702A07"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7177ED51" w14:textId="77777777" w:rsidR="00105EF2" w:rsidRDefault="00105EF2" w:rsidP="00702A07"/>
+    <w:p w14:paraId="4D4244CD" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="025658AC" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="45947D0D" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="6C8E28E6" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="24C3F3D8" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
+    <w:p w14:paraId="0C6E7BB7" w14:textId="77777777" w:rsidR="0099510C" w:rsidRDefault="0099510C" w:rsidP="00702A07"/>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="62954A28" w14:textId="1E91EE94" w:rsidR="00316500" w:rsidRPr="005A5FD4" w:rsidRDefault="00316500" w:rsidP="00606638">
       <w:pPr>
         <w:pStyle w:val="Fotnotstext"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fotnotsreferens"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="005A5FD4">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E81917">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
@@ -10645,51 +10696,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Sponsor</w:t>
       </w:r>
       <w:r w:rsidRPr="00E81917">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not the Delivery Recipient itself.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:id w:val="1085418684"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="01224C56" w14:textId="4A658449" w:rsidR="00316500" w:rsidRDefault="00316500" w:rsidP="00702A07">
         <w:pPr>
           <w:pStyle w:val="Sidhuvud"/>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
         </w:pPr>
         <w:r>
@@ -10719,51 +10770,51 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="28F5B82F" w14:textId="77777777" w:rsidR="00316500" w:rsidRDefault="00316500" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="275344D1" w14:textId="77777777" w:rsidR="00316500" w:rsidRDefault="00316500" w:rsidP="00702A07"/>
   <w:p w14:paraId="2EB99CE2" w14:textId="77777777" w:rsidR="00316500" w:rsidRDefault="00316500" w:rsidP="00702A07"/>
   <w:p w14:paraId="64F99723" w14:textId="77777777" w:rsidR="00316500" w:rsidRDefault="00316500" w:rsidP="00702A07"/>
   <w:p w14:paraId="166757A0" w14:textId="77777777" w:rsidR="00316500" w:rsidRDefault="00316500" w:rsidP="00702A07"/>
   <w:p w14:paraId="0816B6AA" w14:textId="77777777" w:rsidR="00316500" w:rsidRDefault="00316500" w:rsidP="00702A07"/>
   <w:p w14:paraId="0B976547" w14:textId="77777777" w:rsidR="00316500" w:rsidRDefault="00316500" w:rsidP="00702A07"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D0B1E96" w14:textId="56D665DE" w:rsidR="00316500" w:rsidRPr="00F56193" w:rsidRDefault="00316500" w:rsidP="00E86465">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="10760"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-568"/>
     </w:pPr>
     <w:r w:rsidRPr="00F56193">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2813EEA8" wp14:editId="72CE0737">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6606540</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>286173</wp:posOffset>
               </wp:positionV>
@@ -10954,71 +11005,76 @@
                         <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
                           <w:r w:rsidR="00522EB6">
                             <w:rPr>
                               <w:noProof/>
                             </w:rPr>
                             <w:t>7</w:t>
                           </w:r>
                         </w:fldSimple>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                   <w:p w14:paraId="07193197" w14:textId="77777777" w:rsidR="00316500" w:rsidRDefault="00316500" w:rsidP="00702A07">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:jc w:val="right"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00F56193">
       <w:t>Do</w:t>
     </w:r>
     <w:r w:rsidR="0022588A">
       <w:t>c</w:t>
     </w:r>
     <w:r w:rsidRPr="00F56193">
-      <w:t>ument: L2a2   Version: 10.</w:t>
+      <w:t>ument</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00F56193">
+      <w:t>: L2a2   Version: 10.</w:t>
     </w:r>
     <w:r w:rsidR="00F27C12">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00F56193">
       <w:t xml:space="preserve">   </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="496C5CC0" w14:textId="28D85DC5" w:rsidR="00316500" w:rsidRPr="002B19E3" w:rsidRDefault="00EF76F7" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Allmntstyckeformat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F0112AB" wp14:editId="40FF4F77">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>2114550</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
@@ -11073,60 +11129,52 @@
                           </w:r>
                           <w:r w:rsidRPr="009B5A1B">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t>ument:</w:t>
                           </w:r>
                           <w:r w:rsidRPr="009B5A1B">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> L2a2</w:t>
                           </w:r>
                           <w:r w:rsidR="00E641F8">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t xml:space="preserve">. </w:t>
                           </w:r>
                           <w:r w:rsidR="00E641F8" w:rsidRPr="00E641F8">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">AGREEMENT about making Human Biological Material available for an Action in clinical trials and performance </w:t>
+                            <w:t>AGREEMENT about making Human Biological Material available for an Action in clinical trials and performance studies</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-                          <w:proofErr w:type="gramEnd"/>
                           <w:r w:rsidRPr="009B5A1B">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t xml:space="preserve">   </w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="487304E8" w14:textId="09194E71" w:rsidR="00316500" w:rsidRPr="009B5A1B" w:rsidRDefault="00316500" w:rsidP="00BE27F4">
                           <w:pPr>
                             <w:pStyle w:val="sidhuvudsida1"/>
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="009B5A1B">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t>Version:</w:t>
                           </w:r>
                           <w:r w:rsidRPr="009B5A1B">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
@@ -11294,60 +11342,52 @@
                     </w:r>
                     <w:r w:rsidRPr="009B5A1B">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>ument:</w:t>
                     </w:r>
                     <w:r w:rsidRPr="009B5A1B">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> L2a2</w:t>
                     </w:r>
                     <w:r w:rsidR="00E641F8">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve">. </w:t>
                     </w:r>
                     <w:r w:rsidR="00E641F8" w:rsidRPr="00E641F8">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">AGREEMENT about making Human Biological Material available for an Action in clinical trials and performance </w:t>
+                      <w:t>AGREEMENT about making Human Biological Material available for an Action in clinical trials and performance studies</w:t>
                     </w:r>
-                    <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-                    <w:proofErr w:type="gramEnd"/>
                     <w:r w:rsidRPr="009B5A1B">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve">   </w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="487304E8" w14:textId="09194E71" w:rsidR="00316500" w:rsidRPr="009B5A1B" w:rsidRDefault="00316500" w:rsidP="00BE27F4">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="009B5A1B">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>Version:</w:t>
                     </w:r>
                     <w:r w:rsidRPr="009B5A1B">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
@@ -11587,51 +11627,51 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="64A90BD5" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAze9ibsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfKf0Dcs3ijKIqs9eaQKLlE&#10;bdSPH0DwsEYCBgFde/99B3bXjppIVav6MGZg3puZx7C5m5xle4jJoO/4etVwBl5hb/yu4z++P17e&#10;cpay9L206KHjB0j8bnvxaTOGFq5wQNtDZETiUzuGjg85h1aIpAZwMq0wgKdDjdHJTG7ciT7Kkdid&#10;FVdNcyNGjH2IqCAl2n04HvJt5dcaVP6idYLMbMeptlxtrPa1WLHdyHYXZRiMOpUh/6EKJ42npDPV&#10;g8yS/YzmHZUzKmJCnVcKnUCtjYLaA3Wzbn7r5tsgA9ReSJwUZpnS/6NVn/f3/iWSDGNIbQovsXQx&#10;6ejKn+pjUxXrMIsFU2aKNm9urxv6OFPnM7EAQ0z5CdCxsui4Nb70IVu5f06ZklHoOaRsW19sQmv6&#10;R2NtdcoEwL2NbC/p7vK0LndFuDdR5BWkWEqvq3ywcGT9CpqZnopd1+x1qhZOqRT4fOa1nqILTFMF&#10;M7D5M/AUX6BQJ+5vwDOiZkafZ7AzHuNH2Rcp9DH+rMCx7yLBK/aHeqlVGhqdqtxpzMtsvvUrfHmM&#10;218AAAD//wMAUEsDBBQABgAIAAAAIQBvtt4M3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;S8NAEIbvgv9hGcGL2E0NSTVmUyTQiwfBRorHbXaaBLOzIbtt0n/vFIR6nHce3o98PdtenHD0nSMF&#10;y0UEAql2pqNGwVe1eXwG4YMmo3tHqOCMHtbF7U2uM+Mm+sTTNjSCTchnWkEbwpBJ6esWrfYLNyDx&#10;7+BGqwOfYyPNqCc2t718iqJUWt0RJ7R6wLLF+md7tAq+m4d4s6uomsrwcUjb+bx7T0ql7u/mt1cQ&#10;AedwheFSn6tDwZ327kjGi15Bkq6YZH2V8IQLsIzjFxD7P0kWufy/ofgFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAM3vYm7EBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAb7beDN4AAAALAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
+            <v:line w14:anchorId="2C9B890B" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAze9ibsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfKf0Dcs3ijKIqs9eaQKLlE&#10;bdSPH0DwsEYCBgFde/99B3bXjppIVav6MGZg3puZx7C5m5xle4jJoO/4etVwBl5hb/yu4z++P17e&#10;cpay9L206KHjB0j8bnvxaTOGFq5wQNtDZETiUzuGjg85h1aIpAZwMq0wgKdDjdHJTG7ciT7Kkdid&#10;FVdNcyNGjH2IqCAl2n04HvJt5dcaVP6idYLMbMeptlxtrPa1WLHdyHYXZRiMOpUh/6EKJ42npDPV&#10;g8yS/YzmHZUzKmJCnVcKnUCtjYLaA3Wzbn7r5tsgA9ReSJwUZpnS/6NVn/f3/iWSDGNIbQovsXQx&#10;6ejKn+pjUxXrMIsFU2aKNm9urxv6OFPnM7EAQ0z5CdCxsui4Nb70IVu5f06ZklHoOaRsW19sQmv6&#10;R2NtdcoEwL2NbC/p7vK0LndFuDdR5BWkWEqvq3ywcGT9CpqZnopd1+x1qhZOqRT4fOa1nqILTFMF&#10;M7D5M/AUX6BQJ+5vwDOiZkafZ7AzHuNH2Rcp9DH+rMCx7yLBK/aHeqlVGhqdqtxpzMtsvvUrfHmM&#10;218AAAD//wMAUEsDBBQABgAIAAAAIQBvtt4M3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;S8NAEIbvgv9hGcGL2E0NSTVmUyTQiwfBRorHbXaaBLOzIbtt0n/vFIR6nHce3o98PdtenHD0nSMF&#10;y0UEAql2pqNGwVe1eXwG4YMmo3tHqOCMHtbF7U2uM+Mm+sTTNjSCTchnWkEbwpBJ6esWrfYLNyDx&#10;7+BGqwOfYyPNqCc2t718iqJUWt0RJ7R6wLLF+md7tAq+m4d4s6uomsrwcUjb+bx7T0ql7u/mt1cQ&#10;AedwheFSn6tDwZ327kjGi15Bkq6YZH2V8IQLsIzjFxD7P0kWufy/ofgFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAM3vYm7EBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAb7beDN4AAAALAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00316500">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32AB8630" wp14:editId="10AD5B8D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>360045</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>289560</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1465200" cy="662400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bildobjekt 3"/>
@@ -11889,51 +11929,51 @@
                             <w:t>7</w:t>
                           </w:r>
                         </w:fldSimple>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                   <w:p w14:paraId="1C618B0E" w14:textId="77777777" w:rsidR="00316500" w:rsidRDefault="00316500" w:rsidP="00702A07">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:jc w:val="right"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B4883266"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="058446E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDE85F0A"/>
@@ -13300,125 +13340,129 @@
   <w:num w:numId="8" w16cid:durableId="732894382">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1775242260">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="443114645">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="278727629">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1636835623">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2139444689">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1156534721">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="87"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="fdiUuZ10aeXH3VDm/wHeOA0V4ZVr8vt36y3ciD8RikE0KYPimuaT2bMvzRQE3YMK2BYigUBrSNiOfgwHrbx1Bg==" w:salt="flnQ35h8aASPomRjLukzwQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="2TwWbSsFUDIQxY6CCpQ7sD2fHF14EhEeRnkwyDmNgQp+atZqeAWw4UvTSEa7esNwnbWlBkCj0Sqo499d5sMJgg==" w:salt="AQF+BM5uDYZbWj6R+TYMUg=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF4E45"/>
     <w:rsid w:val="00021BB9"/>
     <w:rsid w:val="00022B94"/>
     <w:rsid w:val="000430A8"/>
     <w:rsid w:val="00043C70"/>
     <w:rsid w:val="0004468B"/>
     <w:rsid w:val="000472FA"/>
     <w:rsid w:val="0006133F"/>
     <w:rsid w:val="00063D22"/>
     <w:rsid w:val="0006671F"/>
     <w:rsid w:val="00070331"/>
     <w:rsid w:val="00071D32"/>
     <w:rsid w:val="000728B4"/>
     <w:rsid w:val="00073B5B"/>
     <w:rsid w:val="000757D6"/>
     <w:rsid w:val="00096C2A"/>
     <w:rsid w:val="000A6415"/>
     <w:rsid w:val="000A7ADF"/>
     <w:rsid w:val="000B27CC"/>
     <w:rsid w:val="000B3721"/>
+    <w:rsid w:val="000B7BE4"/>
     <w:rsid w:val="000B7D62"/>
     <w:rsid w:val="000C2CCA"/>
     <w:rsid w:val="000C6D0D"/>
     <w:rsid w:val="000D02CD"/>
     <w:rsid w:val="000E430C"/>
     <w:rsid w:val="001017BC"/>
     <w:rsid w:val="00104030"/>
     <w:rsid w:val="00105E96"/>
     <w:rsid w:val="00105EF2"/>
     <w:rsid w:val="00107B6D"/>
     <w:rsid w:val="00110A48"/>
     <w:rsid w:val="0011512D"/>
     <w:rsid w:val="00122F3E"/>
     <w:rsid w:val="0013238A"/>
+    <w:rsid w:val="001357FA"/>
     <w:rsid w:val="0014588B"/>
     <w:rsid w:val="00147E54"/>
     <w:rsid w:val="00153D59"/>
     <w:rsid w:val="0015531D"/>
     <w:rsid w:val="0016200F"/>
     <w:rsid w:val="001742A5"/>
     <w:rsid w:val="00177C73"/>
+    <w:rsid w:val="001814F0"/>
     <w:rsid w:val="00195795"/>
     <w:rsid w:val="001970F7"/>
     <w:rsid w:val="001A6AF6"/>
     <w:rsid w:val="001C1C14"/>
     <w:rsid w:val="001C2EE7"/>
     <w:rsid w:val="001C367C"/>
+    <w:rsid w:val="001E5070"/>
     <w:rsid w:val="001E736C"/>
     <w:rsid w:val="001E7B60"/>
     <w:rsid w:val="0020145B"/>
     <w:rsid w:val="002153BF"/>
     <w:rsid w:val="00215DED"/>
     <w:rsid w:val="00222759"/>
     <w:rsid w:val="0022588A"/>
     <w:rsid w:val="00236AFA"/>
     <w:rsid w:val="002401D3"/>
     <w:rsid w:val="002453A2"/>
     <w:rsid w:val="00247FAC"/>
     <w:rsid w:val="00250AFB"/>
     <w:rsid w:val="002520D5"/>
     <w:rsid w:val="00256AD9"/>
     <w:rsid w:val="0026409C"/>
     <w:rsid w:val="00270C48"/>
     <w:rsid w:val="00285E78"/>
     <w:rsid w:val="002917DC"/>
     <w:rsid w:val="0029518B"/>
     <w:rsid w:val="002A3011"/>
     <w:rsid w:val="002A62A9"/>
     <w:rsid w:val="002A7B33"/>
     <w:rsid w:val="002B19E3"/>
     <w:rsid w:val="002B260D"/>
     <w:rsid w:val="002B37F4"/>
@@ -13433,121 +13477,124 @@
     <w:rsid w:val="002F6B1B"/>
     <w:rsid w:val="002F6E9C"/>
     <w:rsid w:val="00306DEB"/>
     <w:rsid w:val="003076C0"/>
     <w:rsid w:val="00310DFE"/>
     <w:rsid w:val="00312F0D"/>
     <w:rsid w:val="003155BF"/>
     <w:rsid w:val="00316500"/>
     <w:rsid w:val="0032092D"/>
     <w:rsid w:val="0033297A"/>
     <w:rsid w:val="00336D85"/>
     <w:rsid w:val="00337E1E"/>
     <w:rsid w:val="00340190"/>
     <w:rsid w:val="00344BC7"/>
     <w:rsid w:val="0037217D"/>
     <w:rsid w:val="00373E3A"/>
     <w:rsid w:val="0037656A"/>
     <w:rsid w:val="0038551E"/>
     <w:rsid w:val="00385EDC"/>
     <w:rsid w:val="00386999"/>
     <w:rsid w:val="00386DAE"/>
     <w:rsid w:val="00387E04"/>
     <w:rsid w:val="003903F3"/>
     <w:rsid w:val="00391835"/>
     <w:rsid w:val="00391DCD"/>
+    <w:rsid w:val="00395705"/>
     <w:rsid w:val="00395B75"/>
     <w:rsid w:val="003A3E7C"/>
     <w:rsid w:val="003B03E5"/>
     <w:rsid w:val="003B2667"/>
     <w:rsid w:val="003B2EF7"/>
     <w:rsid w:val="003B2F53"/>
     <w:rsid w:val="003C032F"/>
     <w:rsid w:val="003C2507"/>
     <w:rsid w:val="003F7096"/>
     <w:rsid w:val="00415832"/>
     <w:rsid w:val="00415A95"/>
     <w:rsid w:val="0042241A"/>
     <w:rsid w:val="00426429"/>
     <w:rsid w:val="0043245D"/>
     <w:rsid w:val="00440F3D"/>
     <w:rsid w:val="00442614"/>
     <w:rsid w:val="004456EA"/>
     <w:rsid w:val="0046335C"/>
     <w:rsid w:val="00467B0E"/>
     <w:rsid w:val="0049325A"/>
     <w:rsid w:val="00493FC8"/>
     <w:rsid w:val="004B2D51"/>
     <w:rsid w:val="004B514D"/>
     <w:rsid w:val="004C530A"/>
     <w:rsid w:val="004D0DE4"/>
     <w:rsid w:val="004E22AF"/>
     <w:rsid w:val="004F2127"/>
     <w:rsid w:val="004F58B8"/>
     <w:rsid w:val="004F63DE"/>
     <w:rsid w:val="004F7857"/>
     <w:rsid w:val="00501B78"/>
     <w:rsid w:val="00501EC3"/>
     <w:rsid w:val="00506FD5"/>
     <w:rsid w:val="00513D77"/>
     <w:rsid w:val="00517F7D"/>
     <w:rsid w:val="005201D8"/>
     <w:rsid w:val="00522EB6"/>
     <w:rsid w:val="0054564F"/>
+    <w:rsid w:val="00546DFF"/>
     <w:rsid w:val="00556951"/>
     <w:rsid w:val="00563C0B"/>
     <w:rsid w:val="005650A3"/>
     <w:rsid w:val="00574F72"/>
     <w:rsid w:val="005766AE"/>
     <w:rsid w:val="0058220E"/>
     <w:rsid w:val="00584185"/>
     <w:rsid w:val="00593ACA"/>
     <w:rsid w:val="005A2521"/>
     <w:rsid w:val="005A5CAD"/>
     <w:rsid w:val="005A7CE4"/>
     <w:rsid w:val="005C015D"/>
     <w:rsid w:val="005D0C60"/>
     <w:rsid w:val="005D0E0A"/>
     <w:rsid w:val="005D5A0A"/>
     <w:rsid w:val="005E0ED9"/>
     <w:rsid w:val="00601213"/>
     <w:rsid w:val="00605DDB"/>
     <w:rsid w:val="00606638"/>
     <w:rsid w:val="00623E62"/>
     <w:rsid w:val="00630BE5"/>
     <w:rsid w:val="0063599B"/>
     <w:rsid w:val="00637D00"/>
     <w:rsid w:val="0064038A"/>
     <w:rsid w:val="006545F7"/>
     <w:rsid w:val="00662CE7"/>
     <w:rsid w:val="006754C0"/>
     <w:rsid w:val="0069139A"/>
     <w:rsid w:val="00696A51"/>
     <w:rsid w:val="006A25BC"/>
     <w:rsid w:val="006A4EE2"/>
     <w:rsid w:val="006B4E25"/>
     <w:rsid w:val="006D1EC0"/>
+    <w:rsid w:val="006E175C"/>
     <w:rsid w:val="006E2C1E"/>
     <w:rsid w:val="006E76D6"/>
     <w:rsid w:val="006F53FC"/>
     <w:rsid w:val="00701D0A"/>
     <w:rsid w:val="00702A07"/>
     <w:rsid w:val="007076C1"/>
     <w:rsid w:val="0070774E"/>
     <w:rsid w:val="00710D98"/>
     <w:rsid w:val="00711508"/>
     <w:rsid w:val="0071184B"/>
     <w:rsid w:val="0072173C"/>
     <w:rsid w:val="00721BDE"/>
     <w:rsid w:val="00741353"/>
     <w:rsid w:val="00742F81"/>
     <w:rsid w:val="00747159"/>
     <w:rsid w:val="007474B3"/>
     <w:rsid w:val="007708E3"/>
     <w:rsid w:val="007715E3"/>
     <w:rsid w:val="0078250E"/>
     <w:rsid w:val="00783BCC"/>
     <w:rsid w:val="007957B4"/>
     <w:rsid w:val="00797E39"/>
     <w:rsid w:val="007A19E7"/>
     <w:rsid w:val="007B1D69"/>
     <w:rsid w:val="007B3AD3"/>
@@ -13568,93 +13615,96 @@
     <w:rsid w:val="0084774F"/>
     <w:rsid w:val="00856E16"/>
     <w:rsid w:val="00862BC8"/>
     <w:rsid w:val="00864D59"/>
     <w:rsid w:val="00875AFC"/>
     <w:rsid w:val="00880B1D"/>
     <w:rsid w:val="008A2F6E"/>
     <w:rsid w:val="008A625E"/>
     <w:rsid w:val="008D280C"/>
     <w:rsid w:val="008D5DAF"/>
     <w:rsid w:val="008E4B69"/>
     <w:rsid w:val="008F02EF"/>
     <w:rsid w:val="008F0CC0"/>
     <w:rsid w:val="00905919"/>
     <w:rsid w:val="00911229"/>
     <w:rsid w:val="00923290"/>
     <w:rsid w:val="0095000D"/>
     <w:rsid w:val="00960BA1"/>
     <w:rsid w:val="00967A89"/>
     <w:rsid w:val="009807C0"/>
     <w:rsid w:val="00982ACE"/>
     <w:rsid w:val="009877F0"/>
     <w:rsid w:val="00991A3B"/>
     <w:rsid w:val="00994104"/>
     <w:rsid w:val="00994C4E"/>
+    <w:rsid w:val="0099510C"/>
     <w:rsid w:val="009A2CE5"/>
     <w:rsid w:val="009B5A1B"/>
     <w:rsid w:val="009B6095"/>
     <w:rsid w:val="009C5B14"/>
     <w:rsid w:val="009D1E60"/>
+    <w:rsid w:val="009E0920"/>
     <w:rsid w:val="009E47B3"/>
     <w:rsid w:val="009F232F"/>
     <w:rsid w:val="00A05292"/>
     <w:rsid w:val="00A46E20"/>
     <w:rsid w:val="00A47DF5"/>
     <w:rsid w:val="00A53283"/>
     <w:rsid w:val="00A67DA8"/>
     <w:rsid w:val="00A74128"/>
     <w:rsid w:val="00A83EEB"/>
     <w:rsid w:val="00A86D37"/>
     <w:rsid w:val="00A96D73"/>
     <w:rsid w:val="00A97A1A"/>
     <w:rsid w:val="00AA0C08"/>
     <w:rsid w:val="00AA0E41"/>
     <w:rsid w:val="00AA5EBD"/>
     <w:rsid w:val="00AA70AD"/>
     <w:rsid w:val="00AB28BF"/>
     <w:rsid w:val="00AC549C"/>
     <w:rsid w:val="00AD0180"/>
     <w:rsid w:val="00AD1A0C"/>
     <w:rsid w:val="00AD34A5"/>
     <w:rsid w:val="00AE0C59"/>
     <w:rsid w:val="00AE5EFB"/>
     <w:rsid w:val="00AF0700"/>
     <w:rsid w:val="00AF446A"/>
     <w:rsid w:val="00B00D1A"/>
     <w:rsid w:val="00B0342E"/>
     <w:rsid w:val="00B077C1"/>
     <w:rsid w:val="00B10B91"/>
     <w:rsid w:val="00B165A3"/>
     <w:rsid w:val="00B25634"/>
     <w:rsid w:val="00B422C2"/>
     <w:rsid w:val="00B45D38"/>
     <w:rsid w:val="00B53E45"/>
     <w:rsid w:val="00B571BB"/>
     <w:rsid w:val="00B648AF"/>
     <w:rsid w:val="00B70035"/>
     <w:rsid w:val="00B8258E"/>
+    <w:rsid w:val="00B82D76"/>
     <w:rsid w:val="00BA06E2"/>
     <w:rsid w:val="00BA6713"/>
     <w:rsid w:val="00BC7DEA"/>
     <w:rsid w:val="00BD1ABC"/>
     <w:rsid w:val="00BE011B"/>
     <w:rsid w:val="00BE1A5A"/>
     <w:rsid w:val="00BE27F4"/>
     <w:rsid w:val="00BE6EC2"/>
     <w:rsid w:val="00BF452B"/>
     <w:rsid w:val="00BF460C"/>
     <w:rsid w:val="00BF487B"/>
     <w:rsid w:val="00BF4E45"/>
     <w:rsid w:val="00C02FFC"/>
     <w:rsid w:val="00C05A3F"/>
     <w:rsid w:val="00C10F64"/>
     <w:rsid w:val="00C11704"/>
     <w:rsid w:val="00C13BE0"/>
     <w:rsid w:val="00C21981"/>
     <w:rsid w:val="00C55254"/>
     <w:rsid w:val="00C601FD"/>
     <w:rsid w:val="00C662A6"/>
     <w:rsid w:val="00C75FFE"/>
     <w:rsid w:val="00C80777"/>
     <w:rsid w:val="00C86CE1"/>
     <w:rsid w:val="00C90573"/>
@@ -13700,96 +13750,97 @@
     <w:rsid w:val="00E81917"/>
     <w:rsid w:val="00E86327"/>
     <w:rsid w:val="00E86465"/>
     <w:rsid w:val="00E87A11"/>
     <w:rsid w:val="00E92908"/>
     <w:rsid w:val="00EA01B5"/>
     <w:rsid w:val="00EA1F08"/>
     <w:rsid w:val="00EA412A"/>
     <w:rsid w:val="00EA580B"/>
     <w:rsid w:val="00EB5F3E"/>
     <w:rsid w:val="00EC145D"/>
     <w:rsid w:val="00EE2483"/>
     <w:rsid w:val="00EF13E4"/>
     <w:rsid w:val="00EF5656"/>
     <w:rsid w:val="00EF68C7"/>
     <w:rsid w:val="00EF76F7"/>
     <w:rsid w:val="00F03CF4"/>
     <w:rsid w:val="00F05C50"/>
     <w:rsid w:val="00F13548"/>
     <w:rsid w:val="00F1442E"/>
     <w:rsid w:val="00F15AA0"/>
     <w:rsid w:val="00F278B1"/>
     <w:rsid w:val="00F27C12"/>
     <w:rsid w:val="00F3311D"/>
     <w:rsid w:val="00F352FB"/>
+    <w:rsid w:val="00F41595"/>
     <w:rsid w:val="00F41C95"/>
     <w:rsid w:val="00F43EA9"/>
     <w:rsid w:val="00F56193"/>
     <w:rsid w:val="00F756BA"/>
     <w:rsid w:val="00F87498"/>
     <w:rsid w:val="00F91785"/>
     <w:rsid w:val="00FA0EC6"/>
     <w:rsid w:val="00FB5832"/>
     <w:rsid w:val="00FB6837"/>
     <w:rsid w:val="00FC52E0"/>
     <w:rsid w:val="00FD2ECD"/>
     <w:rsid w:val="00FE548E"/>
     <w:rsid w:val="00FF4298"/>
     <w:rsid w:val="00FF7199"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7DE12DFF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{73844471-D9AC-934C-90EA-BFE13C99408E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14773,51 +14824,51 @@
     <w:rsid w:val="00574F72"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FrrubriktillR1">
     <w:name w:val="Förrubrik till R1"/>
     <w:qFormat/>
     <w:rsid w:val="00C601FD"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Times New Roman (CS-rubriker)"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -15104,69 +15155,69 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEE1102A-ABE1-4C68-B0AD-1345C27D3A2B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>2322</Words>
-  <Characters>12309</Characters>
+  <Characters>12310</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>102</Lines>
   <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14602</CharactersWithSpaces>
+  <CharactersWithSpaces>14603</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>L2a2 MTA</dc:title>
   <dc:subject/>
   <dc:creator>Biobank Sverige</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>