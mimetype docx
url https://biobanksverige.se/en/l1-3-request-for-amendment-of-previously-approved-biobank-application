--- v0 (2025-10-03)
+++ v1 (2026-01-30)
@@ -17,73 +17,73 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2790"/>
         <w:gridCol w:w="2877"/>
         <w:gridCol w:w="3961"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D74DA" w:rsidRPr="00265DFE" w14:paraId="530BC126" w14:textId="77777777" w:rsidTr="00D47FCB">
+      <w:tr w:rsidR="000D74DA" w:rsidRPr="009A2374" w14:paraId="530BC126" w14:textId="77777777" w:rsidTr="00D47FCB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
           </w:tcPr>
           <w:p w14:paraId="1D409E75" w14:textId="0ADC4D6F" w:rsidR="000D74DA" w:rsidRPr="00AD4572" w:rsidRDefault="00AD4572" w:rsidP="000D74DA">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="80" w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD4572">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -458,51 +458,51 @@
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2831"/>
         <w:gridCol w:w="2834"/>
         <w:gridCol w:w="3963"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D74DA" w:rsidRPr="00265DFE" w14:paraId="44A57E36" w14:textId="77777777" w:rsidTr="00D47FCB">
+      <w:tr w:rsidR="000D74DA" w:rsidRPr="009A2374" w14:paraId="44A57E36" w14:textId="77777777" w:rsidTr="00D47FCB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
           </w:tcPr>
           <w:p w14:paraId="3D2EBA15" w14:textId="4A506879" w:rsidR="000D74DA" w:rsidRPr="00AD4572" w:rsidRDefault="00AD4572" w:rsidP="000D74DA">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="80" w:after="40"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD4572">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -858,54 +858,54 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000D74DA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000D74DA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000D74DA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0098D472" w14:textId="75291CCC" w:rsidR="002B54B4" w:rsidRPr="007021EC" w:rsidRDefault="3F8EF35E" w:rsidP="00F3207C">
+    <w:p w14:paraId="0098D472" w14:textId="75291CCC" w:rsidR="002B54B4" w:rsidRPr="007021EC" w:rsidRDefault="3F8EF35E" w:rsidP="00903B1E">
       <w:pPr>
         <w:pStyle w:val="Rubrik1medunderrubrik"/>
-        <w:spacing w:before="1320"/>
+        <w:spacing w:before="1080"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007021EC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">L1.3. </w:t>
       </w:r>
       <w:r w:rsidR="000B1207" w:rsidRPr="007021EC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Request </w:t>
       </w:r>
       <w:r w:rsidR="000006E2" w:rsidRPr="007021EC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidR="000B1207" w:rsidRPr="007021EC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
@@ -1403,51 +1403,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C92FD3" w:rsidRPr="00265DFE" w14:paraId="3C9D2467" w14:textId="77777777" w:rsidTr="004F275A">
+      <w:tr w:rsidR="00C92FD3" w:rsidRPr="009A2374" w14:paraId="3C9D2467" w14:textId="77777777" w:rsidTr="004F275A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="639740C8" w14:textId="545A80F8" w:rsidR="00C92FD3" w:rsidRPr="007021EC" w:rsidRDefault="00960BA1" w:rsidP="00F40C48">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1.</w:t>
@@ -1481,51 +1481,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F40C48" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="008C2E29" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Handling of samples must fall under the ethical approval.</w:t>
             </w:r>
             <w:r w:rsidR="00F40C48" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C92FD3" w:rsidRPr="00265DFE" w14:paraId="029DB08C" w14:textId="77777777" w:rsidTr="004F275A">
+      <w:tr w:rsidR="00C92FD3" w:rsidRPr="009A2374" w14:paraId="029DB08C" w14:textId="77777777" w:rsidTr="004F275A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4673" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2FC4A6D0" w14:textId="77777777" w:rsidR="0022026C" w:rsidRPr="007021EC" w:rsidRDefault="0022026C" w:rsidP="001B10B0">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
@@ -1712,51 +1712,51 @@
     </w:tbl>
     <w:p w14:paraId="5689F7E3" w14:textId="77777777" w:rsidR="004F275A" w:rsidRPr="007021EC" w:rsidRDefault="004F275A" w:rsidP="004F275A">
       <w:pPr>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1604"/>
         <w:gridCol w:w="1605"/>
         <w:gridCol w:w="1605"/>
         <w:gridCol w:w="1605"/>
         <w:gridCol w:w="1605"/>
         <w:gridCol w:w="1605"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC4E6C" w:rsidRPr="00265DFE" w14:paraId="6A6B7967" w14:textId="77777777" w:rsidTr="7A7060D5">
+      <w:tr w:rsidR="00FC4E6C" w:rsidRPr="009A2374" w14:paraId="6A6B7967" w14:textId="77777777" w:rsidTr="7A7060D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="422895B3" w14:textId="47FE1ABE" w:rsidR="00FC4E6C" w:rsidRPr="007021EC" w:rsidRDefault="00D25201" w:rsidP="004F275A">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="006271AB" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
@@ -1857,51 +1857,51 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>added and/or change</w:t>
             </w:r>
             <w:r w:rsidR="00993291" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> from the previous application</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00734E2D" w:rsidRPr="007021EC" w14:paraId="79B70E84" w14:textId="77777777" w:rsidTr="7A7060D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="32BC37D7" w14:textId="09488AE9" w:rsidR="00734E2D" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="004F275A">
+          <w:p w14:paraId="32BC37D7" w14:textId="09488AE9" w:rsidR="00734E2D" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="004F275A">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1950655829"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -1979,60 +1979,60 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Complete </w:t>
             </w:r>
             <w:r w:rsidR="00FC6171" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>section 2.</w:t>
             </w:r>
             <w:r w:rsidR="00FC6171" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D0617" w:rsidRPr="00265DFE" w14:paraId="6645DEA3" w14:textId="77777777" w:rsidTr="7A7060D5">
+      <w:tr w:rsidR="006D0617" w:rsidRPr="009A2374" w14:paraId="6645DEA3" w14:textId="77777777" w:rsidTr="7A7060D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0311FA34" w14:textId="4BF37864" w:rsidR="006D0617" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="004F275A">
+          <w:p w14:paraId="0311FA34" w14:textId="4BF37864" w:rsidR="006D0617" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="004F275A">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-237939447"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -2250,51 +2250,51 @@
               </w:rPr>
               <w:t xml:space="preserve">on form (more than one </w:t>
             </w:r>
             <w:r w:rsidR="00061D22" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>can be marked):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A7EB0" w:rsidRPr="007021EC" w14:paraId="539DB1D2" w14:textId="77777777" w:rsidTr="7A7060D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04297508" w14:textId="77777777" w:rsidR="000A7EB0" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="004F275A">
+          <w:p w14:paraId="04297508" w14:textId="77777777" w:rsidR="000A7EB0" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="004F275A">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1785921432"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -2317,51 +2317,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000A7EB0" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> L1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="457B5C38" w14:textId="77777777" w:rsidR="000A7EB0" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="004F275A">
+          <w:p w14:paraId="457B5C38" w14:textId="77777777" w:rsidR="000A7EB0" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="004F275A">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-877619015"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -2384,51 +2384,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000A7EB0" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> L1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="288D9F8B" w14:textId="77777777" w:rsidR="000A7EB0" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="004F275A">
+          <w:p w14:paraId="288D9F8B" w14:textId="77777777" w:rsidR="000A7EB0" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="004F275A">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1419600480"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -2523,60 +2523,60 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="724EC9B9" w14:textId="313A2B8F" w:rsidR="000A7EB0" w:rsidRPr="007021EC" w:rsidRDefault="000A7EB0" w:rsidP="004F275A">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="601"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00734E2D" w:rsidRPr="00265DFE" w14:paraId="6431AB13" w14:textId="77777777" w:rsidTr="7A7060D5">
+      <w:tr w:rsidR="00734E2D" w:rsidRPr="009A2374" w14:paraId="6431AB13" w14:textId="77777777" w:rsidTr="7A7060D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C1F8FA8" w14:textId="118CF7E9" w:rsidR="00ED4097" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="004F275A">
+          <w:p w14:paraId="4C1F8FA8" w14:textId="118CF7E9" w:rsidR="00ED4097" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="004F275A">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-245728211"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -2729,60 +2729,60 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008E54B0" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>desired</w:t>
             </w:r>
             <w:r w:rsidR="00BE1222" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003623A0" w:rsidRPr="00265DFE" w14:paraId="5EAFFDD7" w14:textId="77777777" w:rsidTr="7A7060D5">
+      <w:tr w:rsidR="003623A0" w:rsidRPr="009A2374" w14:paraId="5EAFFDD7" w14:textId="77777777" w:rsidTr="7A7060D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72778BBC" w14:textId="4BBA4079" w:rsidR="00507A5D" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="004F275A">
+          <w:p w14:paraId="72778BBC" w14:textId="4BBA4079" w:rsidR="00507A5D" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="004F275A">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1116562833"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -3171,63 +3171,63 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">be </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>released to the recipient in accordance with previous agreement</w:t>
             </w:r>
             <w:r w:rsidR="00A536AF" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00734E2D" w:rsidRPr="00265DFE" w14:paraId="473155F8" w14:textId="77777777" w:rsidTr="7A7060D5">
+      <w:tr w:rsidR="00734E2D" w:rsidRPr="009A2374" w14:paraId="473155F8" w14:textId="77777777" w:rsidTr="7A7060D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="056F5550" w14:textId="7781F720" w:rsidR="00734E2D" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="004F275A">
+          <w:p w14:paraId="056F5550" w14:textId="7781F720" w:rsidR="00734E2D" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="004F275A">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-890652288"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -3310,51 +3310,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>The previous biobank application has been approved on form/s (several options are possible):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A7EB0" w:rsidRPr="007021EC" w14:paraId="192788C7" w14:textId="77777777" w:rsidTr="7A7060D5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="636A623F" w14:textId="6EC4ED09" w:rsidR="000A7EB0" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="004F275A">
+          <w:p w14:paraId="636A623F" w14:textId="6EC4ED09" w:rsidR="000A7EB0" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="004F275A">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1963720600"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -3377,51 +3377,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000A7EB0" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> L1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0347F70D" w14:textId="2FA25CEC" w:rsidR="000A7EB0" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="004F275A">
+          <w:p w14:paraId="0347F70D" w14:textId="2FA25CEC" w:rsidR="000A7EB0" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="004F275A">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1095637682"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -3444,51 +3444,51 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000A7EB0" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> L1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7ADD5595" w14:textId="6728E9FC" w:rsidR="000A7EB0" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="004F275A">
+          <w:p w14:paraId="7ADD5595" w14:textId="6728E9FC" w:rsidR="000A7EB0" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="004F275A">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-691766016"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -3723,51 +3723,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="023AFE25" w14:textId="347023B3" w:rsidR="00CD1E46" w:rsidRPr="007021EC" w:rsidRDefault="00CD1E46">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4814"/>
         <w:gridCol w:w="4815"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E86327" w:rsidRPr="00265DFE" w14:paraId="26E7DC9B" w14:textId="618D7ACC" w:rsidTr="00950C16">
+      <w:tr w:rsidR="00E86327" w:rsidRPr="009A2374" w14:paraId="26E7DC9B" w14:textId="618D7ACC" w:rsidTr="00950C16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="0BACD76D" w14:textId="75A76F90" w:rsidR="00E86327" w:rsidRPr="007021EC" w:rsidRDefault="00E11BD1" w:rsidP="00CD1E46">
             <w:pPr>
               <w:pStyle w:val="Tabell-titelbaseradpR2"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>New research principal and/or new principal investigator</w:t>
             </w:r>
@@ -3980,51 +3980,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E86327" w:rsidRPr="00265DFE" w14:paraId="15F99B56" w14:textId="59964E49" w:rsidTr="001B10B0">
+      <w:tr w:rsidR="00E86327" w:rsidRPr="009A2374" w14:paraId="15F99B56" w14:textId="59964E49" w:rsidTr="001B10B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="519FDA2F" w14:textId="46718FCE" w:rsidR="006D0617" w:rsidRPr="007021EC" w:rsidRDefault="00783DB9" w:rsidP="006D0617">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006D0617" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">2.2 </w:t>
             </w:r>
             <w:r w:rsidR="00B516F2" w:rsidRPr="007021EC">
@@ -4815,71 +4815,99 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="168259CC" w14:textId="77777777" w:rsidR="00B24DC6" w:rsidRPr="007021EC" w:rsidRDefault="00B24DC6" w:rsidP="00CD1E46">
+    <w:p w14:paraId="168259CC" w14:textId="557286DD" w:rsidR="005B4F38" w:rsidRDefault="005B4F38" w:rsidP="00CD1E46">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25ACB70F" w14:textId="77777777" w:rsidR="005B4F38" w:rsidRDefault="005B4F38">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D50D78" w14:textId="77777777" w:rsidR="00B24DC6" w:rsidRPr="007021EC" w:rsidRDefault="00B24DC6" w:rsidP="00CD1E46">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9629"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B24DC6" w:rsidRPr="00265DFE" w14:paraId="1A43A125" w14:textId="77777777" w:rsidTr="1A0DB6E0">
+      <w:tr w:rsidR="00B24DC6" w:rsidRPr="009A2374" w14:paraId="1A43A125" w14:textId="77777777" w:rsidTr="1A0DB6E0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E9E9E9"/>
           </w:tcPr>
           <w:p w14:paraId="510725D8" w14:textId="6B3FA82E" w:rsidR="00B24DC6" w:rsidRPr="007021EC" w:rsidRDefault="00367572" w:rsidP="0035120C">
             <w:pPr>
               <w:pStyle w:val="Tabell-titelbaseradpR2"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Change in current sample collection</w:t>
             </w:r>
           </w:p>
@@ -4990,51 +5018,51 @@
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B24DC6" w:rsidRPr="00265DFE" w14:paraId="296E8C93" w14:textId="77777777" w:rsidTr="1A0DB6E0">
+      <w:tr w:rsidR="00B24DC6" w:rsidRPr="009A2374" w14:paraId="296E8C93" w14:textId="77777777" w:rsidTr="1A0DB6E0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0E5C2242" w14:textId="7F9AEB3B" w:rsidR="00366067" w:rsidRDefault="000034B5" w:rsidP="00366067">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Samples </w:t>
             </w:r>
             <w:r w:rsidR="00B50602" w:rsidRPr="007021EC">
@@ -5162,82 +5190,81 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E75C915" w14:textId="77777777" w:rsidR="00492E4F" w:rsidRPr="007021EC" w:rsidRDefault="00492E4F" w:rsidP="00742915">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9634"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC61A3" w:rsidRPr="00265DFE" w14:paraId="4AA96702" w14:textId="77777777" w:rsidTr="00C71627">
+      <w:tr w:rsidR="00FC61A3" w:rsidRPr="009A2374" w14:paraId="4AA96702" w14:textId="77777777" w:rsidTr="00C71627">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17524839" w14:textId="7F630AE4" w:rsidR="00FC61A3" w:rsidRPr="007021EC" w:rsidRDefault="00FC61A3" w:rsidP="00C434EC">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="140" w:after="60"/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">3.3 </w:t>
             </w:r>
             <w:r w:rsidR="00BF7AD2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Additional s</w:t>
             </w:r>
             <w:r w:rsidR="002E3797" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>amples that will be included in the sample collection</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -5310,59 +5337,59 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">3.3.1 </w:t>
             </w:r>
             <w:r w:rsidR="00D24FC0" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Newly collected samples</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD20B2" w:rsidRPr="00265DFE" w14:paraId="23FBE06A" w14:textId="77777777" w:rsidTr="00C71627">
+      <w:tr w:rsidR="00FD20B2" w:rsidRPr="009A2374" w14:paraId="23FBE06A" w14:textId="77777777" w:rsidTr="00C71627">
         <w:trPr>
           <w:trHeight w:val="380"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B9BB232" w14:textId="392D7C32" w:rsidR="00FD20B2" w:rsidRPr="007021EC" w:rsidRDefault="00FD20B2" w:rsidP="00B24DC6">
+          <w:p w14:paraId="0B9BB232" w14:textId="65F5FD85" w:rsidR="00FD20B2" w:rsidRPr="007021EC" w:rsidRDefault="00FD20B2" w:rsidP="00B24DC6">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">A. </w:t>
             </w:r>
             <w:r w:rsidR="0052562A" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -5392,51 +5419,67 @@
               </w:rPr>
               <w:t>guidance</w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, se</w:t>
             </w:r>
             <w:r w:rsidR="0052562A" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> K4)</w:t>
+              <w:t xml:space="preserve"> K4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C63F37">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>.3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="0052562A" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F0FD3EB" w14:textId="429FE0E2" w:rsidR="00FD20B2" w:rsidRPr="007021EC" w:rsidRDefault="00FD20B2" w:rsidP="00B24DC6">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -6073,96 +6116,1292 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00F84695" w:rsidRPr="007021EC" w14:paraId="50313BCC" w14:textId="77777777" w:rsidTr="00C71627">
+        <w:trPr>
+          <w:trHeight w:val="379"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C72E703" w14:textId="190A429C" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F154D22" w14:textId="39AA1CFC" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F3CF289" w14:textId="4E26BFDF" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F84695" w:rsidRPr="007021EC" w14:paraId="23E97F87" w14:textId="77777777" w:rsidTr="00C71627">
+        <w:trPr>
+          <w:trHeight w:val="379"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF71F24" w14:textId="3F9B9D10" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4572624C" w14:textId="4FE53A7D" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5031DC9E" w14:textId="2801B8C9" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F84695" w:rsidRPr="007021EC" w14:paraId="2A783709" w14:textId="77777777" w:rsidTr="00C71627">
+        <w:trPr>
+          <w:trHeight w:val="379"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CCCB907" w14:textId="6038CA99" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64E33288" w14:textId="689F9A02" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B16884F" w14:textId="433BBC97" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F84695" w:rsidRPr="007021EC" w14:paraId="0FA7216B" w14:textId="77777777" w:rsidTr="00C71627">
+        <w:trPr>
+          <w:trHeight w:val="379"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF2AB03" w14:textId="7DC12E37" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A97500E" w14:textId="4DE41D10" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E70B3E" w14:textId="65BEB529" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:keepLines/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00456267" w14:textId="40C8BC07" w:rsidR="00B24DC6" w:rsidRPr="007021EC" w:rsidRDefault="0014409D" w:rsidP="00B24DC6">
+    <w:p w14:paraId="00456267" w14:textId="40C8BC07" w:rsidR="00B24DC6" w:rsidRPr="007021EC" w:rsidRDefault="0014409D" w:rsidP="00F84695">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="240"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007021EC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Add more rows if needed</w:t>
       </w:r>
       <w:r w:rsidR="00B24DC6" w:rsidRPr="007021EC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5665"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD2BEC" w:rsidRPr="00265DFE" w14:paraId="2DDA5F4A" w14:textId="77777777" w:rsidTr="00C71627">
+      <w:tr w:rsidR="00DD2BEC" w:rsidRPr="009A2374" w14:paraId="2DDA5F4A" w14:textId="77777777" w:rsidTr="00C71627">
         <w:trPr>
           <w:trHeight w:val="489"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="00DCB362" w14:textId="2C0936A1" w:rsidR="00DD2BEC" w:rsidRPr="007021EC" w:rsidRDefault="00DD2BEC" w:rsidP="00B24DC6">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="140" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
@@ -6198,99 +7437,107 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">fully completed form </w:t>
             </w:r>
             <w:r w:rsidR="00356867" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>L1a/L1b</w:t>
             </w:r>
             <w:r w:rsidR="0052562A" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>/L1c</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD20B2" w:rsidRPr="00265DFE" w14:paraId="760CBBB3" w14:textId="77777777" w:rsidTr="00C71627">
+      <w:tr w:rsidR="00FD20B2" w:rsidRPr="009A2374" w14:paraId="760CBBB3" w14:textId="77777777" w:rsidTr="00C71627">
         <w:trPr>
           <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D8673EF" w14:textId="679B5565" w:rsidR="00FD20B2" w:rsidRPr="007021EC" w:rsidRDefault="00FD20B2" w:rsidP="00B24DC6">
+          <w:p w14:paraId="2D8673EF" w14:textId="452A0891" w:rsidR="00FD20B2" w:rsidRPr="007021EC" w:rsidRDefault="00FD20B2" w:rsidP="00B24DC6">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">B. </w:t>
             </w:r>
             <w:r w:rsidR="00597E7C" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Sample type </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00597E7C" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>for guidance, see K4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C63F37">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>.3</w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A1A7304" w14:textId="085DAFB9" w:rsidR="00FD20B2" w:rsidRPr="007021EC" w:rsidRDefault="00FD20B2" w:rsidP="00B24DC6">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -6634,50 +7881,1222 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00F84695" w:rsidRPr="007021EC" w14:paraId="05CC1CFF" w14:textId="77777777" w:rsidTr="00C71627">
+        <w:trPr>
+          <w:trHeight w:val="372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5222FA58" w14:textId="174E3618" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22EAD3DE" w14:textId="31267F79" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25CEB395" w14:textId="51245B5E" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F84695" w:rsidRPr="007021EC" w14:paraId="1D866AF8" w14:textId="77777777" w:rsidTr="00C71627">
+        <w:trPr>
+          <w:trHeight w:val="372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A56CEF4" w14:textId="48C27B4B" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4E4859" w14:textId="2286662B" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="093A52C8" w14:textId="3B2F596C" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F84695" w:rsidRPr="007021EC" w14:paraId="1064FE6E" w14:textId="77777777" w:rsidTr="00C71627">
+        <w:trPr>
+          <w:trHeight w:val="372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58ED4A33" w14:textId="6800C5DC" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22445F2B" w14:textId="00B36C0E" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3403C9E4" w14:textId="7E451479" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F84695" w:rsidRPr="007021EC" w14:paraId="1075129D" w14:textId="77777777" w:rsidTr="00C71627">
+        <w:trPr>
+          <w:trHeight w:val="372"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5665" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74CEE4F2" w14:textId="2E7DF4D6" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4032126C" w14:textId="2CF5149B" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BF99279" w14:textId="7AD215EA" w:rsidR="00F84695" w:rsidRPr="007021EC" w:rsidRDefault="00F84695" w:rsidP="00B24DC6">
+            <w:pPr>
+              <w:keepNext/>
+              <w:spacing w:before="60" w:after="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007021EC">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="00FD20B2" w:rsidRPr="007021EC" w14:paraId="1A7D0C1E" w14:textId="77777777" w:rsidTr="00C71627">
         <w:trPr>
           <w:trHeight w:val="372"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="439B01A7" w14:textId="77777777" w:rsidR="00FD20B2" w:rsidRPr="007021EC" w:rsidRDefault="00FD20B2" w:rsidP="00B24DC6">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
@@ -6928,80 +9347,114 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36F1FB61" w14:textId="13429E21" w:rsidR="00E25EA6" w:rsidRPr="007021EC" w:rsidRDefault="00601DAB" w:rsidP="009276A5">
+    <w:p w14:paraId="36F1FB61" w14:textId="4A144820" w:rsidR="005B4F38" w:rsidRDefault="00601DAB" w:rsidP="009276A5">
+      <w:pPr>
+        <w:spacing w:after="60"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007021EC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Add more rows if needed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="071FD017" w14:textId="77777777" w:rsidR="005B4F38" w:rsidRDefault="005B4F38">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D12174A" w14:textId="77777777" w:rsidR="00E25EA6" w:rsidRPr="007021EC" w:rsidRDefault="00E25EA6" w:rsidP="009276A5">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E25EA6" w:rsidRPr="007021EC" w:rsidSect="00E25EA6">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="471" w:footer="0" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:formProt w:val="0"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="007021EC">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="3904E6A5" w14:textId="77777777" w:rsidR="00B24DC6" w:rsidRPr="007021EC" w:rsidRDefault="00B24DC6" w:rsidP="00CD1E46">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6232"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
       <w:tr w:rsidR="00915836" w:rsidRPr="007021EC" w14:paraId="2AB75A3E" w14:textId="77777777" w:rsidTr="0012649E">
         <w:trPr>
           <w:cantSplit/>
@@ -7168,97 +9621,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Blekinge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="495A6E81" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="495A6E81" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1850324503"/>
                 <w:placeholder>
                   <w:docPart w:val="A29F36F6F8E446EAA6C63BA291E06077"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4E1F62" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="2D4E1F62" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1124914978"/>
                 <w:placeholder>
                   <w:docPart w:val="4337A6DDFD814838880AD09FDC27B0A6"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -7292,97 +9745,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Dalarna</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B9254B9" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="0B9254B9" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="427171103"/>
                 <w:placeholder>
                   <w:docPart w:val="BC3BF7BC86E4465BA4D7E8CDF963CEF4"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07C8F675" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="07C8F675" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2139064443"/>
                 <w:placeholder>
                   <w:docPart w:val="02E13F5F477844B48E0DB482D71C7B8C"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -7427,97 +9880,97 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Region Gotland </w:t>
             </w:r>
             <w:r w:rsidR="00F64183" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(Municipality without a region)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B53C6A2" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="0B53C6A2" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="984661396"/>
                 <w:placeholder>
                   <w:docPart w:val="D05525D1A39F431382DABD9B86C00D79"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27F7FE0F" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="27F7FE0F" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="914589564"/>
                 <w:placeholder>
                   <w:docPart w:val="E03291A181764979A5A61C5EF209CF32"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -7551,97 +10004,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Gävleborg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7535401D" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="7535401D" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1285021"/>
                 <w:placeholder>
                   <w:docPart w:val="05C9B2606977454B82E22F2441DF0989"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16E9A029" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="16E9A029" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1793590840"/>
                 <w:placeholder>
                   <w:docPart w:val="3288A6AE403A43A699F13002D3E2115F"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -7675,97 +10128,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Halland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE7B726" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="2AE7B726" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-652367825"/>
                 <w:placeholder>
                   <w:docPart w:val="4EEF5845F5C6410D94047C6B4CAEA797"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1669F5F0" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="1669F5F0" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2046476098"/>
                 <w:placeholder>
                   <w:docPart w:val="3B6C80D0591947A497D8F38AF1FA36AA"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -7799,97 +10252,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Jämtland Härjedalen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71F567C1" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="71F567C1" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1201392654"/>
                 <w:placeholder>
                   <w:docPart w:val="75E8E25A38464A10AF71EF2F4646F972"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E9A42DC" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="6E9A42DC" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="560903270"/>
                 <w:placeholder>
                   <w:docPart w:val="0AEBCBDA3B094E6D9603EE9FC29E0242"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -7923,97 +10376,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Jönköpings län</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F59647B" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="2F59647B" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-108745432"/>
                 <w:placeholder>
                   <w:docPart w:val="722ED71F56F34E04805ABD2AF2094277"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13708D64" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="13708D64" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1136296770"/>
                 <w:placeholder>
                   <w:docPart w:val="63D8F1C79767448180F04C92CD9A84CD"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -8047,97 +10500,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Kalmar län</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61E3B142" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="61E3B142" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-921018018"/>
                 <w:placeholder>
                   <w:docPart w:val="1CE5E8D2FB3F46D0B3567E77929C9D57"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7714118E" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="7714118E" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1388561776"/>
                 <w:placeholder>
                   <w:docPart w:val="EBA1884503054A2BB6697D21ABE1C95E"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -8171,97 +10624,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Kronoberg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="311BEBEF" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="311BEBEF" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-402449873"/>
                 <w:placeholder>
                   <w:docPart w:val="A608E5833BCC456B969A4A7E3E4DF5C1"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1736F18A" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="1736F18A" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1030640758"/>
                 <w:placeholder>
                   <w:docPart w:val="8F505BE733DD4F32B47FD948092396C0"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -8295,97 +10748,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Norrbotten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12EE5AA2" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="12EE5AA2" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="627358936"/>
                 <w:placeholder>
                   <w:docPart w:val="AEA0925F2C694EBD922CCA163BC3C36C"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D17B3AB" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="5D17B3AB" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="424627173"/>
                 <w:placeholder>
                   <w:docPart w:val="9FDE7BD33D394704A5CBE05BEB881BEA"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -8419,97 +10872,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Skåne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="62B7ED2F" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="62B7ED2F" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-163792897"/>
                 <w:placeholder>
                   <w:docPart w:val="53D12B3EA2DB4685933C643A91D7AD04"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45131D4F" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="45131D4F" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="153580414"/>
                 <w:placeholder>
                   <w:docPart w:val="8DB37F431234419DB1DD732854ED6D1D"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -8543,97 +10996,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Stockholm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BB04622" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="2BB04622" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-161928438"/>
                 <w:placeholder>
                   <w:docPart w:val="ED923F85C0A14E19AFE2C7B7EE7889E1"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="247F4059" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="247F4059" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1623188343"/>
                 <w:placeholder>
                   <w:docPart w:val="65BED07D1EC7431AA73B86F52F3988D8"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -8667,97 +11120,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Sörmland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A823E62" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="2A823E62" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1855027882"/>
                 <w:placeholder>
                   <w:docPart w:val="9300E2CA1B01491CB083F1B96365EF42"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61A001E0" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="61A001E0" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1680265668"/>
                 <w:placeholder>
                   <w:docPart w:val="69F3B5E69BE9407EB30737B43E9D85A9"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -8791,97 +11244,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Uppsala</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B8C1C1A" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="7B8C1C1A" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-14388790"/>
                 <w:placeholder>
                   <w:docPart w:val="165C1E828E474E278BF995DAA4A7AE81"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="491F1B2A" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="491F1B2A" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1399434484"/>
                 <w:placeholder>
                   <w:docPart w:val="7AB33910CF974AB5A1DFC645FB2720A1"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -8915,97 +11368,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Värmland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5CCCE160" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="5CCCE160" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1240674689"/>
                 <w:placeholder>
                   <w:docPart w:val="DBCB94F51B5544B583E2200239349604"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AEEF97D" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="3AEEF97D" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-2125925038"/>
                 <w:placeholder>
                   <w:docPart w:val="46E1F398840047809D0499C984EFBAAD"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -9039,97 +11492,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Västerbotten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BDF23B8" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="0BDF23B8" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1301992025"/>
                 <w:placeholder>
                   <w:docPart w:val="4835717C6BA74DA4B8EA8F3E3BE0D078"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6A07BD" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="0A6A07BD" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1615289046"/>
                 <w:placeholder>
                   <w:docPart w:val="6D629FDF224E4DD0B7A92785DAFFC629"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -9163,97 +11616,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Västernorrland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="452CCA63" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="452CCA63" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1905903321"/>
                 <w:placeholder>
                   <w:docPart w:val="CF73BC3F62ED4CB58161DD1BC7DB5315"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="625D0CEF" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="625D0CEF" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-593009736"/>
                 <w:placeholder>
                   <w:docPart w:val="4BBF5DFC122440FE830A3985BC5B0762"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -9287,97 +11740,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Västmanland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76512771" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="76512771" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-556010433"/>
                 <w:placeholder>
                   <w:docPart w:val="F75D31D9EC5948B3875FE212E27F4B85"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22630AE5" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="22630AE5" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2061899298"/>
                 <w:placeholder>
                   <w:docPart w:val="A997E78DE80746A6B459665A533B5F24"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -9411,97 +11864,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Västra Götalandsregionen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56A32115" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="56A32115" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2042782794"/>
                 <w:placeholder>
                   <w:docPart w:val="6401CA25E82C4021AE726929E9E710D3"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B390E86" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="4B390E86" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-665481053"/>
                 <w:placeholder>
                   <w:docPart w:val="2E6BD1A7117A48B5A9E68F846B367745"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -9527,106 +11980,105 @@
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DC90EBD" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A77BF" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Region Örebro län</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25476AD0" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="25476AD0" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-253756847"/>
                 <w:placeholder>
                   <w:docPart w:val="D25F6523E9C743B0AE055D596794F62E"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FD974AB" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="3FD974AB" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1654252063"/>
                 <w:placeholder>
                   <w:docPart w:val="E23E364AF4E6413DB3A76F962945CB4E"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -9660,97 +12112,97 @@
               <w:spacing w:before="60" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Östergötland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9405EC" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="3C9405EC" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1182171870"/>
                 <w:placeholder>
                   <w:docPart w:val="77F3087E2D2D4328B4A662B00BD66823"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15B3F88B" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="15B3F88B" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="652649427"/>
                 <w:placeholder>
                   <w:docPart w:val="71822E58268E477A80312C2B91399A18"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -9921,164 +12373,150 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC1EB1E" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="4CC1EB1E" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="942425063"/>
                 <w:placeholder>
                   <w:docPart w:val="9EDF6BF82DFA47148F6170948EB2C8A3"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4665AD8C" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="009A77BF">
+          <w:p w14:paraId="4665AD8C" w14:textId="77777777" w:rsidR="009A77BF" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="009A77BF">
             <w:pPr>
               <w:spacing w:before="60" w:after="40"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="402258198"/>
                 <w:placeholder>
                   <w:docPart w:val="F95C77E1833D4A85B70F707AEEC87DA8"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1FBC6857" w14:textId="24E6BB58" w:rsidR="002356BF" w:rsidRPr="007021EC" w:rsidRDefault="00F64183" w:rsidP="009A77BF">
+    <w:p w14:paraId="1FBC6857" w14:textId="332FA8BF" w:rsidR="002E0E63" w:rsidRDefault="00F64183" w:rsidP="009A77BF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:sectPr w:rsidR="002356BF" w:rsidRPr="007021EC" w:rsidSect="00A37B59">
-[...12 lines deleted...]
-        </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="007021EC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Add </w:t>
       </w:r>
       <w:r w:rsidR="00A939E7" w:rsidRPr="007021EC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">more </w:t>
       </w:r>
       <w:r w:rsidRPr="007021EC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
@@ -10087,76 +12525,125 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">rows </w:t>
       </w:r>
       <w:r w:rsidR="00A939E7" w:rsidRPr="007021EC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>if needed</w:t>
       </w:r>
       <w:r w:rsidR="009A77BF" w:rsidRPr="007021EC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="466975D6" w14:textId="77777777" w:rsidR="002E0E63" w:rsidRDefault="002E0E63">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FCAD3E4" w14:textId="77777777" w:rsidR="002356BF" w:rsidRPr="007021EC" w:rsidRDefault="002356BF" w:rsidP="009A77BF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="002356BF" w:rsidRPr="007021EC" w:rsidSect="00A37B59">
+          <w:headerReference w:type="even" r:id="rId13"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId16"/>
+          <w:footerReference w:type="first" r:id="rId17"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="471" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:formProt w:val="0"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9629"/>
       </w:tblGrid>
       <w:tr w:rsidR="002356BF" w14:paraId="03B9685D" w14:textId="77777777" w:rsidTr="00AD5C02">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E9E9E9"/>
           </w:tcPr>
           <w:p w14:paraId="1F4A62B4" w14:textId="10405D17" w:rsidR="002356BF" w:rsidRPr="00F52EFE" w:rsidRDefault="002356BF" w:rsidP="00AD5C02">
             <w:pPr>
               <w:pStyle w:val="Tabell-titelbaseradpR2"/>
               <w:keepNext/>
               <w:keepLines/>
             </w:pPr>
             <w:r w:rsidRPr="00154FDE">
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">5. </w:t>
             </w:r>
             <w:r w:rsidR="00D77AE8">
               <w:t>Other information</w:t>
             </w:r>
             <w:r w:rsidRPr="00154FDE">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002356BF" w14:paraId="3B631893" w14:textId="77777777" w:rsidTr="00AD5C02">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AE56A82" w14:textId="6E0858CD" w:rsidR="002356BF" w:rsidRPr="006621FC" w:rsidRDefault="002356BF" w:rsidP="00815949">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:spacing w:after="40"/>
@@ -10274,51 +12761,51 @@
     </w:p>
     <w:p w14:paraId="20A6A840" w14:textId="77777777" w:rsidR="009276A5" w:rsidRPr="007021EC" w:rsidRDefault="009276A5" w:rsidP="009A77BF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4815"/>
         <w:gridCol w:w="2407"/>
         <w:gridCol w:w="2407"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009276A5" w:rsidRPr="00265DFE" w14:paraId="3E075CD8" w14:textId="77777777" w:rsidTr="00D47FCB">
+      <w:tr w:rsidR="009276A5" w:rsidRPr="009A2374" w14:paraId="3E075CD8" w14:textId="77777777" w:rsidTr="00D47FCB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E9E9E9"/>
           </w:tcPr>
           <w:p w14:paraId="3D6802B7" w14:textId="2823851E" w:rsidR="00EF5546" w:rsidRPr="007021EC" w:rsidRDefault="00815949" w:rsidP="00D47FCB">
             <w:pPr>
               <w:pStyle w:val="Tabell-titelbaseradpR2"/>
               <w:keepNext/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="000A1874" w:rsidRPr="007021EC">
@@ -11705,51 +14192,51 @@
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00F41AF1" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00353EFC" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Signatures</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41AF1" w:rsidRPr="00265DFE" w14:paraId="51374049" w14:textId="77777777" w:rsidTr="03C8AB85">
+      <w:tr w:rsidR="00F41AF1" w:rsidRPr="009A2374" w14:paraId="51374049" w14:textId="77777777" w:rsidTr="03C8AB85">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CD1E7A2" w14:textId="0BC9DB7A" w:rsidR="00A2541E" w:rsidRPr="007021EC" w:rsidRDefault="00815949" w:rsidP="00F41AF1">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00F41AF1" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
@@ -12263,51 +14750,51 @@
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F41AF1" w:rsidRPr="00265DFE" w14:paraId="0F658F7D" w14:textId="77777777" w:rsidTr="03C8AB85">
+      <w:tr w:rsidR="00F41AF1" w:rsidRPr="009A2374" w14:paraId="0F658F7D" w14:textId="77777777" w:rsidTr="03C8AB85">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
           </w:tcPr>
           <w:p w14:paraId="60274365" w14:textId="4181A25C" w:rsidR="00F41AF1" w:rsidRPr="007021EC" w:rsidRDefault="000F6AC9" w:rsidP="00D47FCB">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Decision by responsible biobank </w:t>
             </w:r>
             <w:r w:rsidR="0098725F" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:b w:val="0"/>
@@ -13280,88 +15767,88 @@
         <w:pStyle w:val="Rubrik2"/>
         <w:pageBreakBefore/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007021EC">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Amendment of agreement regarding release of samples</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5382"/>
         <w:gridCol w:w="4247"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006317F3" w:rsidRPr="00265DFE" w14:paraId="325C7223" w14:textId="77777777" w:rsidTr="03C8AB85">
+      <w:tr w:rsidR="006317F3" w:rsidRPr="009A2374" w14:paraId="325C7223" w14:textId="77777777" w:rsidTr="03C8AB85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
           <w:p w14:paraId="16861EE8" w14:textId="36AEB6B5" w:rsidR="006317F3" w:rsidRPr="007021EC" w:rsidRDefault="00173CAC" w:rsidP="00E370C8">
             <w:pPr>
               <w:pStyle w:val="Tabell-titelbaseradpR2"/>
               <w:keepNext/>
               <w:ind w:left="-108" w:firstLine="108"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00994730" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="003F4263" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Signatures applicable when samples are released</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00005ADC" w:rsidRPr="00265DFE" w14:paraId="0C62982B" w14:textId="77777777" w:rsidTr="03C8AB85">
+      <w:tr w:rsidR="00005ADC" w:rsidRPr="009A2374" w14:paraId="0C62982B" w14:textId="77777777" w:rsidTr="03C8AB85">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14729FA1" w14:textId="1AB47037" w:rsidR="00005ADC" w:rsidRPr="007021EC" w:rsidRDefault="00173CAC" w:rsidP="00005ADC">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>8</w:t>
@@ -13904,85 +16391,85 @@
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D53CBA" w:rsidRPr="00265DFE" w14:paraId="765246F9" w14:textId="77777777" w:rsidTr="03C8AB85">
+      <w:tr w:rsidR="00D53CBA" w:rsidRPr="009A2374" w14:paraId="765246F9" w14:textId="77777777" w:rsidTr="03C8AB85">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
           </w:tcPr>
           <w:p w14:paraId="201ED5EA" w14:textId="257D5D4C" w:rsidR="00D53CBA" w:rsidRPr="007021EC" w:rsidRDefault="001527B3" w:rsidP="00D53CBA">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007021EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Decision by releasing biobank </w:t>
             </w:r>
             <w:r w:rsidR="00DC7431" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(completed by authorised representative)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5741F8D5" w14:textId="77777777" w:rsidR="00DC7431" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="00DC7431">
+          <w:p w14:paraId="5741F8D5" w14:textId="77777777" w:rsidR="00DC7431" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="00DC7431">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-617219107"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DC7431" w:rsidRPr="007021EC">
                   <w:rPr>
@@ -14072,51 +16559,51 @@
             <w:r w:rsidR="00DC7431" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DC7431" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DC7431" w:rsidRPr="007021EC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18F3F2F3" w14:textId="56824941" w:rsidR="00DC7431" w:rsidRPr="007021EC" w:rsidRDefault="00265DFE" w:rsidP="00DC7431">
+          <w:p w14:paraId="18F3F2F3" w14:textId="56824941" w:rsidR="00DC7431" w:rsidRPr="007021EC" w:rsidRDefault="009A2374" w:rsidP="00DC7431">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1235697560"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DC7431" w:rsidRPr="007021EC">
                   <w:rPr>
@@ -14819,82 +17306,82 @@
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006317F3" w:rsidRPr="007021EC" w:rsidSect="00A37B59">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="471" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="46E2F5C2" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BFAF88F" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
     <w:p w14:paraId="361E3AB3" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
     <w:p w14:paraId="40BEBA12" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
     <w:p w14:paraId="6FF52498" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
     <w:p w14:paraId="2A89D62D" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
     <w:p w14:paraId="04EA590A" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4FB76068" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="48FA523E" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
     <w:p w14:paraId="4631F3E8" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
     <w:p w14:paraId="0566EDE4" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
     <w:p w14:paraId="58C0F8CD" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
     <w:p w14:paraId="7E15BA6B" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
     <w:p w14:paraId="229D94EE" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -14948,51 +17435,51 @@
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="504A506B" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42B628F6" wp14:editId="614E322B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4445</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10506075</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7559675" cy="179705"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="23" name="Rektangel 23"/>
               <wp:cNvGraphicFramePr/>
@@ -15016,51 +17503,51 @@
                         <a:prstDash val="solid"/>
                         <a:miter lim="800000"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="26E2CCF1" id="Rektangel 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7ltRAVgIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+1kSdMEdYosRYcB&#10;RVugHXpWZCk2IIkapcTpfv0o2U26bqdhPsikSPPj8dGXVwdr2F5haMFVfHRWcqachLp124p/f7r5&#10;dMFZiMLVwoBTFX9RgV8tP3647PxCjaEBUytkFMSFRecr3sToF0URZKOsCGfglSOjBrQikorbokbR&#10;UXRrinFZnhcdYO0RpAqBbq97I1/m+ForGe+1DioyU3GqLeYT87lJZ7G8FIstCt+0cihD/EMVVrSO&#10;kh5DXYso2A7bP0LZViIE0PFMgi1A61aq3AN1MyrfdfPYCK9yLwRO8EeYwv8LK+/2j/4BCYbOh0Ug&#10;MXVx0GjTm+pjhwzWyxEsdYhM0uVsOp2fz6acSbKNZvNZOU1oFqevPYb4VYFlSag40jAyRmJ/G2Lv&#10;+uqSkgUwbX3TGpMV3G7WBtle0OAm889fLvKsKPpvbsaxjrKPZyUNVwoikDYikmh9XfHgtpwJsyVm&#10;yog5t4OUIU895b4Woelz5LA9HWwbiZOmtRW/KNMz9GVcqkxlVg0dnEBL0gbqlwdkCD3Ngpc3LSW5&#10;FSE+CCReUZG0K/GeDm2AKodB4qwB/Pm3++RP4yYrZx3xlLr6sROoODPfHBFhPppMErGzMpnOxqTg&#10;W8vmrcXt7BoI0RFtpZdZTP7RvIoawT7TSq1SVjIJJyl3j9+grGO/P7SUUq1W2Y3I7EW8dY9epuAJ&#10;pwTv0+FZoB/mH4k5d/DKabF4R4PeN33pYLWLoNvMkROuxK2k0CJklg1LmzbtrZ69Tr+W5S8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCdoMqG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqOOIlpDGqQISXBBCBA49uvE2iYjXIXZa8/c4JzjuzOjtTLELZmAnnFxvSYJYJcCQGqt7&#10;aiV8fjzdZMCcV6TVYAkl/KCDXXl5Uahc2zO946n2LYsQcrmS0Hk/5py7pkOj3MqOSNE72skoH8+p&#10;5XpS5wg3A0+TZMON6il+6NSIjx02X/VsImWPb9VzU78G8V0/vFSzFWHYS3l9FaotMI/B/4VhqR+r&#10;Qxk7HexM2rFBwl3MRXWzvl0DW3xxL1Jgh0XL0gx4WfD/G8pfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAHuW1EBWAgAAogQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJ2gyobfAAAACwEAAA8AAAAAAAAAAAAAAAAAsAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="40C163C9" id="Rektangel 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251682816;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB7ltRAVgIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+1kSdMEdYosRYcB&#10;RVugHXpWZCk2IIkapcTpfv0o2U26bqdhPsikSPPj8dGXVwdr2F5haMFVfHRWcqachLp124p/f7r5&#10;dMFZiMLVwoBTFX9RgV8tP3647PxCjaEBUytkFMSFRecr3sToF0URZKOsCGfglSOjBrQikorbokbR&#10;UXRrinFZnhcdYO0RpAqBbq97I1/m+ForGe+1DioyU3GqLeYT87lJZ7G8FIstCt+0cihD/EMVVrSO&#10;kh5DXYso2A7bP0LZViIE0PFMgi1A61aq3AN1MyrfdfPYCK9yLwRO8EeYwv8LK+/2j/4BCYbOh0Ug&#10;MXVx0GjTm+pjhwzWyxEsdYhM0uVsOp2fz6acSbKNZvNZOU1oFqevPYb4VYFlSag40jAyRmJ/G2Lv&#10;+uqSkgUwbX3TGpMV3G7WBtle0OAm889fLvKsKPpvbsaxjrKPZyUNVwoikDYikmh9XfHgtpwJsyVm&#10;yog5t4OUIU895b4Woelz5LA9HWwbiZOmtRW/KNMz9GVcqkxlVg0dnEBL0gbqlwdkCD3Ngpc3LSW5&#10;FSE+CCReUZG0K/GeDm2AKodB4qwB/Pm3++RP4yYrZx3xlLr6sROoODPfHBFhPppMErGzMpnOxqTg&#10;W8vmrcXt7BoI0RFtpZdZTP7RvIoawT7TSq1SVjIJJyl3j9+grGO/P7SUUq1W2Y3I7EW8dY9epuAJ&#10;pwTv0+FZoB/mH4k5d/DKabF4R4PeN33pYLWLoNvMkROuxK2k0CJklg1LmzbtrZ69Tr+W5S8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCdoMqG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqOOIlpDGqQISXBBCBA49uvE2iYjXIXZa8/c4JzjuzOjtTLELZmAnnFxvSYJYJcCQGqt7&#10;aiV8fjzdZMCcV6TVYAkl/KCDXXl5Uahc2zO946n2LYsQcrmS0Hk/5py7pkOj3MqOSNE72skoH8+p&#10;5XpS5wg3A0+TZMON6il+6NSIjx02X/VsImWPb9VzU78G8V0/vFSzFWHYS3l9FaotMI/B/4VhqR+r&#10;Qxk7HexM2rFBwl3MRXWzvl0DW3xxL1Jgh0XL0gx4WfD/G8pfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAHuW1EBWAgAAogQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJ2gyobfAAAACwEAAA8AAAAAAAAAAAAAAAAAsAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAAC8BQAAAAA=&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FE77C6F" wp14:editId="3E9D5583">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -15086,63 +17573,63 @@
                         <a:prstDash val="solid"/>
                         <a:miter lim="800000"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="37607874" id="Rektangel 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzJNZyVAIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5ukAULEBqVQqkoI&#10;kELF2fHaWUu2xx072dBf37E3IYH2VDUHZ8Yzno83b/byauss2yiMBnzNhycDzpSX0Bi/qvmPp9tP&#10;E85iEr4RFryq+YuK/Gr28cNlF6ZqBC3YRiGjID5Ou1DzNqUwraooW+VEPIGgPBk1oBOJVFxVDYqO&#10;ojtbjQaDs6oDbAKCVDHS7U1v5LMSX2sl04PWUSVma061pXJiOZf5rGaXYrpCEVojd2WIf6jCCeMp&#10;6WuoG5EEW6P5I5QzEiGCTicSXAVaG6lKD9TNcPCum0Urgiq9EDgxvMIU/19Yeb9ZhEckGLoQp5HE&#10;3MVWo8v/VB/bFrBeXsFS28QkXZ6fng3ox5kk2/gzDaOgWR1eB4zpmwLHslBzpGEUjMTmLibKSK57&#10;l5wsgjXNrbG2KLhaXltkG0GDuxhOxl++5lnRkzdu1rOOaDc6L4UIIpC2IlFNLjQ1j37FmbArYqZM&#10;WHJ7yBnK1HPuGxHbPkcJ29PBmUSctMbVfJJb3Pdlfa5MFVbtOjiAlqUlNC+PyBB6msUgbw0luRMx&#10;PQokXhFatCvpgQ5tgSqHncRZC/jrb/fZn8ZNVs464il19XMtUHFmv3siwsVwPM7ELsr49HxECh5b&#10;lscWv3bXQIgOaSuDLGL2T3YvagT3TCs1z1nJJLyk3D1+O+U69ftDSynVfF7ciMxBpDu/CDIHzzhl&#10;eJ+2zwLDbv6JmHMPe06L6Tsa9L75pYf5OoE2hSMHXGn6WaFFKDzYLW3etGO9eB0+LbPfAAAA//8D&#10;AFBLAwQUAAYACAAAACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP&#10;1iJxQa3TSHFLiFNFSHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4&#10;/ljtgKWsvFY2eJRwwwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWV&#10;xJ3lZVEI7tTkycGoGd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGc&#10;vU7MSqAimbbVbiuA3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAcyTWclQCAACiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAF6Lv89oAAAALAQAADwAAAAAAAAAAAAAAAACuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="388D1E5B" id="Rektangel 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzJNZyVAIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5ukAULEBqVQqkoI&#10;kELF2fHaWUu2xx072dBf37E3IYH2VDUHZ8Yzno83b/byauss2yiMBnzNhycDzpSX0Bi/qvmPp9tP&#10;E85iEr4RFryq+YuK/Gr28cNlF6ZqBC3YRiGjID5Ou1DzNqUwraooW+VEPIGgPBk1oBOJVFxVDYqO&#10;ojtbjQaDs6oDbAKCVDHS7U1v5LMSX2sl04PWUSVma061pXJiOZf5rGaXYrpCEVojd2WIf6jCCeMp&#10;6WuoG5EEW6P5I5QzEiGCTicSXAVaG6lKD9TNcPCum0Urgiq9EDgxvMIU/19Yeb9ZhEckGLoQp5HE&#10;3MVWo8v/VB/bFrBeXsFS28QkXZ6fng3ox5kk2/gzDaOgWR1eB4zpmwLHslBzpGEUjMTmLibKSK57&#10;l5wsgjXNrbG2KLhaXltkG0GDuxhOxl++5lnRkzdu1rOOaDc6L4UIIpC2IlFNLjQ1j37FmbArYqZM&#10;WHJ7yBnK1HPuGxHbPkcJ29PBmUSctMbVfJJb3Pdlfa5MFVbtOjiAlqUlNC+PyBB6msUgbw0luRMx&#10;PQokXhFatCvpgQ5tgSqHncRZC/jrb/fZn8ZNVs464il19XMtUHFmv3siwsVwPM7ELsr49HxECh5b&#10;lscWv3bXQIgOaSuDLGL2T3YvagT3TCs1z1nJJLyk3D1+O+U69ftDSynVfF7ciMxBpDu/CDIHzzhl&#10;eJ+2zwLDbv6JmHMPe06L6Tsa9L75pYf5OoE2hSMHXGn6WaFFKDzYLW3etGO9eB0+LbPfAAAA//8D&#10;AFBLAwQUAAYACAAAACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP&#10;1iJxQa3TSHFLiFNFSHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4&#10;/ljtgKWsvFY2eJRwwwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWV&#10;xJ3lZVEI7tTkycGoGd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGc&#10;vU7MSqAimbbVbiuA3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAcyTWclQCAACiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAF6Lv89oAAAALAQAADwAAAAAAAAAAAAAAAACuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="06188C12" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14F84507" wp14:editId="137CC7E1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10502900</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="180000"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="29" name="Rektangel 29"/>
               <wp:cNvGraphicFramePr/>
@@ -15166,51 +17653,51 @@
                         <a:prstDash val="solid"/>
                         <a:miter lim="800000"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="5E38026F" id="Rektangel 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6ke+kTgIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51k6SuoU2QtMgwo&#10;2gLp0LMiS7EASdQoJU7360fJea3baZgPMinSfHz86JvbrbNsozAa8DUfng04U15CY/yq5t9f5p+u&#10;OItJ+EZY8Krmbyry2+nHDzddmKgRtGAbhYyC+DjpQs3blMKkqqJslRPxDILyZNSATiRScVU1KDqK&#10;7mw1Ggwuqg6wCQhSxUi3972RT0t8rZVMT1pHlZitOdWWyonlXOazmt6IyQpFaI3clSH+oQonjKek&#10;h1D3Igm2RvNHKGckQgSdziS4CrQ2UpUeqJvh4F03i1YEVXohcGI4wBT/X1j5uFmEZyQYuhAnkcTc&#10;xVajy2+qj20LWG8HsNQ2MUmXl+cXA3o4k2QbXhWZwlTHrwPG9FWBY1moOdIwCkZi8xBT77p3ycki&#10;WNPMjbVFwdXyziLbCBrc+Przl6syK4r+m5v1rKPso8tSiCACaSsS1eRCU/PoV5wJuyJmyoQlt4ec&#10;oUw9574Xse1zlLA9HZxJxElrXM1LW/vM1ufKVGHVroMjaFlaQvP2jAyhp1kMcm4oyYOI6Vkg8YrQ&#10;ol1JT3RoC1Q57CTOWsCff7vP/jRusnLWEU+pqx9rgYoz+80TEa6H43EmdlHG55cjUvDUsjy1+LW7&#10;A0J0SFsZZBGzf7J7USO4V1qpWc5KJuEl5e7x2yl3qd8fWkqpZrPiRmQOIj34RZA5eMYpw/uyfRUY&#10;dvNPxJxH2HNaTN7RoPfNX3qYrRNoUzhyxJW4lRVahMKy3dLmTTvVi9fx1zL9BQAA//8DAFBLAwQU&#10;AAYACAAAACEA31iF8t4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fja&#10;AdUoTaeCBBeEJgqHHbPGtBWNU5p0C/8e9wQ3+z3r+XvFNtpBHHHyvSMF6SoBgdQ401Or4OP96WoD&#10;wgdNRg+OUMEPetiW52eFzo070Rse69AKDiGfawVdCGMupW86tNqv3IjE3qebrA68Tq00kz5xuB3k&#10;OkkyaXVP/KHTIz522HzVs+WUPe6q56Z+jel3/fBSzS6Nw16py4tY3YMIGMPfMSz4jA4lMx3cTMaL&#10;QQEXCaxmtzc8LX56l2QgDou2WV+DLAv5v0P5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADqR76ROAgAAogQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAN9YhfLeAAAACwEAAA8AAAAAAAAAAAAAAAAAqAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="2B4CEAEB" id="Rektangel 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251680768;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6ke+kTgIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X51k6SuoU2QtMgwo&#10;2gLp0LMiS7EASdQoJU7360fJea3baZgPMinSfHz86JvbrbNsozAa8DUfng04U15CY/yq5t9f5p+u&#10;OItJ+EZY8Krmbyry2+nHDzddmKgRtGAbhYyC+DjpQs3blMKkqqJslRPxDILyZNSATiRScVU1KDqK&#10;7mw1Ggwuqg6wCQhSxUi3972RT0t8rZVMT1pHlZitOdWWyonlXOazmt6IyQpFaI3clSH+oQonjKek&#10;h1D3Igm2RvNHKGckQgSdziS4CrQ2UpUeqJvh4F03i1YEVXohcGI4wBT/X1j5uFmEZyQYuhAnkcTc&#10;xVajy2+qj20LWG8HsNQ2MUmXl+cXA3o4k2QbXhWZwlTHrwPG9FWBY1moOdIwCkZi8xBT77p3ycki&#10;WNPMjbVFwdXyziLbCBrc+Przl6syK4r+m5v1rKPso8tSiCACaSsS1eRCU/PoV5wJuyJmyoQlt4ec&#10;oUw9574Xse1zlLA9HZxJxElrXM1LW/vM1ufKVGHVroMjaFlaQvP2jAyhp1kMcm4oyYOI6Vkg8YrQ&#10;ol1JT3RoC1Q57CTOWsCff7vP/jRusnLWEU+pqx9rgYoz+80TEa6H43EmdlHG55cjUvDUsjy1+LW7&#10;A0J0SFsZZBGzf7J7USO4V1qpWc5KJuEl5e7x2yl3qd8fWkqpZrPiRmQOIj34RZA5eMYpw/uyfRUY&#10;dvNPxJxH2HNaTN7RoPfNX3qYrRNoUzhyxJW4lRVahMKy3dLmTTvVi9fx1zL9BQAA//8DAFBLAwQU&#10;AAYACAAAACEA31iF8t4AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hI3Fja&#10;AdUoTaeCBBeEJgqHHbPGtBWNU5p0C/8e9wQ3+z3r+XvFNtpBHHHyvSMF6SoBgdQ401Or4OP96WoD&#10;wgdNRg+OUMEPetiW52eFzo070Rse69AKDiGfawVdCGMupW86tNqv3IjE3qebrA68Tq00kz5xuB3k&#10;OkkyaXVP/KHTIz522HzVs+WUPe6q56Z+jel3/fBSzS6Nw16py4tY3YMIGMPfMSz4jA4lMx3cTMaL&#10;QQEXCaxmtzc8LX56l2QgDou2WV+DLAv5v0P5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADqR76ROAgAAogQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAN9YhfLeAAAACwEAAA8AAAAAAAAAAAAAAAAAqAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAACzBQAAAAA=&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="350CCE44" wp14:editId="4751E423">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -15236,63 +17723,63 @@
                         <a:prstDash val="solid"/>
                         <a:miter lim="800000"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="51669502" id="Rektangel 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzJNZyVAIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5ukAULEBqVQqkoI&#10;kELF2fHaWUu2xx072dBf37E3IYH2VDUHZ8Yzno83b/byauss2yiMBnzNhycDzpSX0Bi/qvmPp9tP&#10;E85iEr4RFryq+YuK/Gr28cNlF6ZqBC3YRiGjID5Ou1DzNqUwraooW+VEPIGgPBk1oBOJVFxVDYqO&#10;ojtbjQaDs6oDbAKCVDHS7U1v5LMSX2sl04PWUSVma061pXJiOZf5rGaXYrpCEVojd2WIf6jCCeMp&#10;6WuoG5EEW6P5I5QzEiGCTicSXAVaG6lKD9TNcPCum0Urgiq9EDgxvMIU/19Yeb9ZhEckGLoQp5HE&#10;3MVWo8v/VB/bFrBeXsFS28QkXZ6fng3ox5kk2/gzDaOgWR1eB4zpmwLHslBzpGEUjMTmLibKSK57&#10;l5wsgjXNrbG2KLhaXltkG0GDuxhOxl++5lnRkzdu1rOOaDc6L4UIIpC2IlFNLjQ1j37FmbArYqZM&#10;WHJ7yBnK1HPuGxHbPkcJ29PBmUSctMbVfJJb3Pdlfa5MFVbtOjiAlqUlNC+PyBB6msUgbw0luRMx&#10;PQokXhFatCvpgQ5tgSqHncRZC/jrb/fZn8ZNVs464il19XMtUHFmv3siwsVwPM7ELsr49HxECh5b&#10;lscWv3bXQIgOaSuDLGL2T3YvagT3TCs1z1nJJLyk3D1+O+U69ftDSynVfF7ciMxBpDu/CDIHzzhl&#10;eJ+2zwLDbv6JmHMPe06L6Tsa9L75pYf5OoE2hSMHXGn6WaFFKDzYLW3etGO9eB0+LbPfAAAA//8D&#10;AFBLAwQUAAYACAAAACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP&#10;1iJxQa3TSHFLiFNFSHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4&#10;/ljtgKWsvFY2eJRwwwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWV&#10;xJ3lZVEI7tTkycGoGd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGc&#10;vU7MSqAimbbVbiuA3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAcyTWclQCAACiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAF6Lv89oAAAALAQAADwAAAAAAAAAAAAAAAACuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="6FD996AC" id="Rektangel 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251679744;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzJNZyVAIAAKIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5ukAULEBqVQqkoI&#10;kELF2fHaWUu2xx072dBf37E3IYH2VDUHZ8Yzno83b/byauss2yiMBnzNhycDzpSX0Bi/qvmPp9tP&#10;E85iEr4RFryq+YuK/Gr28cNlF6ZqBC3YRiGjID5Ou1DzNqUwraooW+VEPIGgPBk1oBOJVFxVDYqO&#10;ojtbjQaDs6oDbAKCVDHS7U1v5LMSX2sl04PWUSVma061pXJiOZf5rGaXYrpCEVojd2WIf6jCCeMp&#10;6WuoG5EEW6P5I5QzEiGCTicSXAVaG6lKD9TNcPCum0Urgiq9EDgxvMIU/19Yeb9ZhEckGLoQp5HE&#10;3MVWo8v/VB/bFrBeXsFS28QkXZ6fng3ox5kk2/gzDaOgWR1eB4zpmwLHslBzpGEUjMTmLibKSK57&#10;l5wsgjXNrbG2KLhaXltkG0GDuxhOxl++5lnRkzdu1rOOaDc6L4UIIpC2IlFNLjQ1j37FmbArYqZM&#10;WHJ7yBnK1HPuGxHbPkcJ29PBmUSctMbVfJJb3Pdlfa5MFVbtOjiAlqUlNC+PyBB6msUgbw0luRMx&#10;PQokXhFatCvpgQ5tgSqHncRZC/jrb/fZn8ZNVs464il19XMtUHFmv3siwsVwPM7ELsr49HxECh5b&#10;lscWv3bXQIgOaSuDLGL2T3YvagT3TCs1z1nJJLyk3D1+O+U69ftDSynVfF7ciMxBpDu/CDIHzzhl&#10;eJ+2zwLDbv6JmHMPe06L6Tsa9L75pYf5OoE2hSMHXGn6WaFFKDzYLW3etGO9eB0+LbPfAAAA//8D&#10;AFBLAwQUAAYACAAAACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP&#10;1iJxQa3TSHFLiFNFSHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4&#10;/ljtgKWsvFY2eJRwwwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWV&#10;xJ3lZVEI7tTkycGoGd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGc&#10;vU7MSqAimbbVbiuA3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAcyTWclQCAACiBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAF6Lv89oAAAALAQAADwAAAAAAAAAAAAAAAACuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAALUFAAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="370B1088" w14:textId="41013AA6" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29AC4F68" wp14:editId="2D505693">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4445</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10506075</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7559675" cy="179705"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="11" name="Rektangel 11"/>
               <wp:cNvGraphicFramePr/>
@@ -15329,51 +17816,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="6F25EA80" id="Rektangel 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkNwTffwIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypGmCOkXWosOA&#10;og3WDj0rshQbkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy8mpfG7ZT6CuwOR+eDThTVkJR2U3Ofzzd&#10;frrgzAdhC2HAqpwflOdXi48fLhs3VyMowRQKGYFYP29czssQ3DzLvCxVLfwZOGVJqAFrEeiIm6xA&#10;0RB6bbLRYHCeNYCFQ5DKe7q9aYV8kfC1VjI8aO1VYCbnFFtIK6Z1HddscSnmGxSurGQXhviHKGpR&#10;WXLaQ92IINgWqzdQdSURPOhwJqHOQOtKqpQDZTMcvMrmsRROpVyIHO96mvz/g5X3u0e3QqKhcX7u&#10;aRuz2Gus45/iY/tE1qEnS+0Dk3Q5nUxm59MJZ5Jkw+lsOphENrOTtUMfviqoWdzkHOkxEkdid+dD&#10;q3pUic48mKq4rYxJB9ysrw2ynaCHG88+f7lIb0Xof6gZG5UtRLMWMd5kp1zSLhyMinrGfleaVQVF&#10;P0qRpDJTvR8hpbJh2IpKUajW/WRAX5dbb5EyTYARWZP/HrsDiCX8FruNstOPpipVaW88+FtgrXFv&#10;kTyDDb1xXVnA9wAMZdV5bvWPJLXURJbWUBxWyBDaHvFO3lb0bnfCh5VAagpqH2r08ECLNtDkHLod&#10;ZyXgr/fuoz7VKkk5a6jJcu5/bgUqzsw3S1U8G47HsSvTYTyZjuiALyXrlxK7ra+BymFII8XJtI36&#10;wRy3GqF+pnmwjF5JJKwk3zmXAY+H69A2P00UqZbLpEad6ES4s49ORvDIaqzLp/2zQNcVb6Cyv4dj&#10;Q4r5qxpudaOlheU2gK5SgZ947fimLk6F002cOCZenpPWaS4ufgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJ2gyobfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo44iWkMapAhJc&#10;EEIEDj268TaJiNchdlrz9zgnOO7M6O1MsQtmYCecXG9JglglwJAaq3tqJXx+PN1kwJxXpNVgCSX8&#10;oINdeXlRqFzbM73jqfYtixByuZLQeT/mnLumQ6Pcyo5I0TvaySgfz6nlelLnCDcDT5Nkw43qKX7o&#10;1IiPHTZf9WwiZY9v1XNTvwbxXT+8VLMVYdhLeX0Vqi0wj8H/hWGpH6tDGTsd7EzasUHCXcxFdbO+&#10;XQNbfHEvUmCHRcvSDHhZ8P8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZDcE338C&#10;AABfBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnaDK&#10;ht8AAAALAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="196FC146" id="Rektangel 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkNwTffwIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypGmCOkXWosOA&#10;og3WDj0rshQbkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy8mpfG7ZT6CuwOR+eDThTVkJR2U3Ofzzd&#10;frrgzAdhC2HAqpwflOdXi48fLhs3VyMowRQKGYFYP29czssQ3DzLvCxVLfwZOGVJqAFrEeiIm6xA&#10;0RB6bbLRYHCeNYCFQ5DKe7q9aYV8kfC1VjI8aO1VYCbnFFtIK6Z1HddscSnmGxSurGQXhviHKGpR&#10;WXLaQ92IINgWqzdQdSURPOhwJqHOQOtKqpQDZTMcvMrmsRROpVyIHO96mvz/g5X3u0e3QqKhcX7u&#10;aRuz2Gus45/iY/tE1qEnS+0Dk3Q5nUxm59MJZ5Jkw+lsOphENrOTtUMfviqoWdzkHOkxEkdid+dD&#10;q3pUic48mKq4rYxJB9ysrw2ynaCHG88+f7lIb0Xof6gZG5UtRLMWMd5kp1zSLhyMinrGfleaVQVF&#10;P0qRpDJTvR8hpbJh2IpKUajW/WRAX5dbb5EyTYARWZP/HrsDiCX8FruNstOPpipVaW88+FtgrXFv&#10;kTyDDb1xXVnA9wAMZdV5bvWPJLXURJbWUBxWyBDaHvFO3lb0bnfCh5VAagpqH2r08ECLNtDkHLod&#10;ZyXgr/fuoz7VKkk5a6jJcu5/bgUqzsw3S1U8G47HsSvTYTyZjuiALyXrlxK7ra+BymFII8XJtI36&#10;wRy3GqF+pnmwjF5JJKwk3zmXAY+H69A2P00UqZbLpEad6ES4s49ORvDIaqzLp/2zQNcVb6Cyv4dj&#10;Q4r5qxpudaOlheU2gK5SgZ947fimLk6F002cOCZenpPWaS4ufgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJ2gyobfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo44iWkMapAhJc&#10;EEIEDj268TaJiNchdlrz9zgnOO7M6O1MsQtmYCecXG9JglglwJAaq3tqJXx+PN1kwJxXpNVgCSX8&#10;oINdeXlRqFzbM73jqfYtixByuZLQeT/mnLumQ6Pcyo5I0TvaySgfz6nlelLnCDcDT5Nkw43qKX7o&#10;1IiPHTZf9WwiZY9v1XNTvwbxXT+8VLMVYdhLeX0Vqi0wj8H/hWGpH6tDGTsd7EzasUHCXcxFdbO+&#10;XQNbfHEvUmCHRcvSDHhZ8P8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZDcE338C&#10;AABfBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnaDK&#10;ht8AAAALAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3411A819" wp14:editId="6733C2A0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -15412,63 +17899,63 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="026EF7DB" id="Rektangel 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="36F4937D" id="Rektangel 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57EE3968" w14:textId="5E0CBF2E" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AED0D17" wp14:editId="1187BEA2">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10502900</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="180000"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="9" name="Rektangel 9"/>
               <wp:cNvGraphicFramePr/>
@@ -15505,51 +17992,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="0BFF133A" id="Rektangel 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFO1IaeQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r06ytE2DOEWWosOA&#10;oi3WDj0rshQbkEWNUuJkTz9KdpysLXYY5oNMiuTHH5GcXe9qw7YKfQU258OzAWfKSigqu875j+fb&#10;TxPOfBC2EAasyvleeX49//hh1ripGkEJplDICMT6aeNyXobgplnmZalq4c/AKUtCDViLQCyuswJF&#10;Q+i1yUaDwUXWABYOQSrv6famFfJ5wtdayfCgtVeBmZxTbCGdmM5VPLP5TEzXKFxZyS4M8Q9R1KKy&#10;5LSHuhFBsA1Wb6DqSiJ40OFMQp2B1pVUKQfKZjh4lc1TKZxKuVBxvOvL5P8frLzfPrlHpDI0zk89&#10;kTGLncY6/ik+tkvF2vfFUrvAJF1enl8M6ONMkmw4STTBZEdrhz58VVCzSOQc6TFSjcT2zodW9aAS&#10;nXkwVXFbGZMYXK+WBtlW0MONrz5/maS3IvQ/1IyNyhaiWYsYb7JjLokKe6OinrHflWZVQdGPUiSp&#10;zVTvR0ipbBi2olIUqnV/fpJbb5EyTYARWZP/HrsDiC38FruNstOPpip1aW88+FtgrXFvkTyDDb1x&#10;XVnA9wAMZdV5bvUPRWpLE6u0gmL/iAyhnRHv5G1F73YnfHgUSENBT02DHh7o0AaanENHcVYC/nrv&#10;PupTr5KUs4aGLOf+50ag4sx8s9TFV8PxOE5lYsbnlyNi8FSyOpXYTb0EaochrRQnExn1gzmQGqF+&#10;oX2wiF5JJKwk3zmXAQ/MMrTDTxtFqsUiqdEkOhHu7JOTETxWNfbl8+5FoOuaN1Db38NhIMX0VQ+3&#10;utHSwmITQFepwY917epNU5wap9s4cU2c8knruBfnvwEAAP//AwBQSwMEFAAGAAgAAAAhAN9YhfLe&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2gHVKE2nggQXhCYKhx2z&#10;xrQVjVOadAv/HvcEN/s96/l7xTbaQRxx8r0jBekqAYHUONNTq+Dj/elqA8IHTUYPjlDBD3rYludn&#10;hc6NO9EbHuvQCg4hn2sFXQhjLqVvOrTar9yIxN6nm6wOvE6tNJM+cbgd5DpJMml1T/yh0yM+dth8&#10;1bPllD3uquemfo3pd/3wUs0ujcNeqcuLWN2DCBjD3zEs+IwOJTMd3EzGi0EBFwmsZrc3PC1+epdk&#10;IA6LtllfgywL+b9D+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFO1IaeQIAAF8FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDfWIXy3gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="6C2B5073" id="Rektangel 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFO1IaeQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r06ytE2DOEWWosOA&#10;oi3WDj0rshQbkEWNUuJkTz9KdpysLXYY5oNMiuTHH5GcXe9qw7YKfQU258OzAWfKSigqu875j+fb&#10;TxPOfBC2EAasyvleeX49//hh1ripGkEJplDICMT6aeNyXobgplnmZalq4c/AKUtCDViLQCyuswJF&#10;Q+i1yUaDwUXWABYOQSrv6famFfJ5wtdayfCgtVeBmZxTbCGdmM5VPLP5TEzXKFxZyS4M8Q9R1KKy&#10;5LSHuhFBsA1Wb6DqSiJ40OFMQp2B1pVUKQfKZjh4lc1TKZxKuVBxvOvL5P8frLzfPrlHpDI0zk89&#10;kTGLncY6/ik+tkvF2vfFUrvAJF1enl8M6ONMkmw4STTBZEdrhz58VVCzSOQc6TFSjcT2zodW9aAS&#10;nXkwVXFbGZMYXK+WBtlW0MONrz5/maS3IvQ/1IyNyhaiWYsYb7JjLokKe6OinrHflWZVQdGPUiSp&#10;zVTvR0ipbBi2olIUqnV/fpJbb5EyTYARWZP/HrsDiC38FruNstOPpip1aW88+FtgrXFvkTyDDb1x&#10;XVnA9wAMZdV5bvUPRWpLE6u0gmL/iAyhnRHv5G1F73YnfHgUSENBT02DHh7o0AaanENHcVYC/nrv&#10;PupTr5KUs4aGLOf+50ag4sx8s9TFV8PxOE5lYsbnlyNi8FSyOpXYTb0EaochrRQnExn1gzmQGqF+&#10;oX2wiF5JJKwk3zmXAQ/MMrTDTxtFqsUiqdEkOhHu7JOTETxWNfbl8+5FoOuaN1Db38NhIMX0VQ+3&#10;utHSwmITQFepwY917epNU5wap9s4cU2c8knruBfnvwEAAP//AwBQSwMEFAAGAAgAAAAhAN9YhfLe&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2gHVKE2nggQXhCYKhx2z&#10;xrQVjVOadAv/HvcEN/s96/l7xTbaQRxx8r0jBekqAYHUONNTq+Dj/elqA8IHTUYPjlDBD3rYludn&#10;hc6NO9EbHuvQCg4hn2sFXQhjLqVvOrTar9yIxN6nm6wOvE6tNJM+cbgd5DpJMml1T/yh0yM+dth8&#10;1bPllD3uquemfo3pd/3wUs0ujcNeqcuLWN2DCBjD3zEs+IwOJTMd3EzGi0EBFwmsZrc3PC1+epdk&#10;IA6LtllfgywL+b9D+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFO1IaeQIAAF8FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDfWIXy3gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D6624FB" wp14:editId="64C27A2D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -15588,84 +18075,84 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="44B584D3" id="Rektangel 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="10835CD6" id="Rektangel 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4C06EDFB" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="196DBF43" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="224F3160" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
     <w:p w14:paraId="53260704" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
     <w:p w14:paraId="74E807CE" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
     <w:p w14:paraId="0480647F" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
     <w:p w14:paraId="4C9C1CF3" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
     <w:p w14:paraId="1C0F74B1" w14:textId="77777777" w:rsidR="00F63E90" w:rsidRDefault="00F63E90" w:rsidP="00702A07"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:id w:val="466709535"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="7D4CB5CD" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
         <w:pPr>
           <w:pStyle w:val="Sidhuvud"/>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
         </w:pPr>
         <w:r>
@@ -15695,51 +18182,51 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="02E7636D" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="01DDFA15" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="3BCFB4EC" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="2A5CA28A" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="3ED44E0B" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="71C2C187" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="57874776" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0FA691B4" w14:textId="255FB4A6" w:rsidR="00D47FCB" w:rsidRPr="00A27DD6" w:rsidRDefault="00D47FCB" w:rsidP="00E86465">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="10760"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-568"/>
     </w:pPr>
     <w:r w:rsidRPr="00A27DD6">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="175F8EA0" wp14:editId="47EF4EFD">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6606540</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>286173</wp:posOffset>
               </wp:positionV>
@@ -15956,51 +18443,51 @@
       <w:t>Do</w:t>
     </w:r>
     <w:r w:rsidR="00FC6171">
       <w:t>c</w:t>
     </w:r>
     <w:r w:rsidRPr="00A27DD6">
       <w:t>ument: L1.</w:t>
     </w:r>
     <w:r w:rsidR="007C76E2">
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00A27DD6">
       <w:t xml:space="preserve">   Version: 10.</w:t>
     </w:r>
     <w:r w:rsidR="00A4530B">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00A27DD6">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="594F971C" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRPr="002B19E3" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Allmntstyckeformat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251683840" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34E65C5B" wp14:editId="0471D9C4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>5715</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
@@ -16515,51 +19002,51 @@
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
                         <a:solidFill>
                           <a:sysClr val="windowText" lastClr="000000"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                         <a:miter lim="800000"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="029B0F0D" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYtrd+sAEAAFkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tuGzEMvBfIPwi6x9qkbWAsvM4hRnIp&#10;mgBNP4DRY1eAXhAVr/33oWTHcdNbUR20lCgOOeTs6nbnHdvqjDaGgV8tOs50kFHZMA789/P95ZIz&#10;LBAUuBj0wPca+e364stqTr2+jlN0SmdGIAH7OQ18KiX1QqCctAdcxKQDOU3MHgod8yhUhpnQvRPX&#10;XXcj5phVylFqRLrdHJx83fCN0bI8GoO6MDdwqq20Pbf9pe5ivYJ+zJAmK49lwD9U4cEGSnqC2kAB&#10;9prtX1DeyhwxmrKQ0YtojJW6cSA2V90nNr8mSLpxoeZgOrUJ/x+s/Lm9C0+Z2jAn7DE95cpiZ7Kv&#10;X6qP7Vqz9qdm6V1hki5vlt86WpzJd5/4CEwZy4OOnlVj4M6GygN62P7AQsno6fuTeh3ivXWuzcIF&#10;NhP41+8VGUgRxkEh0yc1cAwjZ+BGkposuSFidFbV6IqDe7xzmW2Bpk0iUXF+pnI5c4CFHMShrTp1&#10;quCP0FrOBnA6BDfXQRzeFlKos37gy/NoF2pG3TR2JPXRwmq9RLVvnRX1RPNrSY9aqwI5P5N9/kes&#10;3wAAAP//AwBQSwMEFAAGAAgAAAAhALAaZvjeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01L&#10;w0AQhu9C/8MyBW92U0MbjdmUUunBW40KHrfZyYfNzobspo3/3ikIepx3Ht6PbDPZTpxx8K0jBctF&#10;BAKpdKalWsH72/7uAYQPmozuHKGCb/SwyWc3mU6Nu9ArnotQCzYhn2oFTQh9KqUvG7TaL1yPxL/K&#10;DVYHPodamkFf2Nx28j6K1tLqljih0T3uGixPxWgVjIddFbX7ePr6jAs5viSHj+eqVup2Pm2fQASc&#10;wh8M1/pcHXLudHQjGS86Bat1wiTryYonXIFlHD+COP5KMs/k/w35DwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDYtrd+sAEAAFkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCwGmb43gAAAAsBAAAPAAAAAAAAAAAAAAAAAAoEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;" strokecolor="windowText" strokeweight=".5pt">
+            <v:line w14:anchorId="33A74AAB" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYtrd+sAEAAFkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tuGzEMvBfIPwi6x9qkbWAsvM4hRnIp&#10;mgBNP4DRY1eAXhAVr/33oWTHcdNbUR20lCgOOeTs6nbnHdvqjDaGgV8tOs50kFHZMA789/P95ZIz&#10;LBAUuBj0wPca+e364stqTr2+jlN0SmdGIAH7OQ18KiX1QqCctAdcxKQDOU3MHgod8yhUhpnQvRPX&#10;XXcj5phVylFqRLrdHJx83fCN0bI8GoO6MDdwqq20Pbf9pe5ivYJ+zJAmK49lwD9U4cEGSnqC2kAB&#10;9prtX1DeyhwxmrKQ0YtojJW6cSA2V90nNr8mSLpxoeZgOrUJ/x+s/Lm9C0+Z2jAn7DE95cpiZ7Kv&#10;X6qP7Vqz9qdm6V1hki5vlt86WpzJd5/4CEwZy4OOnlVj4M6GygN62P7AQsno6fuTeh3ivXWuzcIF&#10;NhP41+8VGUgRxkEh0yc1cAwjZ+BGkposuSFidFbV6IqDe7xzmW2Bpk0iUXF+pnI5c4CFHMShrTp1&#10;quCP0FrOBnA6BDfXQRzeFlKos37gy/NoF2pG3TR2JPXRwmq9RLVvnRX1RPNrSY9aqwI5P5N9/kes&#10;3wAAAP//AwBQSwMEFAAGAAgAAAAhALAaZvjeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01L&#10;w0AQhu9C/8MyBW92U0MbjdmUUunBW40KHrfZyYfNzobspo3/3ikIepx3Ht6PbDPZTpxx8K0jBctF&#10;BAKpdKalWsH72/7uAYQPmozuHKGCb/SwyWc3mU6Nu9ArnotQCzYhn2oFTQh9KqUvG7TaL1yPxL/K&#10;DVYHPodamkFf2Nx28j6K1tLqljih0T3uGixPxWgVjIddFbX7ePr6jAs5viSHj+eqVup2Pm2fQASc&#10;wh8M1/pcHXLudHQjGS86Bat1wiTryYonXIFlHD+COP5KMs/k/w35DwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDYtrd+sAEAAFkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCwGmb43gAAAAsBAAAPAAAAAAAAAAAAAAAAAAoEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAFQUAAAAA&#10;" strokecolor="windowText" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="337CAED6" wp14:editId="514C0781">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>360045</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>289560</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1465200" cy="662400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="14" name="Bildobjekt 14"/>
@@ -16817,51 +19304,51 @@
                             <w:t>5</w:t>
                           </w:r>
                         </w:fldSimple>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                   <w:p w14:paraId="3E4BCEE3" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:jc w:val="right"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:id w:val="1085418684"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="01224C56" w14:textId="4A658449" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
         <w:pPr>
           <w:pStyle w:val="Sidhuvud"/>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
         </w:pPr>
         <w:r>
@@ -16891,51 +19378,51 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="28F5B82F" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="275344D1" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="2EB99CE2" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="64F99723" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="166757A0" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="0816B6AA" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
   <w:p w14:paraId="0B976547" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07"/>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D0B1E96" w14:textId="183A79C7" w:rsidR="00D47FCB" w:rsidRPr="001B10B0" w:rsidRDefault="00D47FCB" w:rsidP="00E86465">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="10760"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-568"/>
     </w:pPr>
     <w:r w:rsidRPr="001B10B0">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2813EEA8" wp14:editId="72CE0737">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6606540</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>286173</wp:posOffset>
               </wp:positionV>
@@ -17166,51 +19653,51 @@
     </w:r>
     <w:r w:rsidRPr="001B10B0">
       <w:t xml:space="preserve">  Version</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="001B10B0">
       <w:t>: 1</w:t>
     </w:r>
     <w:r>
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidRPr="001B10B0">
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00BF336C">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="001B10B0">
       <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="496C5CC0" w14:textId="16C78B22" w:rsidR="00D47FCB" w:rsidRPr="002B19E3" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Allmntstyckeformat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="202476AC" wp14:editId="425FE807">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>5715</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
@@ -17549,51 +20036,51 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="5572F663" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAze9ibsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfKf0Dcs3ijKIqs9eaQKLlE&#10;bdSPH0DwsEYCBgFde/99B3bXjppIVav6MGZg3puZx7C5m5xle4jJoO/4etVwBl5hb/yu4z++P17e&#10;cpay9L206KHjB0j8bnvxaTOGFq5wQNtDZETiUzuGjg85h1aIpAZwMq0wgKdDjdHJTG7ciT7Kkdid&#10;FVdNcyNGjH2IqCAl2n04HvJt5dcaVP6idYLMbMeptlxtrPa1WLHdyHYXZRiMOpUh/6EKJ42npDPV&#10;g8yS/YzmHZUzKmJCnVcKnUCtjYLaA3Wzbn7r5tsgA9ReSJwUZpnS/6NVn/f3/iWSDGNIbQovsXQx&#10;6ejKn+pjUxXrMIsFU2aKNm9urxv6OFPnM7EAQ0z5CdCxsui4Nb70IVu5f06ZklHoOaRsW19sQmv6&#10;R2NtdcoEwL2NbC/p7vK0LndFuDdR5BWkWEqvq3ywcGT9CpqZnopd1+x1qhZOqRT4fOa1nqILTFMF&#10;M7D5M/AUX6BQJ+5vwDOiZkafZ7AzHuNH2Rcp9DH+rMCx7yLBK/aHeqlVGhqdqtxpzMtsvvUrfHmM&#10;218AAAD//wMAUEsDBBQABgAIAAAAIQBvtt4M3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;S8NAEIbvgv9hGcGL2E0NSTVmUyTQiwfBRorHbXaaBLOzIbtt0n/vFIR6nHce3o98PdtenHD0nSMF&#10;y0UEAql2pqNGwVe1eXwG4YMmo3tHqOCMHtbF7U2uM+Mm+sTTNjSCTchnWkEbwpBJ6esWrfYLNyDx&#10;7+BGqwOfYyPNqCc2t718iqJUWt0RJ7R6wLLF+md7tAq+m4d4s6uomsrwcUjb+bx7T0ql7u/mt1cQ&#10;AedwheFSn6tDwZ327kjGi15Bkq6YZH2V8IQLsIzjFxD7P0kWufy/ofgFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAM3vYm7EBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAb7beDN4AAAALAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
+            <v:line w14:anchorId="23010762" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAze9ibsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfKf0Dcs3ijKIqs9eaQKLlE&#10;bdSPH0DwsEYCBgFde/99B3bXjppIVav6MGZg3puZx7C5m5xle4jJoO/4etVwBl5hb/yu4z++P17e&#10;cpay9L206KHjB0j8bnvxaTOGFq5wQNtDZETiUzuGjg85h1aIpAZwMq0wgKdDjdHJTG7ciT7Kkdid&#10;FVdNcyNGjH2IqCAl2n04HvJt5dcaVP6idYLMbMeptlxtrPa1WLHdyHYXZRiMOpUh/6EKJ42npDPV&#10;g8yS/YzmHZUzKmJCnVcKnUCtjYLaA3Wzbn7r5tsgA9ReSJwUZpnS/6NVn/f3/iWSDGNIbQovsXQx&#10;6ejKn+pjUxXrMIsFU2aKNm9urxv6OFPnM7EAQ0z5CdCxsui4Nb70IVu5f06ZklHoOaRsW19sQmv6&#10;R2NtdcoEwL2NbC/p7vK0LndFuDdR5BWkWEqvq3ywcGT9CpqZnopd1+x1qhZOqRT4fOa1nqILTFMF&#10;M7D5M/AUX6BQJ+5vwDOiZkafZ7AzHuNH2Rcp9DH+rMCx7yLBK/aHeqlVGhqdqtxpzMtsvvUrfHmM&#10;218AAAD//wMAUEsDBBQABgAIAAAAIQBvtt4M3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;S8NAEIbvgv9hGcGL2E0NSTVmUyTQiwfBRorHbXaaBLOzIbtt0n/vFIR6nHce3o98PdtenHD0nSMF&#10;y0UEAql2pqNGwVe1eXwG4YMmo3tHqOCMHtbF7U2uM+Mm+sTTNjSCTchnWkEbwpBJ6esWrfYLNyDx&#10;7+BGqwOfYyPNqCc2t718iqJUWt0RJ7R6wLLF+md7tAq+m4d4s6uomsrwcUjb+bx7T0ql7u/mt1cQ&#10;AedwheFSn6tDwZ327kjGi15Bkq6YZH2V8IQLsIzjFxD7P0kWufy/ofgFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAM3vYm7EBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAb7beDN4AAAALAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32AB8630" wp14:editId="10AD5B8D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>360045</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>289560</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1465200" cy="662400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4"/>
@@ -17851,51 +20338,51 @@
                             <w:t>7</w:t>
                           </w:r>
                         </w:fldSimple>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                   <w:p w14:paraId="1C618B0E" w14:textId="77777777" w:rsidR="00D47FCB" w:rsidRDefault="00D47FCB" w:rsidP="00702A07">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:jc w:val="right"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B4883266"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="058446E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDE85F0A"/>
@@ -19955,55 +22442,55 @@
   <w:num w:numId="15" w16cid:durableId="2112359455">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="756680298">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1105804404">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="446198886">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="24869613">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1508211963">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2016691745">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="+B6HkohvzDOi4dAOilFVKvNioitsZDU7fecAe18EsFvjNq3E2kpnp3UeNJeR/DZdeXu7iMqnlKOUh5j/MJGrQg==" w:salt="468rvRSw1Uq4k8TBumsV3g=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="40qpxzTNPSt47PW3RYib2pYJcUv6w66u8U+r4be+rZSZCoYeXIST2piVDrpkLHK7hje3lyoR7Y7MM+Pp37VXaA==" w:salt="jqa0esEApQ06MRpjVggLgQ=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF4E45"/>
     <w:rsid w:val="000006E2"/>
@@ -20124,255 +22611,263 @@
     <w:rsid w:val="00276F20"/>
     <w:rsid w:val="0027712C"/>
     <w:rsid w:val="00277279"/>
     <w:rsid w:val="00281102"/>
     <w:rsid w:val="0028374C"/>
     <w:rsid w:val="002858E7"/>
     <w:rsid w:val="00291DDE"/>
     <w:rsid w:val="00292D97"/>
     <w:rsid w:val="00294527"/>
     <w:rsid w:val="00294EBF"/>
     <w:rsid w:val="002967F2"/>
     <w:rsid w:val="002A0C40"/>
     <w:rsid w:val="002A1621"/>
     <w:rsid w:val="002A3011"/>
     <w:rsid w:val="002A6FFC"/>
     <w:rsid w:val="002A736F"/>
     <w:rsid w:val="002B19E3"/>
     <w:rsid w:val="002B260D"/>
     <w:rsid w:val="002B54B4"/>
     <w:rsid w:val="002C5463"/>
     <w:rsid w:val="002C579F"/>
     <w:rsid w:val="002D027D"/>
     <w:rsid w:val="002D0647"/>
     <w:rsid w:val="002D0D51"/>
     <w:rsid w:val="002D67B7"/>
+    <w:rsid w:val="002E0E63"/>
     <w:rsid w:val="002E2FCF"/>
     <w:rsid w:val="002E325D"/>
     <w:rsid w:val="002E3797"/>
     <w:rsid w:val="002F0D1D"/>
     <w:rsid w:val="002F2E2B"/>
     <w:rsid w:val="002F5841"/>
     <w:rsid w:val="002F6E76"/>
     <w:rsid w:val="002F7A67"/>
     <w:rsid w:val="00303F32"/>
     <w:rsid w:val="00306DEB"/>
     <w:rsid w:val="0031261D"/>
     <w:rsid w:val="003155BF"/>
     <w:rsid w:val="00321CF0"/>
     <w:rsid w:val="00323F55"/>
     <w:rsid w:val="00327A9E"/>
     <w:rsid w:val="00331B4A"/>
     <w:rsid w:val="0033297A"/>
     <w:rsid w:val="003357D1"/>
     <w:rsid w:val="00336504"/>
     <w:rsid w:val="00337254"/>
     <w:rsid w:val="0033747A"/>
     <w:rsid w:val="003408B7"/>
     <w:rsid w:val="00342A16"/>
     <w:rsid w:val="00344A95"/>
     <w:rsid w:val="0034637A"/>
     <w:rsid w:val="0035120C"/>
     <w:rsid w:val="00353EFC"/>
+    <w:rsid w:val="00354EEA"/>
     <w:rsid w:val="00356867"/>
     <w:rsid w:val="003623A0"/>
     <w:rsid w:val="00366067"/>
     <w:rsid w:val="00367572"/>
     <w:rsid w:val="0037217D"/>
     <w:rsid w:val="00373189"/>
     <w:rsid w:val="00381B8F"/>
     <w:rsid w:val="00386DAE"/>
     <w:rsid w:val="00390CE9"/>
     <w:rsid w:val="00391835"/>
     <w:rsid w:val="003A3E7C"/>
     <w:rsid w:val="003B2667"/>
     <w:rsid w:val="003B2EF7"/>
     <w:rsid w:val="003B3900"/>
     <w:rsid w:val="003B727D"/>
     <w:rsid w:val="003C349D"/>
     <w:rsid w:val="003D550A"/>
     <w:rsid w:val="003D63B0"/>
     <w:rsid w:val="003D6BC1"/>
     <w:rsid w:val="003E0132"/>
     <w:rsid w:val="003E04F7"/>
     <w:rsid w:val="003E2982"/>
     <w:rsid w:val="003E3D6C"/>
     <w:rsid w:val="003F4263"/>
     <w:rsid w:val="003F6CF4"/>
     <w:rsid w:val="003F7096"/>
     <w:rsid w:val="003F7C4F"/>
     <w:rsid w:val="0040572E"/>
     <w:rsid w:val="004129E0"/>
     <w:rsid w:val="00412B6C"/>
     <w:rsid w:val="004170D3"/>
     <w:rsid w:val="004253C1"/>
     <w:rsid w:val="00427309"/>
     <w:rsid w:val="0043297A"/>
     <w:rsid w:val="00432F4E"/>
     <w:rsid w:val="00435D3C"/>
     <w:rsid w:val="004378C2"/>
     <w:rsid w:val="00443E38"/>
+    <w:rsid w:val="0045000D"/>
     <w:rsid w:val="004522AE"/>
     <w:rsid w:val="004536BE"/>
     <w:rsid w:val="00463716"/>
     <w:rsid w:val="00467E32"/>
     <w:rsid w:val="00476EAC"/>
     <w:rsid w:val="00487551"/>
     <w:rsid w:val="00491AAD"/>
     <w:rsid w:val="00491D28"/>
     <w:rsid w:val="00492E4F"/>
     <w:rsid w:val="00493A9D"/>
     <w:rsid w:val="00493FC8"/>
     <w:rsid w:val="004A351D"/>
     <w:rsid w:val="004A424D"/>
     <w:rsid w:val="004A5BB9"/>
     <w:rsid w:val="004A7F90"/>
     <w:rsid w:val="004B12B2"/>
     <w:rsid w:val="004B49F6"/>
     <w:rsid w:val="004B6387"/>
     <w:rsid w:val="004C12FD"/>
     <w:rsid w:val="004D0F3F"/>
     <w:rsid w:val="004D52D6"/>
     <w:rsid w:val="004D6EE4"/>
     <w:rsid w:val="004E1021"/>
     <w:rsid w:val="004E22AF"/>
     <w:rsid w:val="004E2327"/>
     <w:rsid w:val="004E40C7"/>
     <w:rsid w:val="004E4545"/>
     <w:rsid w:val="004F24D6"/>
     <w:rsid w:val="004F275A"/>
     <w:rsid w:val="004F3B49"/>
     <w:rsid w:val="004F63DE"/>
     <w:rsid w:val="004F6F62"/>
     <w:rsid w:val="00502175"/>
     <w:rsid w:val="00507A5D"/>
     <w:rsid w:val="0051114B"/>
     <w:rsid w:val="00512908"/>
     <w:rsid w:val="00513D60"/>
     <w:rsid w:val="00517CA5"/>
     <w:rsid w:val="005201D8"/>
     <w:rsid w:val="0052562A"/>
     <w:rsid w:val="005263C5"/>
     <w:rsid w:val="00526708"/>
     <w:rsid w:val="005272CE"/>
     <w:rsid w:val="00530915"/>
     <w:rsid w:val="00531A13"/>
     <w:rsid w:val="00531E13"/>
     <w:rsid w:val="00535561"/>
+    <w:rsid w:val="00536642"/>
     <w:rsid w:val="005378AF"/>
     <w:rsid w:val="005411E5"/>
     <w:rsid w:val="00547860"/>
     <w:rsid w:val="00553250"/>
     <w:rsid w:val="00561B89"/>
     <w:rsid w:val="00563C0B"/>
     <w:rsid w:val="00565D03"/>
     <w:rsid w:val="005718E1"/>
     <w:rsid w:val="00574D64"/>
     <w:rsid w:val="0057642B"/>
     <w:rsid w:val="005766AE"/>
     <w:rsid w:val="00584185"/>
     <w:rsid w:val="00593ACA"/>
     <w:rsid w:val="0059617B"/>
     <w:rsid w:val="00597E7C"/>
     <w:rsid w:val="005A01B0"/>
     <w:rsid w:val="005A5A1C"/>
     <w:rsid w:val="005A780B"/>
     <w:rsid w:val="005A7CE4"/>
     <w:rsid w:val="005B037F"/>
     <w:rsid w:val="005B3914"/>
+    <w:rsid w:val="005B4F38"/>
     <w:rsid w:val="005C015D"/>
     <w:rsid w:val="005C5D3A"/>
     <w:rsid w:val="005C686C"/>
     <w:rsid w:val="005D0C60"/>
+    <w:rsid w:val="005D2A30"/>
     <w:rsid w:val="005D5A0A"/>
     <w:rsid w:val="005E0ED9"/>
     <w:rsid w:val="005E2CAF"/>
     <w:rsid w:val="005E6C50"/>
     <w:rsid w:val="005E7A5C"/>
     <w:rsid w:val="005F5D6E"/>
     <w:rsid w:val="00601DAB"/>
     <w:rsid w:val="00610650"/>
     <w:rsid w:val="00612D44"/>
     <w:rsid w:val="00613CC3"/>
     <w:rsid w:val="00615485"/>
     <w:rsid w:val="0061742B"/>
     <w:rsid w:val="006271AB"/>
     <w:rsid w:val="0062795B"/>
     <w:rsid w:val="006305A2"/>
     <w:rsid w:val="006317F3"/>
     <w:rsid w:val="006369C4"/>
     <w:rsid w:val="00637D00"/>
     <w:rsid w:val="00646AAD"/>
+    <w:rsid w:val="0065220E"/>
     <w:rsid w:val="006621FC"/>
     <w:rsid w:val="0066571F"/>
     <w:rsid w:val="006706DE"/>
     <w:rsid w:val="006713E1"/>
     <w:rsid w:val="0067163E"/>
     <w:rsid w:val="006754C0"/>
     <w:rsid w:val="006758B9"/>
     <w:rsid w:val="00685A44"/>
     <w:rsid w:val="006863B1"/>
     <w:rsid w:val="0069139A"/>
     <w:rsid w:val="00692DA1"/>
     <w:rsid w:val="00692DD0"/>
     <w:rsid w:val="006949E9"/>
     <w:rsid w:val="00696A51"/>
     <w:rsid w:val="006A25BC"/>
     <w:rsid w:val="006B2A8A"/>
     <w:rsid w:val="006B38EA"/>
     <w:rsid w:val="006B65F1"/>
     <w:rsid w:val="006B6B12"/>
     <w:rsid w:val="006C4DA8"/>
     <w:rsid w:val="006C5110"/>
     <w:rsid w:val="006D0617"/>
     <w:rsid w:val="006D748A"/>
     <w:rsid w:val="006E2C1E"/>
     <w:rsid w:val="006F117F"/>
     <w:rsid w:val="006F3A63"/>
     <w:rsid w:val="006F4AA3"/>
     <w:rsid w:val="006F668A"/>
     <w:rsid w:val="00700F0F"/>
     <w:rsid w:val="00701C5E"/>
     <w:rsid w:val="007021EC"/>
     <w:rsid w:val="0070221A"/>
     <w:rsid w:val="00702A07"/>
     <w:rsid w:val="00704B88"/>
     <w:rsid w:val="007076C1"/>
     <w:rsid w:val="00710D98"/>
     <w:rsid w:val="007151B0"/>
     <w:rsid w:val="007159A0"/>
     <w:rsid w:val="007234BD"/>
     <w:rsid w:val="00732038"/>
     <w:rsid w:val="00734E2D"/>
     <w:rsid w:val="00742915"/>
     <w:rsid w:val="007455CC"/>
     <w:rsid w:val="00747159"/>
     <w:rsid w:val="00754536"/>
     <w:rsid w:val="00754600"/>
     <w:rsid w:val="00760E92"/>
     <w:rsid w:val="00763614"/>
     <w:rsid w:val="00764E17"/>
+    <w:rsid w:val="00770B1E"/>
     <w:rsid w:val="007715E3"/>
     <w:rsid w:val="00771D88"/>
     <w:rsid w:val="007755F5"/>
     <w:rsid w:val="0078043E"/>
     <w:rsid w:val="00783DB9"/>
     <w:rsid w:val="00784B7A"/>
     <w:rsid w:val="00786A1E"/>
     <w:rsid w:val="00792D00"/>
     <w:rsid w:val="007936D9"/>
     <w:rsid w:val="007A088E"/>
     <w:rsid w:val="007A19E7"/>
     <w:rsid w:val="007A4FF0"/>
     <w:rsid w:val="007B1E0E"/>
     <w:rsid w:val="007C54D4"/>
     <w:rsid w:val="007C5BF1"/>
     <w:rsid w:val="007C6370"/>
     <w:rsid w:val="007C76E2"/>
     <w:rsid w:val="007C7B6C"/>
     <w:rsid w:val="007D0152"/>
     <w:rsid w:val="007D3A9E"/>
     <w:rsid w:val="007E01F7"/>
     <w:rsid w:val="007E2633"/>
     <w:rsid w:val="007F2199"/>
     <w:rsid w:val="007F2F74"/>
     <w:rsid w:val="007F5285"/>
@@ -20400,89 +22895,91 @@
     <w:rsid w:val="00861745"/>
     <w:rsid w:val="00864A0C"/>
     <w:rsid w:val="00864F93"/>
     <w:rsid w:val="00873223"/>
     <w:rsid w:val="00875A60"/>
     <w:rsid w:val="00887A22"/>
     <w:rsid w:val="008904C9"/>
     <w:rsid w:val="00892DC8"/>
     <w:rsid w:val="00893A63"/>
     <w:rsid w:val="0089480F"/>
     <w:rsid w:val="0089670F"/>
     <w:rsid w:val="008A5695"/>
     <w:rsid w:val="008B31E6"/>
     <w:rsid w:val="008B5774"/>
     <w:rsid w:val="008B6F0D"/>
     <w:rsid w:val="008C15CC"/>
     <w:rsid w:val="008C2E29"/>
     <w:rsid w:val="008D708E"/>
     <w:rsid w:val="008E0748"/>
     <w:rsid w:val="008E2A4C"/>
     <w:rsid w:val="008E54B0"/>
     <w:rsid w:val="008F0CC0"/>
     <w:rsid w:val="008F1904"/>
     <w:rsid w:val="008F26D1"/>
     <w:rsid w:val="00902CCF"/>
+    <w:rsid w:val="00903B1E"/>
     <w:rsid w:val="00905919"/>
     <w:rsid w:val="00907EE7"/>
     <w:rsid w:val="00912145"/>
     <w:rsid w:val="0091410A"/>
     <w:rsid w:val="00915112"/>
     <w:rsid w:val="00915836"/>
     <w:rsid w:val="009178DD"/>
     <w:rsid w:val="0092037B"/>
     <w:rsid w:val="0092304A"/>
     <w:rsid w:val="009231A7"/>
     <w:rsid w:val="009276A5"/>
     <w:rsid w:val="00933A11"/>
     <w:rsid w:val="00934822"/>
     <w:rsid w:val="00935F71"/>
     <w:rsid w:val="00943BE4"/>
     <w:rsid w:val="0095000D"/>
     <w:rsid w:val="00950C16"/>
     <w:rsid w:val="00953AC5"/>
     <w:rsid w:val="009547A8"/>
     <w:rsid w:val="0095522B"/>
     <w:rsid w:val="009561E9"/>
     <w:rsid w:val="00960BA1"/>
     <w:rsid w:val="0096140E"/>
     <w:rsid w:val="009659FB"/>
     <w:rsid w:val="009724E0"/>
     <w:rsid w:val="00973A1C"/>
     <w:rsid w:val="009777F0"/>
     <w:rsid w:val="009807C0"/>
     <w:rsid w:val="009822E7"/>
     <w:rsid w:val="00982F2A"/>
     <w:rsid w:val="0098725F"/>
     <w:rsid w:val="009876E3"/>
     <w:rsid w:val="00987CDA"/>
     <w:rsid w:val="00993291"/>
     <w:rsid w:val="00994104"/>
     <w:rsid w:val="00994730"/>
     <w:rsid w:val="00994C4E"/>
     <w:rsid w:val="00997A1B"/>
     <w:rsid w:val="00997D18"/>
+    <w:rsid w:val="009A2374"/>
     <w:rsid w:val="009A77BF"/>
     <w:rsid w:val="009B0AAE"/>
     <w:rsid w:val="009B0E11"/>
     <w:rsid w:val="009B459C"/>
     <w:rsid w:val="009C01FF"/>
     <w:rsid w:val="009C45C3"/>
     <w:rsid w:val="009C4FFB"/>
     <w:rsid w:val="009E0729"/>
     <w:rsid w:val="009E47B3"/>
     <w:rsid w:val="009E7446"/>
     <w:rsid w:val="009F145B"/>
     <w:rsid w:val="009F328F"/>
     <w:rsid w:val="009F611C"/>
     <w:rsid w:val="00A000A7"/>
     <w:rsid w:val="00A03CCF"/>
     <w:rsid w:val="00A05292"/>
     <w:rsid w:val="00A07904"/>
     <w:rsid w:val="00A106D7"/>
     <w:rsid w:val="00A12F74"/>
     <w:rsid w:val="00A16ADB"/>
     <w:rsid w:val="00A2147C"/>
     <w:rsid w:val="00A23F1F"/>
     <w:rsid w:val="00A2541E"/>
     <w:rsid w:val="00A30C80"/>
     <w:rsid w:val="00A35019"/>
@@ -20556,50 +23053,51 @@
     <w:rsid w:val="00BE3570"/>
     <w:rsid w:val="00BE7640"/>
     <w:rsid w:val="00BF27D9"/>
     <w:rsid w:val="00BF336C"/>
     <w:rsid w:val="00BF452B"/>
     <w:rsid w:val="00BF460C"/>
     <w:rsid w:val="00BF487B"/>
     <w:rsid w:val="00BF4E45"/>
     <w:rsid w:val="00BF7572"/>
     <w:rsid w:val="00BF7AD2"/>
     <w:rsid w:val="00C00C25"/>
     <w:rsid w:val="00C05692"/>
     <w:rsid w:val="00C10F64"/>
     <w:rsid w:val="00C11704"/>
     <w:rsid w:val="00C13BE0"/>
     <w:rsid w:val="00C206BF"/>
     <w:rsid w:val="00C2582F"/>
     <w:rsid w:val="00C27A49"/>
     <w:rsid w:val="00C41D6D"/>
     <w:rsid w:val="00C42015"/>
     <w:rsid w:val="00C434EC"/>
     <w:rsid w:val="00C45AA6"/>
     <w:rsid w:val="00C55254"/>
     <w:rsid w:val="00C56C32"/>
     <w:rsid w:val="00C604C9"/>
+    <w:rsid w:val="00C63F37"/>
     <w:rsid w:val="00C662A6"/>
     <w:rsid w:val="00C66C7A"/>
     <w:rsid w:val="00C71494"/>
     <w:rsid w:val="00C71627"/>
     <w:rsid w:val="00C7227F"/>
     <w:rsid w:val="00C73BD3"/>
     <w:rsid w:val="00C75ED2"/>
     <w:rsid w:val="00C763E3"/>
     <w:rsid w:val="00C87268"/>
     <w:rsid w:val="00C873A9"/>
     <w:rsid w:val="00C90573"/>
     <w:rsid w:val="00C92FD3"/>
     <w:rsid w:val="00C9356F"/>
     <w:rsid w:val="00C949A2"/>
     <w:rsid w:val="00CA00FC"/>
     <w:rsid w:val="00CA4F42"/>
     <w:rsid w:val="00CB2255"/>
     <w:rsid w:val="00CB2BE6"/>
     <w:rsid w:val="00CB5A1B"/>
     <w:rsid w:val="00CB6C2F"/>
     <w:rsid w:val="00CC1337"/>
     <w:rsid w:val="00CC1E73"/>
     <w:rsid w:val="00CC37DA"/>
     <w:rsid w:val="00CD1E46"/>
     <w:rsid w:val="00CD23BD"/>
@@ -20698,50 +23196,51 @@
     <w:rsid w:val="00ED795E"/>
     <w:rsid w:val="00EE381C"/>
     <w:rsid w:val="00EE3976"/>
     <w:rsid w:val="00EF1C95"/>
     <w:rsid w:val="00EF38B0"/>
     <w:rsid w:val="00EF5546"/>
     <w:rsid w:val="00F1522C"/>
     <w:rsid w:val="00F15AA0"/>
     <w:rsid w:val="00F2008F"/>
     <w:rsid w:val="00F24FE5"/>
     <w:rsid w:val="00F26ADE"/>
     <w:rsid w:val="00F30A72"/>
     <w:rsid w:val="00F3207C"/>
     <w:rsid w:val="00F3311D"/>
     <w:rsid w:val="00F35A89"/>
     <w:rsid w:val="00F37405"/>
     <w:rsid w:val="00F40C48"/>
     <w:rsid w:val="00F41AF1"/>
     <w:rsid w:val="00F62EAE"/>
     <w:rsid w:val="00F63E90"/>
     <w:rsid w:val="00F64183"/>
     <w:rsid w:val="00F65FDF"/>
     <w:rsid w:val="00F66492"/>
     <w:rsid w:val="00F75E0D"/>
     <w:rsid w:val="00F76C47"/>
+    <w:rsid w:val="00F84695"/>
     <w:rsid w:val="00F859C4"/>
     <w:rsid w:val="00F85CBB"/>
     <w:rsid w:val="00F86B16"/>
     <w:rsid w:val="00F953FB"/>
     <w:rsid w:val="00FA6EA6"/>
     <w:rsid w:val="00FB074C"/>
     <w:rsid w:val="00FB3C94"/>
     <w:rsid w:val="00FB690A"/>
     <w:rsid w:val="00FC2253"/>
     <w:rsid w:val="00FC45D0"/>
     <w:rsid w:val="00FC4E6C"/>
     <w:rsid w:val="00FC4F8F"/>
     <w:rsid w:val="00FC59A6"/>
     <w:rsid w:val="00FC6171"/>
     <w:rsid w:val="00FC61A3"/>
     <w:rsid w:val="00FC71CC"/>
     <w:rsid w:val="00FD20B2"/>
     <w:rsid w:val="00FD2ECD"/>
     <w:rsid w:val="00FD4C8A"/>
     <w:rsid w:val="00FD6314"/>
     <w:rsid w:val="00FE4A91"/>
     <w:rsid w:val="00FE548E"/>
     <w:rsid w:val="00FE61EA"/>
     <w:rsid w:val="00FF1765"/>
     <w:rsid w:val="00FF4298"/>
@@ -20761,51 +23260,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7DE12DFF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{73844471-D9AC-934C-90EA-BFE13C99408E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -21772,51 +24271,51 @@
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:link w:val="Ballongtext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0089480F"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="Standardstycketeckensnitt"/>
     <w:rsid w:val="000D214D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="56130889">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1175657279">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -21850,51 +24349,51 @@
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/header6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A29F36F6F8E446EAA6C63BA291E06077"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4DC490C9-1825-4607-B770-5C7B99F9BE28}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="002C1005" w:rsidRDefault="002C1005"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4337A6DDFD814838880AD09FDC27B0A6"/>
         <w:category>
           <w:name w:val="Allmänt"/>
@@ -22840,51 +25339,51 @@
         </w:behaviors>
         <w:guid w:val="{0DD6F229-A4CF-4BD5-9EAB-99DFF30B0D97}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00EF57C3" w:rsidRDefault="009C734E" w:rsidP="009C734E">
           <w:pPr>
             <w:pStyle w:val="ECC363C572EF4BBFB257A61A6F1CB4EB"/>
           </w:pPr>
           <w:r w:rsidRPr="00F9408D">
             <w:rPr>
               <w:bCs/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">   </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -22950,100 +25449,102 @@
     <w:sig w:usb0="00000000" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E81819"/>
     <w:rsid w:val="000262E3"/>
     <w:rsid w:val="00045913"/>
     <w:rsid w:val="00062851"/>
     <w:rsid w:val="00076E79"/>
     <w:rsid w:val="000B70E2"/>
     <w:rsid w:val="00146326"/>
     <w:rsid w:val="00156844"/>
     <w:rsid w:val="00167CD4"/>
     <w:rsid w:val="00193F0F"/>
     <w:rsid w:val="001A5D29"/>
     <w:rsid w:val="00211957"/>
     <w:rsid w:val="00232CD8"/>
     <w:rsid w:val="00241C71"/>
     <w:rsid w:val="002668BB"/>
     <w:rsid w:val="002A4BAC"/>
     <w:rsid w:val="002C1005"/>
     <w:rsid w:val="002D0647"/>
     <w:rsid w:val="00322928"/>
     <w:rsid w:val="00381E72"/>
     <w:rsid w:val="003954A4"/>
     <w:rsid w:val="003B16E5"/>
     <w:rsid w:val="003B351A"/>
     <w:rsid w:val="003B701E"/>
     <w:rsid w:val="003E04F7"/>
     <w:rsid w:val="00404C2A"/>
     <w:rsid w:val="00484948"/>
     <w:rsid w:val="005102B3"/>
     <w:rsid w:val="005A697C"/>
     <w:rsid w:val="005B3C80"/>
+    <w:rsid w:val="005D2A30"/>
     <w:rsid w:val="0069380A"/>
     <w:rsid w:val="007204DA"/>
     <w:rsid w:val="00750B6D"/>
     <w:rsid w:val="00761D30"/>
+    <w:rsid w:val="00770B1E"/>
     <w:rsid w:val="00774601"/>
     <w:rsid w:val="007D12AA"/>
     <w:rsid w:val="008A61BB"/>
     <w:rsid w:val="009035E7"/>
     <w:rsid w:val="00930DB1"/>
     <w:rsid w:val="0094435C"/>
     <w:rsid w:val="00976266"/>
     <w:rsid w:val="009C734E"/>
     <w:rsid w:val="00A63E81"/>
     <w:rsid w:val="00AE2763"/>
     <w:rsid w:val="00B133F5"/>
     <w:rsid w:val="00B633E2"/>
     <w:rsid w:val="00B73526"/>
     <w:rsid w:val="00B86A01"/>
     <w:rsid w:val="00C2790B"/>
     <w:rsid w:val="00C954AA"/>
     <w:rsid w:val="00CB5E8A"/>
     <w:rsid w:val="00CD6647"/>
     <w:rsid w:val="00D517BB"/>
     <w:rsid w:val="00D82226"/>
     <w:rsid w:val="00D922C2"/>
     <w:rsid w:val="00DA0C17"/>
     <w:rsid w:val="00DB14F1"/>
     <w:rsid w:val="00DC360E"/>
     <w:rsid w:val="00DF0D36"/>
@@ -23058,51 +25559,51 @@
     <w:rsid w:val="00F6779E"/>
     <w:rsid w:val="00F74ABB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -23505,51 +26006,51 @@
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F993FD479E794927AA1AC6E6FB250BB3">
     <w:name w:val="F993FD479E794927AA1AC6E6FB250BB3"/>
     <w:rsid w:val="009C734E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="844F2754035741F09F974D26C853AD12">
     <w:name w:val="844F2754035741F09F974D26C853AD12"/>
     <w:rsid w:val="009C734E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EC96EA0DE0144FBD920326FDED296F2C">
     <w:name w:val="EC96EA0DE0144FBD920326FDED296F2C"/>
     <w:rsid w:val="009C734E"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ECC363C572EF4BBFB257A61A6F1CB4EB">
     <w:name w:val="ECC363C572EF4BBFB257A61A6F1CB4EB"/>
     <w:rsid w:val="009C734E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -23826,70 +26327,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62FB7FF5-1C13-474C-820C-C5035BBC52B5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>8119</Characters>
+  <Pages>6</Pages>
+  <Words>1611</Words>
+  <Characters>8540</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>67</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>71</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9631</CharactersWithSpaces>
+  <CharactersWithSpaces>10131</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Biobank Sverige</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>