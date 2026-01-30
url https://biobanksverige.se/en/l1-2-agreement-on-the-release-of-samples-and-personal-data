--- v0 (2025-10-03)
+++ v1 (2026-01-30)
@@ -12,72 +12,72 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2831"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="3537"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A53283" w:rsidRPr="00B362DB" w14:paraId="3DCB63EB" w14:textId="77777777" w:rsidTr="00825FD6">
+      <w:tr w:rsidR="00A53283" w:rsidRPr="00B17F6F" w14:paraId="3DCB63EB" w14:textId="77777777" w:rsidTr="00825FD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
           </w:tcPr>
           <w:p w14:paraId="7BD1E1AB" w14:textId="308C7F66" w:rsidR="00A53283" w:rsidRPr="005351F9" w:rsidRDefault="005D183D" w:rsidP="005351F9">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4706"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="40"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005351F9">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">To be completed by the </w:t>
@@ -348,51 +348,51 @@
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2831"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="3537"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00622859" w:rsidRPr="00B362DB" w14:paraId="0D805C83" w14:textId="77777777" w:rsidTr="00D63DAC">
+      <w:tr w:rsidR="00622859" w:rsidRPr="00B17F6F" w14:paraId="0D805C83" w14:textId="77777777" w:rsidTr="00D63DAC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
           </w:tcPr>
           <w:p w14:paraId="28A643B6" w14:textId="5F4ED5D7" w:rsidR="00622859" w:rsidRPr="005351F9" w:rsidRDefault="00622859" w:rsidP="00D63DAC">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4706"/>
               </w:tabs>
               <w:spacing w:before="80" w:after="40"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005351F9">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">To be completed by the </w:t>
@@ -692,51 +692,51 @@
       <w:r w:rsidR="00E15ECA" w:rsidRPr="005D183D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B66AF" w:rsidRPr="005D183D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00E15ECA" w:rsidRPr="005D183D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">release </w:t>
       </w:r>
       <w:r w:rsidR="003E7F17" w:rsidRPr="005D183D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">of samples and personal data </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="248B8422" w14:textId="5F5804E3" w:rsidR="00326868" w:rsidRPr="00587378" w:rsidRDefault="00326868" w:rsidP="00326868">
+    <w:p w14:paraId="248B8422" w14:textId="12A9319E" w:rsidR="00326868" w:rsidRPr="00587378" w:rsidRDefault="00326868" w:rsidP="00326868">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk136010170"/>
       <w:r w:rsidRPr="00587378">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">This form is used when applying for the release of samples for research. The agreement is drawn up between the </w:t>
       </w:r>
       <w:r w:rsidR="00587378">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>releasing</w:t>
       </w:r>
       <w:r w:rsidRPr="00587378">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> biobank and the receiving biobank. The </w:t>
       </w:r>
       <w:r w:rsidR="00542C43">
@@ -775,51 +775,75 @@
         </w:rPr>
         <w:t xml:space="preserve">, samples cease to be part of the biobank from which they were </w:t>
       </w:r>
       <w:r w:rsidR="00126C0D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>released</w:t>
       </w:r>
       <w:r w:rsidRPr="00587378">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. Responsibility and the right to use samples are transferred to the biobank of the recipient. A sample may only be </w:t>
       </w:r>
       <w:r w:rsidR="000B0580">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>released</w:t>
       </w:r>
       <w:r w:rsidRPr="00587378">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to a recipient in Sweden and after the recipient has requested it. See document K4. Instructions for forms L1.1 and L1.2.</w:t>
+        <w:t xml:space="preserve"> to a recipient in Sweden and after the recipient has requested it. See document K4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00555088">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00587378">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Instructions for form</w:t>
+      </w:r>
+      <w:r w:rsidR="00555088">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00587378">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>L1.2.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B2205B" w14:textId="693D0A40" w:rsidR="008C6A5B" w:rsidRPr="002E7A66" w:rsidRDefault="00326868" w:rsidP="003D4D99">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00587378">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Released samples are established in the recipient's biobank. </w:t>
       </w:r>
       <w:r w:rsidR="002709B5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For applying </w:t>
       </w:r>
       <w:r w:rsidR="00AE769F">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">to establish a sample collection </w:t>
@@ -1280,131 +1304,123 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000610E3" w:rsidRPr="00B362DB" w14:paraId="4235D1F7" w14:textId="77777777" w:rsidTr="000F2330">
+      <w:tr w:rsidR="000610E3" w:rsidRPr="00B17F6F" w14:paraId="4235D1F7" w14:textId="77777777" w:rsidTr="000F2330">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4AD71A89" w14:textId="7CE52933" w:rsidR="002F0A61" w:rsidRPr="004171D8" w:rsidRDefault="00543CD2" w:rsidP="00F901A2">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="000610E3" w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="000610E3" w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00783F02" w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Application for ethical approval, including </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Application for ethical approval, including amendments</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="6E6F62FF" w14:textId="652158F4" w:rsidR="000610E3" w:rsidRPr="004171D8" w:rsidRDefault="007917F8" w:rsidP="002F0A61">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:spacing w:before="60" w:after="100"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004171D8">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Handling of samples must fall under the ethical approval.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000610E3" w:rsidRPr="00B362DB" w14:paraId="11CB7E8F" w14:textId="77777777" w:rsidTr="001A2F33">
+      <w:tr w:rsidR="000610E3" w:rsidRPr="00B17F6F" w14:paraId="11CB7E8F" w14:textId="77777777" w:rsidTr="001A2F33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="25C4B7FD" w14:textId="4D81B5C5" w:rsidR="000610E3" w:rsidRPr="004171D8" w:rsidRDefault="00321CE2" w:rsidP="00F901A2">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="000610E3" w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">.4.1 </w:t>
@@ -1622,137 +1638,137 @@
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">1.5 </w:t>
             </w:r>
             <w:r w:rsidR="0082725A" w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Applicable appendices for access to existing samples shall be </w:t>
             </w:r>
             <w:r w:rsidR="006D28B7" w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>attached</w:t>
             </w:r>
             <w:r w:rsidR="0082725A" w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="351B4C22" w14:textId="644A8375" w:rsidR="003B5A56" w:rsidRPr="004171D8" w:rsidRDefault="00B362DB" w:rsidP="003B5A56">
+          <w:p w14:paraId="351B4C22" w14:textId="644A8375" w:rsidR="003B5A56" w:rsidRPr="004171D8" w:rsidRDefault="00B17F6F" w:rsidP="003B5A56">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="406277687"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005B62CC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003B5A56" w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> L1</w:t>
             </w:r>
             <w:r w:rsidR="002A7B72">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="003B5A56" w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>. Appendix – Information about existing clinical samples in pathology and cytology biobanks.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73447323" w14:textId="15D4FDB5" w:rsidR="003B5A56" w:rsidRPr="004171D8" w:rsidRDefault="00B362DB" w:rsidP="003B5A56">
+          <w:p w14:paraId="73447323" w14:textId="15D4FDB5" w:rsidR="003B5A56" w:rsidRPr="004171D8" w:rsidRDefault="00B17F6F" w:rsidP="003B5A56">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-283811890"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005B62CC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003B5A56" w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> L1b. Appendix – Information about existing biobank samples.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D5C642B" w14:textId="17B9AB31" w:rsidR="007A6F94" w:rsidRPr="004171D8" w:rsidRDefault="00B362DB" w:rsidP="003B5A56">
+          <w:p w14:paraId="4D5C642B" w14:textId="17B9AB31" w:rsidR="007A6F94" w:rsidRPr="004171D8" w:rsidRDefault="00B17F6F" w:rsidP="003B5A56">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="326793351"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005B62CC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
@@ -1867,51 +1883,51 @@
             </w:r>
             <w:r w:rsidRPr="001C1C14">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001C1C14">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C1C14">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C1C14">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C1C14">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C1C14">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C1C14">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E86327" w:rsidRPr="00B362DB" w14:paraId="15F99B56" w14:textId="59964E49" w:rsidTr="007403AC">
+      <w:tr w:rsidR="00E86327" w:rsidRPr="00B17F6F" w14:paraId="15F99B56" w14:textId="59964E49" w:rsidTr="007403AC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="68C54B9A" w14:textId="51385EDB" w:rsidR="00E86327" w:rsidRPr="004171D8" w:rsidRDefault="00805A26" w:rsidP="00E86327">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00E86327" w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">.2 </w:t>
             </w:r>
             <w:r w:rsidR="00F126B2" w:rsidRPr="004171D8">
@@ -1925,73 +1941,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76463C14" w14:textId="42F46DF2" w:rsidR="00784347" w:rsidRPr="004171D8" w:rsidRDefault="005E2462" w:rsidP="00B84808">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:spacing w:before="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004171D8">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> one who signed the application for ethical approval)</w:t>
+              <w:t>(the one who signed the application for ethical approval)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E86327" w:rsidRPr="004171D8" w14:paraId="6D54481D" w14:textId="7F7BCB3D" w:rsidTr="007403AC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7E0699F0" w14:textId="2083B259" w:rsidR="00E86327" w:rsidRPr="004171D8" w:rsidRDefault="00805A26" w:rsidP="00E13B17">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Hlk136467338"/>
             <w:r w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
@@ -3658,51 +3652,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="4"/>
     </w:tbl>
     <w:p w14:paraId="3DC33FD1" w14:textId="77777777" w:rsidR="00D524AB" w:rsidRDefault="00D524AB" w:rsidP="00C62D88">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4815"/>
         <w:gridCol w:w="4814"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D524AB" w:rsidRPr="00B362DB" w14:paraId="5214215F" w14:textId="77777777" w:rsidTr="00825FD6">
+      <w:tr w:rsidR="00D524AB" w:rsidRPr="00B17F6F" w14:paraId="5214215F" w14:textId="77777777" w:rsidTr="00825FD6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E9E9E9"/>
           </w:tcPr>
           <w:p w14:paraId="7B24E939" w14:textId="69AAC647" w:rsidR="00D524AB" w:rsidRPr="004171D8" w:rsidRDefault="004171D8" w:rsidP="001131A4">
             <w:pPr>
               <w:pStyle w:val="Tabell-titelbaseradpR2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004171D8">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Receiving</w:t>
             </w:r>
             <w:r w:rsidR="00D524AB" w:rsidRPr="004171D8">
               <w:rPr>
@@ -4754,51 +4748,51 @@
               <w:pStyle w:val="Tabell-titelbaseradpR2"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidR="00B365D4">
               <w:t>Access to personal data</w:t>
             </w:r>
             <w:r w:rsidR="009A477B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A477B" w:rsidRPr="00B362DB" w14:paraId="28446205" w14:textId="77777777" w:rsidTr="00857FC0">
+      <w:tr w:rsidR="009A477B" w:rsidRPr="00B17F6F" w14:paraId="28446205" w14:textId="77777777" w:rsidTr="00857FC0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
           </w:tcPr>
           <w:p w14:paraId="66A6CE47" w14:textId="7811167F" w:rsidR="009A477B" w:rsidRPr="004D4251" w:rsidRDefault="009A477B" w:rsidP="001131A4">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D4251">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">5.1 </w:t>
             </w:r>
             <w:r w:rsidR="004D4251" w:rsidRPr="004D4251">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Personal data. To be </w:t>
             </w:r>
             <w:r w:rsidR="004D4251">
@@ -4832,95 +4826,95 @@
               <w:t xml:space="preserve">sample </w:t>
             </w:r>
             <w:r w:rsidR="004D4251" w:rsidRPr="004D4251">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">donor cannot be identified. Note, however, that even coded data and the code itself are personal data </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="004D4251" w:rsidRPr="004D4251">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>as long as</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="004D4251" w:rsidRPr="004D4251">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> the code key remains.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A477B" w:rsidRPr="00B362DB" w14:paraId="792CFC42" w14:textId="77777777" w:rsidTr="00857FC0">
+      <w:tr w:rsidR="009A477B" w:rsidRPr="00B17F6F" w14:paraId="792CFC42" w14:textId="77777777" w:rsidTr="00857FC0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
           </w:tcPr>
           <w:p w14:paraId="627126B1" w14:textId="48DEDD27" w:rsidR="009A477B" w:rsidRPr="00BD77EB" w:rsidRDefault="009A477B" w:rsidP="001131A4">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D4251">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD77EB">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">5.1.1 </w:t>
             </w:r>
             <w:r w:rsidR="00BD77EB" w:rsidRPr="00BD77EB">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Do you want access to personal data in addition to a code or pseudonym (in accordance with the application for ethical </w:t>
             </w:r>
             <w:r w:rsidR="00BD77EB">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>approval</w:t>
             </w:r>
             <w:r w:rsidR="00BD77EB" w:rsidRPr="00BD77EB">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29E63C14" w14:textId="6F63A20D" w:rsidR="009A477B" w:rsidRPr="005B07B4" w:rsidRDefault="00B362DB" w:rsidP="001131A4">
+          <w:p w14:paraId="29E63C14" w14:textId="6F63A20D" w:rsidR="009A477B" w:rsidRPr="005B07B4" w:rsidRDefault="00B17F6F" w:rsidP="001131A4">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-655378719"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A477B" w:rsidRPr="005B07B4">
                   <w:rPr>
@@ -4989,51 +4983,51 @@
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="009A477B" w:rsidRPr="00AE73A5">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="009A477B" w:rsidRPr="00AE73A5">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009A477B" w:rsidRPr="00AE73A5">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009A477B" w:rsidRPr="00AE73A5">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009A477B" w:rsidRPr="00AE73A5">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009A477B" w:rsidRPr="00AE73A5">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="009A477B" w:rsidRPr="00AE73A5">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="009B94B3" w14:textId="4EC715AB" w:rsidR="009A477B" w:rsidRPr="005B07B4" w:rsidRDefault="00B362DB" w:rsidP="001131A4">
+          <w:p w14:paraId="009B94B3" w14:textId="4EC715AB" w:rsidR="009A477B" w:rsidRPr="005B07B4" w:rsidRDefault="00B17F6F" w:rsidP="001131A4">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="78729498"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -5083,64 +5077,52 @@
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Please note that this agreement only regulates access to personal data directly related to the sample</w:t>
             </w:r>
             <w:r w:rsidR="009A477B" w:rsidRPr="00980444">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00402D3F" w:rsidRPr="00980444">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">The agreement does not regulate access to other personal </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>The agreement does not regulate access to other personal data</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="18D68806" w14:textId="5B67F127" w:rsidR="009A477B" w:rsidRPr="00AB3F3A" w:rsidRDefault="00AB3F3A" w:rsidP="001131A4">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980444">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Please note that in relation to personal data directly related to the sample, the parties also </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00980444">
@@ -5174,60 +5156,52 @@
             <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
           </w:tcPr>
           <w:p w14:paraId="35B0CF0F" w14:textId="2924F7CF" w:rsidR="000C78C2" w:rsidRDefault="009A477B" w:rsidP="000C78C2">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0014024C">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">5.1.2 </w:t>
             </w:r>
             <w:r w:rsidR="0062021C" w:rsidRPr="0014024C">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Specify where the code key</w:t>
             </w:r>
             <w:r w:rsidR="0014024C" w:rsidRPr="0014024C">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>, i.e.</w:t>
+            </w:r>
             <w:r w:rsidR="0090002C">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> the link between a sample and the identity of the sample donor, </w:t>
             </w:r>
             <w:r w:rsidR="000C78C2">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>is kept:</w:t>
             </w:r>
             <w:r w:rsidR="0014024C" w:rsidRPr="0014024C">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0062021C" w:rsidRPr="0014024C">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
@@ -5336,51 +5310,51 @@
             <w:r w:rsidR="00E775DE" w:rsidRPr="00E775DE">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>notes</w:t>
             </w:r>
             <w:r w:rsidR="009A477B" w:rsidRPr="00E775DE">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="00E775DE" w:rsidRPr="00E775DE">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>if applicable</w:t>
             </w:r>
             <w:r w:rsidR="009A477B" w:rsidRPr="00E775DE">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43BF5903" w14:textId="77777777" w:rsidR="00620195" w:rsidRDefault="00B362DB" w:rsidP="001131A4">
+          <w:p w14:paraId="43BF5903" w14:textId="77777777" w:rsidR="00620195" w:rsidRDefault="00B17F6F" w:rsidP="001131A4">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="365797985"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009A477B" w:rsidRPr="00620195">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
@@ -5486,51 +5460,51 @@
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E9E9E9"/>
           </w:tcPr>
           <w:p w14:paraId="25F94D1E" w14:textId="60CF3F17" w:rsidR="00F81800" w:rsidRDefault="00B365D4" w:rsidP="00941C09">
             <w:pPr>
               <w:pStyle w:val="Tabell-titelbaseradpR2"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Terms for release</w:t>
             </w:r>
             <w:r w:rsidR="00F81800">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F81800" w:rsidRPr="00B362DB" w14:paraId="00F70548" w14:textId="77777777" w:rsidTr="00941C09">
+      <w:tr w:rsidR="00F81800" w:rsidRPr="00B17F6F" w14:paraId="00F70548" w14:textId="77777777" w:rsidTr="00941C09">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AEEEF2D" w14:textId="44050D87" w:rsidR="00C82777" w:rsidRPr="00431682" w:rsidRDefault="00C82777" w:rsidP="00C82777">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="217"/>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:ind w:left="215" w:hanging="215"/>
               <w:rPr>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004171D8">
               <w:rPr>
                 <w:sz w:val="17"/>
@@ -6035,51 +6009,51 @@
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00481143">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Signatu</w:t>
             </w:r>
             <w:r w:rsidR="00B365D4" w:rsidRPr="00481143">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>res</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856BB4" w:rsidRPr="00B362DB" w14:paraId="78E8751B" w14:textId="77777777" w:rsidTr="00CD268C">
+      <w:tr w:rsidR="00856BB4" w:rsidRPr="00B17F6F" w14:paraId="78E8751B" w14:textId="77777777" w:rsidTr="00CD268C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35B42DEF" w14:textId="697A04B6" w:rsidR="00856BB4" w:rsidRPr="00481143" w:rsidRDefault="00EB5676" w:rsidP="00CD268C">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00481143">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00856BB4" w:rsidRPr="00481143">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">.1 </w:t>
@@ -6737,99 +6711,99 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00481143">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00481143">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00481143">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0025106C" w:rsidRPr="00B362DB" w14:paraId="18C3C3FB" w14:textId="77777777" w:rsidTr="00857FC0">
+      <w:tr w:rsidR="0025106C" w:rsidRPr="00B17F6F" w14:paraId="18C3C3FB" w14:textId="77777777" w:rsidTr="00857FC0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
           </w:tcPr>
           <w:p w14:paraId="25573777" w14:textId="15C60EB7" w:rsidR="00707384" w:rsidRPr="006C4582" w:rsidRDefault="00FD4CF9" w:rsidP="00707384">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C4582">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Decision</w:t>
             </w:r>
             <w:r w:rsidR="00707384" w:rsidRPr="006C4582">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="006C4582">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">to be completed by </w:t>
             </w:r>
             <w:r w:rsidR="006C4582" w:rsidRPr="006C4582">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>authorised representative for releasing biobank)</w:t>
             </w:r>
             <w:r w:rsidR="00707384" w:rsidRPr="006C4582">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DF793F8" w14:textId="1A5DCF26" w:rsidR="00707384" w:rsidRPr="000E56F2" w:rsidRDefault="00B362DB" w:rsidP="00707384">
+          <w:p w14:paraId="1DF793F8" w14:textId="1A5DCF26" w:rsidR="00707384" w:rsidRPr="000E56F2" w:rsidRDefault="00B17F6F" w:rsidP="00707384">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2003702458"/>
                 <w:placeholder>
                   <w:docPart w:val="B17C47E31F8E4350AEAF75383B610426"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -6928,51 +6902,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00707384" w:rsidRPr="00440D4B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00707384" w:rsidRPr="00440D4B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00707384" w:rsidRPr="00440D4B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DF44C5D" w14:textId="7AAE495D" w:rsidR="00707384" w:rsidRPr="00175225" w:rsidRDefault="00B362DB" w:rsidP="00707384">
+          <w:p w14:paraId="3DF44C5D" w14:textId="7AAE495D" w:rsidR="00707384" w:rsidRPr="00175225" w:rsidRDefault="00B17F6F" w:rsidP="00707384">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1712448098"/>
                 <w:placeholder>
                   <w:docPart w:val="A33522BD7FFE490C84A1F65E95506463"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00707384" w:rsidRPr="00175225">
@@ -7548,173 +7522,173 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6B3750C4" w14:textId="77777777" w:rsidR="003F7096" w:rsidRPr="008163F4" w:rsidRDefault="003F7096" w:rsidP="00C55254"/>
     <w:sectPr w:rsidR="003F7096" w:rsidRPr="008163F4" w:rsidSect="00AB68DE">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="471" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20F7D387" w14:textId="77777777" w:rsidR="00A21354" w:rsidRDefault="00A21354" w:rsidP="00702A07">
+    <w:p w14:paraId="61D3BBBB" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E7AB656" w14:textId="77777777" w:rsidR="00A21354" w:rsidRDefault="00A21354" w:rsidP="00702A07"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1F028628" w14:textId="77777777" w:rsidR="00A21354" w:rsidRDefault="00A21354" w:rsidP="00702A07"/>
+    <w:p w14:paraId="12D5EC73" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="33DCA064" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="3201E10A" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="0D2305C4" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="13A0EE79" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="1FE94943" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A7458A2" w14:textId="77777777" w:rsidR="00A21354" w:rsidRDefault="00A21354" w:rsidP="00702A07">
+    <w:p w14:paraId="1588BB33" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C793085" w14:textId="77777777" w:rsidR="00A21354" w:rsidRDefault="00A21354" w:rsidP="00702A07"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7FEEE930" w14:textId="77777777" w:rsidR="00A21354" w:rsidRDefault="00A21354" w:rsidP="00702A07"/>
+    <w:p w14:paraId="398256E3" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="584C279E" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="7C98BA7A" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="0A36D19C" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="741407BD" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="3F79D519" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (CS-rubriker)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="370B1088" w14:textId="41013AA6" w:rsidR="00BE011B" w:rsidRDefault="00195795" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29AC4F68" wp14:editId="2D505693">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4445</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10506075</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7559675" cy="179705"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="11" name="Rektangel 11"/>
               <wp:cNvGraphicFramePr/>
@@ -7751,51 +7725,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="7D043232" id="Rektangel 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkNwTffwIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypGmCOkXWosOA&#10;og3WDj0rshQbkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy8mpfG7ZT6CuwOR+eDThTVkJR2U3Ofzzd&#10;frrgzAdhC2HAqpwflOdXi48fLhs3VyMowRQKGYFYP29czssQ3DzLvCxVLfwZOGVJqAFrEeiIm6xA&#10;0RB6bbLRYHCeNYCFQ5DKe7q9aYV8kfC1VjI8aO1VYCbnFFtIK6Z1HddscSnmGxSurGQXhviHKGpR&#10;WXLaQ92IINgWqzdQdSURPOhwJqHOQOtKqpQDZTMcvMrmsRROpVyIHO96mvz/g5X3u0e3QqKhcX7u&#10;aRuz2Gus45/iY/tE1qEnS+0Dk3Q5nUxm59MJZ5Jkw+lsOphENrOTtUMfviqoWdzkHOkxEkdid+dD&#10;q3pUic48mKq4rYxJB9ysrw2ynaCHG88+f7lIb0Xof6gZG5UtRLMWMd5kp1zSLhyMinrGfleaVQVF&#10;P0qRpDJTvR8hpbJh2IpKUajW/WRAX5dbb5EyTYARWZP/HrsDiCX8FruNstOPpipVaW88+FtgrXFv&#10;kTyDDb1xXVnA9wAMZdV5bvWPJLXURJbWUBxWyBDaHvFO3lb0bnfCh5VAagpqH2r08ECLNtDkHLod&#10;ZyXgr/fuoz7VKkk5a6jJcu5/bgUqzsw3S1U8G47HsSvTYTyZjuiALyXrlxK7ra+BymFII8XJtI36&#10;wRy3GqF+pnmwjF5JJKwk3zmXAY+H69A2P00UqZbLpEad6ES4s49ORvDIaqzLp/2zQNcVb6Cyv4dj&#10;Q4r5qxpudaOlheU2gK5SgZ947fimLk6F002cOCZenpPWaS4ufgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJ2gyobfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo44iWkMapAhJc&#10;EEIEDj268TaJiNchdlrz9zgnOO7M6O1MsQtmYCecXG9JglglwJAaq3tqJXx+PN1kwJxXpNVgCSX8&#10;oINdeXlRqFzbM73jqfYtixByuZLQeT/mnLumQ6Pcyo5I0TvaySgfz6nlelLnCDcDT5Nkw43qKX7o&#10;1IiPHTZf9WwiZY9v1XNTvwbxXT+8VLMVYdhLeX0Vqi0wj8H/hWGpH6tDGTsd7EzasUHCXcxFdbO+&#10;XQNbfHEvUmCHRcvSDHhZ8P8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZDcE338C&#10;AABfBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnaDK&#10;ht8AAAALAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="5B724510" id="Rektangel 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkNwTffwIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypGmCOkXWosOA&#10;og3WDj0rshQbkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy8mpfG7ZT6CuwOR+eDThTVkJR2U3Ofzzd&#10;frrgzAdhC2HAqpwflOdXi48fLhs3VyMowRQKGYFYP29czssQ3DzLvCxVLfwZOGVJqAFrEeiIm6xA&#10;0RB6bbLRYHCeNYCFQ5DKe7q9aYV8kfC1VjI8aO1VYCbnFFtIK6Z1HddscSnmGxSurGQXhviHKGpR&#10;WXLaQ92IINgWqzdQdSURPOhwJqHOQOtKqpQDZTMcvMrmsRROpVyIHO96mvz/g5X3u0e3QqKhcX7u&#10;aRuz2Gus45/iY/tE1qEnS+0Dk3Q5nUxm59MJZ5Jkw+lsOphENrOTtUMfviqoWdzkHOkxEkdid+dD&#10;q3pUic48mKq4rYxJB9ysrw2ynaCHG88+f7lIb0Xof6gZG5UtRLMWMd5kp1zSLhyMinrGfleaVQVF&#10;P0qRpDJTvR8hpbJh2IpKUajW/WRAX5dbb5EyTYARWZP/HrsDiCX8FruNstOPpipVaW88+FtgrXFv&#10;kTyDDb1xXVnA9wAMZdV5bvWPJLXURJbWUBxWyBDaHvFO3lb0bnfCh5VAagpqH2r08ECLNtDkHLod&#10;ZyXgr/fuoz7VKkk5a6jJcu5/bgUqzsw3S1U8G47HsSvTYTyZjuiALyXrlxK7ra+BymFII8XJtI36&#10;wRy3GqF+pnmwjF5JJKwk3zmXAY+H69A2P00UqZbLpEad6ES4s49ORvDIaqzLp/2zQNcVb6Cyv4dj&#10;Q4r5qxpudaOlheU2gK5SgZ947fimLk6F002cOCZenpPWaS4ufgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJ2gyobfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo44iWkMapAhJc&#10;EEIEDj268TaJiNchdlrz9zgnOO7M6O1MsQtmYCecXG9JglglwJAaq3tqJXx+PN1kwJxXpNVgCSX8&#10;oINdeXlRqFzbM73jqfYtixByuZLQeT/mnLumQ6Pcyo5I0TvaySgfz6nlelLnCDcDT5Nkw43qKX7o&#10;1IiPHTZf9WwiZY9v1XNTvwbxXT+8VLMVYdhLeX0Vqi0wj8H/hWGpH6tDGTsd7EzasUHCXcxFdbO+&#10;XQNbfHEvUmCHRcvSDHhZ8P8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZDcE338C&#10;AABfBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnaDK&#10;ht8AAAALAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00BE011B">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3411A819" wp14:editId="6733C2A0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -7834,63 +7808,63 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="47EBADC4" id="Rektangel 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="76963E84" id="Rektangel 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57EE3968" w14:textId="5E0CBF2E" w:rsidR="0033297A" w:rsidRDefault="0033297A" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AED0D17" wp14:editId="1187BEA2">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10502900</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="180000"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="9" name="Rektangel 9"/>
               <wp:cNvGraphicFramePr/>
@@ -7927,51 +7901,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="7A36882A" id="Rektangel 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFO1IaeQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r06ytE2DOEWWosOA&#10;oi3WDj0rshQbkEWNUuJkTz9KdpysLXYY5oNMiuTHH5GcXe9qw7YKfQU258OzAWfKSigqu875j+fb&#10;TxPOfBC2EAasyvleeX49//hh1ripGkEJplDICMT6aeNyXobgplnmZalq4c/AKUtCDViLQCyuswJF&#10;Q+i1yUaDwUXWABYOQSrv6famFfJ5wtdayfCgtVeBmZxTbCGdmM5VPLP5TEzXKFxZyS4M8Q9R1KKy&#10;5LSHuhFBsA1Wb6DqSiJ40OFMQp2B1pVUKQfKZjh4lc1TKZxKuVBxvOvL5P8frLzfPrlHpDI0zk89&#10;kTGLncY6/ik+tkvF2vfFUrvAJF1enl8M6ONMkmw4STTBZEdrhz58VVCzSOQc6TFSjcT2zodW9aAS&#10;nXkwVXFbGZMYXK+WBtlW0MONrz5/maS3IvQ/1IyNyhaiWYsYb7JjLokKe6OinrHflWZVQdGPUiSp&#10;zVTvR0ipbBi2olIUqnV/fpJbb5EyTYARWZP/HrsDiC38FruNstOPpip1aW88+FtgrXFvkTyDDb1x&#10;XVnA9wAMZdV5bvUPRWpLE6u0gmL/iAyhnRHv5G1F73YnfHgUSENBT02DHh7o0AaanENHcVYC/nrv&#10;PupTr5KUs4aGLOf+50ag4sx8s9TFV8PxOE5lYsbnlyNi8FSyOpXYTb0EaochrRQnExn1gzmQGqF+&#10;oX2wiF5JJKwk3zmXAQ/MMrTDTxtFqsUiqdEkOhHu7JOTETxWNfbl8+5FoOuaN1Db38NhIMX0VQ+3&#10;utHSwmITQFepwY917epNU5wap9s4cU2c8knruBfnvwEAAP//AwBQSwMEFAAGAAgAAAAhAN9YhfLe&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2gHVKE2nggQXhCYKhx2z&#10;xrQVjVOadAv/HvcEN/s96/l7xTbaQRxx8r0jBekqAYHUONNTq+Dj/elqA8IHTUYPjlDBD3rYludn&#10;hc6NO9EbHuvQCg4hn2sFXQhjLqVvOrTar9yIxN6nm6wOvE6tNJM+cbgd5DpJMml1T/yh0yM+dth8&#10;1bPllD3uquemfo3pd/3wUs0ujcNeqcuLWN2DCBjD3zEs+IwOJTMd3EzGi0EBFwmsZrc3PC1+epdk&#10;IA6LtllfgywL+b9D+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFO1IaeQIAAF8FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDfWIXy3gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="57EE3C8C" id="Rektangel 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFO1IaeQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r06ytE2DOEWWosOA&#10;oi3WDj0rshQbkEWNUuJkTz9KdpysLXYY5oNMiuTHH5GcXe9qw7YKfQU258OzAWfKSigqu875j+fb&#10;TxPOfBC2EAasyvleeX49//hh1ripGkEJplDICMT6aeNyXobgplnmZalq4c/AKUtCDViLQCyuswJF&#10;Q+i1yUaDwUXWABYOQSrv6famFfJ5wtdayfCgtVeBmZxTbCGdmM5VPLP5TEzXKFxZyS4M8Q9R1KKy&#10;5LSHuhFBsA1Wb6DqSiJ40OFMQp2B1pVUKQfKZjh4lc1TKZxKuVBxvOvL5P8frLzfPrlHpDI0zk89&#10;kTGLncY6/ik+tkvF2vfFUrvAJF1enl8M6ONMkmw4STTBZEdrhz58VVCzSOQc6TFSjcT2zodW9aAS&#10;nXkwVXFbGZMYXK+WBtlW0MONrz5/maS3IvQ/1IyNyhaiWYsYb7JjLokKe6OinrHflWZVQdGPUiSp&#10;zVTvR0ipbBi2olIUqnV/fpJbb5EyTYARWZP/HrsDiC38FruNstOPpip1aW88+FtgrXFvkTyDDb1x&#10;XVnA9wAMZdV5bvUPRWpLE6u0gmL/iAyhnRHv5G1F73YnfHgUSENBT02DHh7o0AaanENHcVYC/nrv&#10;PupTr5KUs4aGLOf+50ag4sx8s9TFV8PxOE5lYsbnlyNi8FSyOpXYTb0EaochrRQnExn1gzmQGqF+&#10;oX2wiF5JJKwk3zmXAQ/MMrTDTxtFqsUiqdEkOhHu7JOTETxWNfbl8+5FoOuaN1Db38NhIMX0VQ+3&#10;utHSwmITQFepwY917epNU5wap9s4cU2c8knruBfnvwEAAP//AwBQSwMEFAAGAAgAAAAhAN9YhfLe&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2gHVKE2nggQXhCYKhx2z&#10;xrQVjVOadAv/HvcEN/s96/l7xTbaQRxx8r0jBekqAYHUONNTq+Dj/elqA8IHTUYPjlDBD3rYludn&#10;hc6NO9EbHuvQCg4hn2sFXQhjLqVvOrTar9yIxN6nm6wOvE6tNJM+cbgd5DpJMml1T/yh0yM+dth8&#10;1bPllD3uquemfo3pd/3wUs0ujcNeqcuLWN2DCBjD3zEs+IwOJTMd3EzGi0EBFwmsZrc3PC1+epdk&#10;IA6LtllfgywL+b9D+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFO1IaeQIAAF8FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDfWIXy3gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D6624FB" wp14:editId="64C27A2D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -8010,94 +7984,94 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="2C6F4730" id="Rektangel 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="21B47FCB" id="Rektangel 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30D37E72" w14:textId="77777777" w:rsidR="00A21354" w:rsidRDefault="00A21354" w:rsidP="00702A07">
+    <w:p w14:paraId="1A127595" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA6B45B" w14:textId="77777777" w:rsidR="00A21354" w:rsidRDefault="00A21354" w:rsidP="00702A07"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3F305B4E" w14:textId="77777777" w:rsidR="00A21354" w:rsidRDefault="00A21354" w:rsidP="00702A07"/>
+    <w:p w14:paraId="51359484" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="0F8F7F6C" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="0F180231" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="2718CEDF" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="7DC4F5E8" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="081ACEA1" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A4FFFA9" w14:textId="77777777" w:rsidR="00A21354" w:rsidRDefault="00A21354" w:rsidP="00702A07">
+    <w:p w14:paraId="47BB7DC4" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A0FD4BA" w14:textId="77777777" w:rsidR="00A21354" w:rsidRDefault="00A21354" w:rsidP="00702A07"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3E441B58" w14:textId="77777777" w:rsidR="00A21354" w:rsidRDefault="00A21354" w:rsidP="00702A07"/>
+    <w:p w14:paraId="7ED499A6" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="3D176027" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="44D092E8" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="10A0A6DA" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="7E2DA121" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
+    <w:p w14:paraId="378B6813" w14:textId="77777777" w:rsidR="002B5FD4" w:rsidRDefault="002B5FD4" w:rsidP="00702A07"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:id w:val="1085418684"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="01224C56" w14:textId="4A658449" w:rsidR="00147E54" w:rsidRDefault="00147E54" w:rsidP="00702A07">
         <w:pPr>
           <w:pStyle w:val="Sidhuvud"/>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
         </w:pPr>
         <w:r>
@@ -8127,51 +8101,51 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="28F5B82F" w14:textId="77777777" w:rsidR="003B2667" w:rsidRDefault="003B2667" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="275344D1" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
   <w:p w14:paraId="2EB99CE2" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
   <w:p w14:paraId="64F99723" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
   <w:p w14:paraId="166757A0" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
   <w:p w14:paraId="0816B6AA" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
   <w:p w14:paraId="0B976547" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D0B1E96" w14:textId="2B76FEB3" w:rsidR="00215DED" w:rsidRPr="00846B75" w:rsidRDefault="00CD23BD" w:rsidP="00E86465">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="10760"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-568"/>
     </w:pPr>
     <w:r w:rsidRPr="00846B75">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2813EEA8" wp14:editId="72CE0737">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6606540</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>286173</wp:posOffset>
               </wp:positionV>
@@ -8405,51 +8379,51 @@
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="003B2667" w:rsidRPr="00846B75">
       <w:t xml:space="preserve">   Version: </w:t>
     </w:r>
     <w:r w:rsidR="00AA0C08" w:rsidRPr="00846B75">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="003B5960" w:rsidRPr="00846B75">
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="00AA0C08" w:rsidRPr="00846B75">
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidR="00AB7E55">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="003B2667" w:rsidRPr="00846B75">
       <w:t xml:space="preserve">   </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="496C5CC0" w14:textId="43089565" w:rsidR="002B19E3" w:rsidRPr="002B19E3" w:rsidRDefault="00FD2ECD" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Allmntstyckeformat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="202476AC" wp14:editId="52C0F28B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>5715</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
@@ -8998,51 +8972,51 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="0409AEAE" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAze9ibsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfKf0Dcs3ijKIqs9eaQKLlE&#10;bdSPH0DwsEYCBgFde/99B3bXjppIVav6MGZg3puZx7C5m5xle4jJoO/4etVwBl5hb/yu4z++P17e&#10;cpay9L206KHjB0j8bnvxaTOGFq5wQNtDZETiUzuGjg85h1aIpAZwMq0wgKdDjdHJTG7ciT7Kkdid&#10;FVdNcyNGjH2IqCAl2n04HvJt5dcaVP6idYLMbMeptlxtrPa1WLHdyHYXZRiMOpUh/6EKJ42npDPV&#10;g8yS/YzmHZUzKmJCnVcKnUCtjYLaA3Wzbn7r5tsgA9ReSJwUZpnS/6NVn/f3/iWSDGNIbQovsXQx&#10;6ejKn+pjUxXrMIsFU2aKNm9urxv6OFPnM7EAQ0z5CdCxsui4Nb70IVu5f06ZklHoOaRsW19sQmv6&#10;R2NtdcoEwL2NbC/p7vK0LndFuDdR5BWkWEqvq3ywcGT9CpqZnopd1+x1qhZOqRT4fOa1nqILTFMF&#10;M7D5M/AUX6BQJ+5vwDOiZkafZ7AzHuNH2Rcp9DH+rMCx7yLBK/aHeqlVGhqdqtxpzMtsvvUrfHmM&#10;218AAAD//wMAUEsDBBQABgAIAAAAIQBvtt4M3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;S8NAEIbvgv9hGcGL2E0NSTVmUyTQiwfBRorHbXaaBLOzIbtt0n/vFIR6nHce3o98PdtenHD0nSMF&#10;y0UEAql2pqNGwVe1eXwG4YMmo3tHqOCMHtbF7U2uM+Mm+sTTNjSCTchnWkEbwpBJ6esWrfYLNyDx&#10;7+BGqwOfYyPNqCc2t718iqJUWt0RJ7R6wLLF+md7tAq+m4d4s6uomsrwcUjb+bx7T0ql7u/mt1cQ&#10;AedwheFSn6tDwZ327kjGi15Bkq6YZH2V8IQLsIzjFxD7P0kWufy/ofgFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAM3vYm7EBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAb7beDN4AAAALAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
+            <v:line w14:anchorId="2FD4555E" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAze9ibsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfKf0Dcs3ijKIqs9eaQKLlE&#10;bdSPH0DwsEYCBgFde/99B3bXjppIVav6MGZg3puZx7C5m5xle4jJoO/4etVwBl5hb/yu4z++P17e&#10;cpay9L206KHjB0j8bnvxaTOGFq5wQNtDZETiUzuGjg85h1aIpAZwMq0wgKdDjdHJTG7ciT7Kkdid&#10;FVdNcyNGjH2IqCAl2n04HvJt5dcaVP6idYLMbMeptlxtrPa1WLHdyHYXZRiMOpUh/6EKJ42npDPV&#10;g8yS/YzmHZUzKmJCnVcKnUCtjYLaA3Wzbn7r5tsgA9ReSJwUZpnS/6NVn/f3/iWSDGNIbQovsXQx&#10;6ejKn+pjUxXrMIsFU2aKNm9urxv6OFPnM7EAQ0z5CdCxsui4Nb70IVu5f06ZklHoOaRsW19sQmv6&#10;R2NtdcoEwL2NbC/p7vK0LndFuDdR5BWkWEqvq3ywcGT9CpqZnopd1+x1qhZOqRT4fOa1nqILTFMF&#10;M7D5M/AUX6BQJ+5vwDOiZkafZ7AzHuNH2Rcp9DH+rMCx7yLBK/aHeqlVGhqdqtxpzMtsvvUrfHmM&#10;218AAAD//wMAUEsDBBQABgAIAAAAIQBvtt4M3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;S8NAEIbvgv9hGcGL2E0NSTVmUyTQiwfBRorHbXaaBLOzIbtt0n/vFIR6nHce3o98PdtenHD0nSMF&#10;y0UEAql2pqNGwVe1eXwG4YMmo3tHqOCMHtbF7U2uM+Mm+sTTNjSCTchnWkEbwpBJ6esWrfYLNyDx&#10;7+BGqwOfYyPNqCc2t718iqJUWt0RJ7R6wLLF+md7tAq+m4d4s6uomsrwcUjb+bx7T0ql7u/mt1cQ&#10;AedwheFSn6tDwZ327kjGi15Bkq6YZH2V8IQLsIzjFxD7P0kWufy/ofgFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAM3vYm7EBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAb7beDN4AAAALAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="0069139A">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32AB8630" wp14:editId="10AD5B8D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>360045</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>289560</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1465200" cy="662400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="12" name="Bildobjekt 12"/>
@@ -9300,51 +9274,51 @@
                             <w:t>7</w:t>
                           </w:r>
                         </w:fldSimple>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                   <w:p w14:paraId="1C618B0E" w14:textId="77777777" w:rsidR="0069139A" w:rsidRDefault="0069139A" w:rsidP="00702A07">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:jc w:val="right"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B4883266"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="058446E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDE85F0A"/>
@@ -11361,55 +11335,55 @@
   <w:num w:numId="14" w16cid:durableId="614605202">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1229998277">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1840849726">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1618179867">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1614900698">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="718437240">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="352925065">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="jso9CQ4WIf/MOotHJ9JYWu7Qw5BS6TRlrjiZP13JAysgnh7smnWr5paavD38xm/l9p6CaX9bb3UjMHdQQxZGog==" w:salt="vuPKmzxecm0VhVIxF6I5IQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="zhTRhnm3/I7HIjQw6HJXh9UlZBgN4aOlzcGC14K9wRXUuynFoQGgNR7gkPh8qG4VXfSNWruAJBWCsvshAieBoQ==" w:salt="twgfeW+EHLBEQGgaV42eSQ=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF4E45"/>
     <w:rsid w:val="000005B2"/>
@@ -11505,50 +11479,51 @@
     <w:rsid w:val="00247FAC"/>
     <w:rsid w:val="0025106C"/>
     <w:rsid w:val="00251449"/>
     <w:rsid w:val="002520D5"/>
     <w:rsid w:val="00252EEA"/>
     <w:rsid w:val="002561E1"/>
     <w:rsid w:val="00261A56"/>
     <w:rsid w:val="00266D56"/>
     <w:rsid w:val="002709B5"/>
     <w:rsid w:val="00281E7D"/>
     <w:rsid w:val="00286FEE"/>
     <w:rsid w:val="0029094E"/>
     <w:rsid w:val="002928D1"/>
     <w:rsid w:val="00295CB9"/>
     <w:rsid w:val="00296CA3"/>
     <w:rsid w:val="002A1395"/>
     <w:rsid w:val="002A1E48"/>
     <w:rsid w:val="002A3011"/>
     <w:rsid w:val="002A4BA3"/>
     <w:rsid w:val="002A58D3"/>
     <w:rsid w:val="002A7B72"/>
     <w:rsid w:val="002B0E96"/>
     <w:rsid w:val="002B19E3"/>
     <w:rsid w:val="002B260D"/>
     <w:rsid w:val="002B54B4"/>
+    <w:rsid w:val="002B5FD4"/>
     <w:rsid w:val="002B62D8"/>
     <w:rsid w:val="002C5463"/>
     <w:rsid w:val="002C579F"/>
     <w:rsid w:val="002D41B8"/>
     <w:rsid w:val="002D54B3"/>
     <w:rsid w:val="002D6B31"/>
     <w:rsid w:val="002E1053"/>
     <w:rsid w:val="002E7A66"/>
     <w:rsid w:val="002F0A61"/>
     <w:rsid w:val="002F2FA3"/>
     <w:rsid w:val="002F5841"/>
     <w:rsid w:val="002F65EB"/>
     <w:rsid w:val="003009B6"/>
     <w:rsid w:val="00302FEB"/>
     <w:rsid w:val="00306DEB"/>
     <w:rsid w:val="0031150E"/>
     <w:rsid w:val="00311694"/>
     <w:rsid w:val="003155BF"/>
     <w:rsid w:val="00316B46"/>
     <w:rsid w:val="00321CE2"/>
     <w:rsid w:val="00325DF7"/>
     <w:rsid w:val="00326868"/>
     <w:rsid w:val="003303BE"/>
     <w:rsid w:val="0033297A"/>
     <w:rsid w:val="00334747"/>
@@ -11612,50 +11587,51 @@
     <w:rsid w:val="004D4251"/>
     <w:rsid w:val="004D6F32"/>
     <w:rsid w:val="004E2128"/>
     <w:rsid w:val="004E22AF"/>
     <w:rsid w:val="004E79CE"/>
     <w:rsid w:val="004F2855"/>
     <w:rsid w:val="004F4BBE"/>
     <w:rsid w:val="004F63DE"/>
     <w:rsid w:val="00502CA9"/>
     <w:rsid w:val="00504315"/>
     <w:rsid w:val="00504429"/>
     <w:rsid w:val="00515CE8"/>
     <w:rsid w:val="005163CB"/>
     <w:rsid w:val="00516493"/>
     <w:rsid w:val="005201D8"/>
     <w:rsid w:val="00521BE4"/>
     <w:rsid w:val="005223B0"/>
     <w:rsid w:val="00522EE8"/>
     <w:rsid w:val="0053082A"/>
     <w:rsid w:val="00533914"/>
     <w:rsid w:val="005351F9"/>
     <w:rsid w:val="00542A23"/>
     <w:rsid w:val="00542C43"/>
     <w:rsid w:val="00543CD2"/>
     <w:rsid w:val="00552726"/>
+    <w:rsid w:val="00555088"/>
     <w:rsid w:val="00556593"/>
     <w:rsid w:val="00556B22"/>
     <w:rsid w:val="00560A31"/>
     <w:rsid w:val="00560FE2"/>
     <w:rsid w:val="00563C0B"/>
     <w:rsid w:val="00570B0D"/>
     <w:rsid w:val="005766AE"/>
     <w:rsid w:val="00580C8E"/>
     <w:rsid w:val="00584185"/>
     <w:rsid w:val="00587378"/>
     <w:rsid w:val="0058754D"/>
     <w:rsid w:val="00593ACA"/>
     <w:rsid w:val="005A7A63"/>
     <w:rsid w:val="005A7CE4"/>
     <w:rsid w:val="005B07B4"/>
     <w:rsid w:val="005B39F6"/>
     <w:rsid w:val="005B62CC"/>
     <w:rsid w:val="005C015D"/>
     <w:rsid w:val="005C1C41"/>
     <w:rsid w:val="005D0C60"/>
     <w:rsid w:val="005D183D"/>
     <w:rsid w:val="005D4478"/>
     <w:rsid w:val="005E0ED9"/>
     <w:rsid w:val="005E14B0"/>
     <w:rsid w:val="005E1AD5"/>
@@ -11664,122 +11640,125 @@
     <w:rsid w:val="005E7423"/>
     <w:rsid w:val="005F3658"/>
     <w:rsid w:val="00602186"/>
     <w:rsid w:val="006047A5"/>
     <w:rsid w:val="00613E6F"/>
     <w:rsid w:val="006168B2"/>
     <w:rsid w:val="00620195"/>
     <w:rsid w:val="0062021C"/>
     <w:rsid w:val="00622071"/>
     <w:rsid w:val="00622859"/>
     <w:rsid w:val="00637846"/>
     <w:rsid w:val="00637D00"/>
     <w:rsid w:val="00640844"/>
     <w:rsid w:val="006412F5"/>
     <w:rsid w:val="00641A05"/>
     <w:rsid w:val="00643854"/>
     <w:rsid w:val="006465D8"/>
     <w:rsid w:val="006578B4"/>
     <w:rsid w:val="006610BB"/>
     <w:rsid w:val="00664474"/>
     <w:rsid w:val="0067034A"/>
     <w:rsid w:val="0067155A"/>
     <w:rsid w:val="006754C0"/>
     <w:rsid w:val="00675EE1"/>
     <w:rsid w:val="00681D6E"/>
+    <w:rsid w:val="006834C2"/>
     <w:rsid w:val="0069139A"/>
     <w:rsid w:val="00696A51"/>
     <w:rsid w:val="006A25BC"/>
     <w:rsid w:val="006A2643"/>
     <w:rsid w:val="006A3572"/>
     <w:rsid w:val="006B1079"/>
     <w:rsid w:val="006C19D4"/>
     <w:rsid w:val="006C2227"/>
     <w:rsid w:val="006C353A"/>
     <w:rsid w:val="006C4582"/>
     <w:rsid w:val="006C55DB"/>
     <w:rsid w:val="006D1613"/>
     <w:rsid w:val="006D28B7"/>
     <w:rsid w:val="006E2C1E"/>
     <w:rsid w:val="006E7ED4"/>
     <w:rsid w:val="006F1933"/>
     <w:rsid w:val="006F62A2"/>
     <w:rsid w:val="00702A07"/>
     <w:rsid w:val="00703E24"/>
     <w:rsid w:val="00707384"/>
     <w:rsid w:val="007076C1"/>
     <w:rsid w:val="00710D98"/>
     <w:rsid w:val="00715DF6"/>
     <w:rsid w:val="00724784"/>
     <w:rsid w:val="007324DE"/>
     <w:rsid w:val="00733713"/>
     <w:rsid w:val="007403AC"/>
     <w:rsid w:val="00745C83"/>
     <w:rsid w:val="00747159"/>
+    <w:rsid w:val="007520AF"/>
     <w:rsid w:val="0075321C"/>
     <w:rsid w:val="00753938"/>
     <w:rsid w:val="007552D5"/>
     <w:rsid w:val="007554AF"/>
     <w:rsid w:val="007600B9"/>
     <w:rsid w:val="007715E3"/>
     <w:rsid w:val="007771BF"/>
     <w:rsid w:val="007802AC"/>
     <w:rsid w:val="00783F02"/>
     <w:rsid w:val="00784347"/>
     <w:rsid w:val="00784B2E"/>
     <w:rsid w:val="00784B58"/>
     <w:rsid w:val="00785F72"/>
     <w:rsid w:val="007917F8"/>
     <w:rsid w:val="00795CAF"/>
     <w:rsid w:val="00797BC1"/>
     <w:rsid w:val="00797EC2"/>
     <w:rsid w:val="007A03EA"/>
     <w:rsid w:val="007A0F1C"/>
     <w:rsid w:val="007A19E7"/>
     <w:rsid w:val="007A6F94"/>
     <w:rsid w:val="007B368C"/>
     <w:rsid w:val="007B5EFD"/>
     <w:rsid w:val="007C3D1E"/>
     <w:rsid w:val="007C6370"/>
     <w:rsid w:val="007E5B89"/>
     <w:rsid w:val="007F2199"/>
     <w:rsid w:val="007F25F4"/>
     <w:rsid w:val="007F261C"/>
     <w:rsid w:val="007F37A6"/>
     <w:rsid w:val="007F4D6D"/>
     <w:rsid w:val="00805A26"/>
     <w:rsid w:val="008119A4"/>
     <w:rsid w:val="00812A1F"/>
     <w:rsid w:val="00812AEB"/>
     <w:rsid w:val="008163F4"/>
     <w:rsid w:val="00824EF2"/>
     <w:rsid w:val="00825FD6"/>
     <w:rsid w:val="00826A6D"/>
     <w:rsid w:val="0082725A"/>
     <w:rsid w:val="0083021B"/>
     <w:rsid w:val="00836B28"/>
     <w:rsid w:val="008374E2"/>
+    <w:rsid w:val="0084013E"/>
     <w:rsid w:val="00846B75"/>
     <w:rsid w:val="00856BB4"/>
     <w:rsid w:val="00857FC0"/>
     <w:rsid w:val="008620B3"/>
     <w:rsid w:val="0086443A"/>
     <w:rsid w:val="00866FF5"/>
     <w:rsid w:val="00870D6D"/>
     <w:rsid w:val="00874C68"/>
     <w:rsid w:val="00876907"/>
     <w:rsid w:val="00887423"/>
     <w:rsid w:val="00896D3C"/>
     <w:rsid w:val="008A039F"/>
     <w:rsid w:val="008A0AE0"/>
     <w:rsid w:val="008A471F"/>
     <w:rsid w:val="008A73DF"/>
     <w:rsid w:val="008B0108"/>
     <w:rsid w:val="008B300F"/>
     <w:rsid w:val="008C10CA"/>
     <w:rsid w:val="008C6A5B"/>
     <w:rsid w:val="008C713F"/>
     <w:rsid w:val="008E0A45"/>
     <w:rsid w:val="008E177D"/>
     <w:rsid w:val="008E5E1E"/>
     <w:rsid w:val="008F0CC0"/>
     <w:rsid w:val="008F5EAE"/>
@@ -11844,50 +11823,51 @@
     <w:rsid w:val="00A83EEB"/>
     <w:rsid w:val="00A86D37"/>
     <w:rsid w:val="00A9341F"/>
     <w:rsid w:val="00A96D73"/>
     <w:rsid w:val="00A97A1A"/>
     <w:rsid w:val="00AA0C08"/>
     <w:rsid w:val="00AA497D"/>
     <w:rsid w:val="00AA5EBD"/>
     <w:rsid w:val="00AA70AD"/>
     <w:rsid w:val="00AB28BF"/>
     <w:rsid w:val="00AB3F3A"/>
     <w:rsid w:val="00AB68DE"/>
     <w:rsid w:val="00AB7E55"/>
     <w:rsid w:val="00AD788D"/>
     <w:rsid w:val="00AD7A03"/>
     <w:rsid w:val="00AE2D12"/>
     <w:rsid w:val="00AE3E99"/>
     <w:rsid w:val="00AE63D2"/>
     <w:rsid w:val="00AE73A5"/>
     <w:rsid w:val="00AE769F"/>
     <w:rsid w:val="00AF0700"/>
     <w:rsid w:val="00AF20EE"/>
     <w:rsid w:val="00AF53CA"/>
     <w:rsid w:val="00B17003"/>
     <w:rsid w:val="00B175B3"/>
+    <w:rsid w:val="00B17F6F"/>
     <w:rsid w:val="00B24269"/>
     <w:rsid w:val="00B35637"/>
     <w:rsid w:val="00B362DB"/>
     <w:rsid w:val="00B365D4"/>
     <w:rsid w:val="00B47B3E"/>
     <w:rsid w:val="00B5331E"/>
     <w:rsid w:val="00B53E45"/>
     <w:rsid w:val="00B55D6F"/>
     <w:rsid w:val="00B70035"/>
     <w:rsid w:val="00B71698"/>
     <w:rsid w:val="00B72F4B"/>
     <w:rsid w:val="00B77BF9"/>
     <w:rsid w:val="00B84808"/>
     <w:rsid w:val="00B92015"/>
     <w:rsid w:val="00BA583B"/>
     <w:rsid w:val="00BC10BB"/>
     <w:rsid w:val="00BC2714"/>
     <w:rsid w:val="00BD2225"/>
     <w:rsid w:val="00BD5993"/>
     <w:rsid w:val="00BD77EB"/>
     <w:rsid w:val="00BD7A4B"/>
     <w:rsid w:val="00BD7F35"/>
     <w:rsid w:val="00BE011B"/>
     <w:rsid w:val="00BE1A5A"/>
     <w:rsid w:val="00BE27F4"/>
@@ -11919,53 +11899,55 @@
     <w:rsid w:val="00C62F8A"/>
     <w:rsid w:val="00C662A6"/>
     <w:rsid w:val="00C66B7D"/>
     <w:rsid w:val="00C82777"/>
     <w:rsid w:val="00C839DE"/>
     <w:rsid w:val="00C90573"/>
     <w:rsid w:val="00C92FD3"/>
     <w:rsid w:val="00C93F0B"/>
     <w:rsid w:val="00C94864"/>
     <w:rsid w:val="00CA3D6F"/>
     <w:rsid w:val="00CA4F42"/>
     <w:rsid w:val="00CD0F92"/>
     <w:rsid w:val="00CD1A5B"/>
     <w:rsid w:val="00CD23BD"/>
     <w:rsid w:val="00CF0154"/>
     <w:rsid w:val="00CF099F"/>
     <w:rsid w:val="00CF123B"/>
     <w:rsid w:val="00D01EF7"/>
     <w:rsid w:val="00D06DCA"/>
     <w:rsid w:val="00D10EF2"/>
     <w:rsid w:val="00D219DC"/>
     <w:rsid w:val="00D30ECF"/>
     <w:rsid w:val="00D52191"/>
     <w:rsid w:val="00D524AB"/>
     <w:rsid w:val="00D52CA1"/>
+    <w:rsid w:val="00D558E2"/>
     <w:rsid w:val="00D62D35"/>
     <w:rsid w:val="00D66DAB"/>
     <w:rsid w:val="00D67470"/>
+    <w:rsid w:val="00D726E4"/>
     <w:rsid w:val="00D744A2"/>
     <w:rsid w:val="00D76BF4"/>
     <w:rsid w:val="00D839AF"/>
     <w:rsid w:val="00D87EAA"/>
     <w:rsid w:val="00D96014"/>
     <w:rsid w:val="00DA55FB"/>
     <w:rsid w:val="00DC00E5"/>
     <w:rsid w:val="00DC3330"/>
     <w:rsid w:val="00DC6586"/>
     <w:rsid w:val="00DD1285"/>
     <w:rsid w:val="00DE656F"/>
     <w:rsid w:val="00E02EF7"/>
     <w:rsid w:val="00E13B17"/>
     <w:rsid w:val="00E1595F"/>
     <w:rsid w:val="00E15ECA"/>
     <w:rsid w:val="00E17759"/>
     <w:rsid w:val="00E22011"/>
     <w:rsid w:val="00E23CB0"/>
     <w:rsid w:val="00E2443D"/>
     <w:rsid w:val="00E248C0"/>
     <w:rsid w:val="00E255AE"/>
     <w:rsid w:val="00E25D5F"/>
     <w:rsid w:val="00E261E5"/>
     <w:rsid w:val="00E3593F"/>
     <w:rsid w:val="00E40A8B"/>
@@ -12049,51 +12031,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7DE12DFF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{73844471-D9AC-934C-90EA-BFE13C99408E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13042,262 +13024,277 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00252EEA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="919827492">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B17C47E31F8E4350AEAF75383B610426"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5D93DAC9-DF2E-464B-9CCF-12D17123D3BE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E50F39" w:rsidRDefault="00E50F39"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A33522BD7FFE490C84A1F65E95506463"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{45D63B11-CC7B-4063-A9E7-DAB4B2285677}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E50F39" w:rsidRDefault="00E50F39"/>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (CS-rubriker)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BC3E42"/>
+    <w:rsid w:val="0084013E"/>
+    <w:rsid w:val="00B55C4B"/>
     <w:rsid w:val="00BC3E42"/>
+    <w:rsid w:val="00D558E2"/>
     <w:rsid w:val="00E50F39"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13684,51 +13681,51 @@
   <w:style w:type="table" w:default="1" w:styleId="Normaltabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -14006,76 +14003,76 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="Gost – Titelsortering" Version="2003"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DE50568-C53B-44D1-A8E6-22AADF711C82}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1166</Words>
-  <Characters>6181</Characters>
+  <Words>1164</Words>
+  <Characters>6174</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>51</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>L1.1. Inrättande av provsamling för forskning </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7333</CharactersWithSpaces>
+  <CharactersWithSpaces>7324</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jesper Persson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>