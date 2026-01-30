--- v0 (2025-10-03)
+++ v1 (2026-01-30)
@@ -12,79 +12,79 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="14E31B02" w14:textId="77777777" w:rsidR="006C3F40" w:rsidRDefault="006C3F40" w:rsidP="006C3F40">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2831"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="3537"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00550008" w:rsidRPr="006E7CA3" w14:paraId="02B440C5" w14:textId="77777777" w:rsidTr="006F0498">
+      <w:tr w:rsidR="00550008" w:rsidRPr="009B021D" w14:paraId="02B440C5" w14:textId="77777777" w:rsidTr="006F0498">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
           </w:tcPr>
           <w:p w14:paraId="28F96569" w14:textId="4F928DE8" w:rsidR="00550008" w:rsidRPr="00550008" w:rsidRDefault="00550008" w:rsidP="00550008">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:spacing w:before="80" w:after="40"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972F46">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>To be completed by the biobank</w:t>
             </w:r>
             <w:r w:rsidRPr="00972F46">
               <w:rPr>
@@ -497,51 +497,51 @@
       <w:r w:rsidRPr="009F58B5">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00787B14">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Application for e</w:t>
       </w:r>
       <w:r w:rsidR="00AC298E" w:rsidRPr="00AC298E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>stablishment of sample collection for research</w:t>
       </w:r>
       <w:r w:rsidR="00281E7D" w:rsidRPr="00AC298E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4E7985" w14:textId="63EABDCB" w:rsidR="000610E3" w:rsidRPr="004F2309" w:rsidRDefault="00DE7779" w:rsidP="000610E3">
+    <w:p w14:paraId="7E4E7985" w14:textId="66B88CDD" w:rsidR="000610E3" w:rsidRPr="004F2309" w:rsidRDefault="00DE7779" w:rsidP="000610E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE7779">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">All samples covered by the Biobank Act must be </w:t>
       </w:r>
       <w:r w:rsidR="00D930C8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>established in</w:t>
@@ -576,80 +576,71 @@
       <w:r w:rsidRPr="00DE7779">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the establishment of a sample collection for research in a biobank. The form also </w:t>
       </w:r>
       <w:r w:rsidR="008D72C2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>handles</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7779">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the regulation of access to samples in the established sample collection. See document K4. Instructions for forms L1.1</w:t>
+        <w:t xml:space="preserve"> the regulation of access to samples in the established sample collection. See document K4.</w:t>
       </w:r>
-      <w:r w:rsidR="00787B14">
+      <w:r w:rsidR="000D5175">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7779">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> L1.2</w:t>
+        <w:t xml:space="preserve"> Instructions for forms L1.1</w:t>
       </w:r>
-      <w:r w:rsidR="00787B14">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DE7779">
+      <w:r w:rsidR="000D5175">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="603295CF" w14:textId="4C627045" w:rsidR="00261A56" w:rsidRPr="004F2309" w:rsidRDefault="00285856" w:rsidP="00B84808">
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk136010170"/>
       <w:r w:rsidRPr="00285856">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -1432,51 +1423,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000610E3" w:rsidRPr="006E7CA3" w14:paraId="4235D1F7" w14:textId="77777777" w:rsidTr="000F2330">
+      <w:tr w:rsidR="000610E3" w:rsidRPr="009B021D" w14:paraId="4235D1F7" w14:textId="77777777" w:rsidTr="000F2330">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4AD71A89" w14:textId="4B2406CB" w:rsidR="002F0A61" w:rsidRPr="004F2309" w:rsidRDefault="006704AC" w:rsidP="00F901A2">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="000610E3" w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -1516,51 +1507,51 @@
           <w:p w14:paraId="6E6F62FF" w14:textId="30604EA0" w:rsidR="000610E3" w:rsidRPr="004F2309" w:rsidRDefault="009B1C0C" w:rsidP="002F641A">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:spacing w:before="60" w:after="80"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B1C0C">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Handling of samples must fall under the ethical approval.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000610E3" w:rsidRPr="006E7CA3" w14:paraId="11CB7E8F" w14:textId="77777777" w:rsidTr="0094750D">
+      <w:tr w:rsidR="000610E3" w:rsidRPr="009B021D" w14:paraId="11CB7E8F" w14:textId="77777777" w:rsidTr="0094750D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3964" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="25C4B7FD" w14:textId="7B062E2C" w:rsidR="000610E3" w:rsidRPr="004F2309" w:rsidRDefault="006704AC" w:rsidP="00F901A2">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="000610E3" w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">.4.1 </w:t>
@@ -1944,51 +1935,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E86327" w:rsidRPr="006E7CA3" w14:paraId="15F99B56" w14:textId="59964E49" w:rsidTr="007403AC">
+      <w:tr w:rsidR="00E86327" w:rsidRPr="009B021D" w14:paraId="15F99B56" w14:textId="59964E49" w:rsidTr="007403AC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="68C54B9A" w14:textId="4C6A997B" w:rsidR="00E86327" w:rsidRPr="004F2309" w:rsidRDefault="00615963" w:rsidP="00E86327">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00E86327" w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">.2 </w:t>
             </w:r>
@@ -2700,51 +2691,51 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
-      <w:tr w:rsidR="00812AEB" w:rsidRPr="006E7CA3" w14:paraId="448210B5" w14:textId="77777777" w:rsidTr="007403AC">
+      <w:tr w:rsidR="00812AEB" w:rsidRPr="009B021D" w14:paraId="448210B5" w14:textId="77777777" w:rsidTr="007403AC">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="318F7B88" w14:textId="2E8C2FEC" w:rsidR="00812AEB" w:rsidRPr="00473699" w:rsidRDefault="00615963" w:rsidP="00812AEB">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00812AEB" w:rsidRPr="00473699">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -3099,51 +3090,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007403AC" w:rsidRPr="006E7CA3" w14:paraId="1653150D" w14:textId="1EF5FDDF" w:rsidTr="007403AC">
+      <w:tr w:rsidR="007403AC" w:rsidRPr="009B021D" w14:paraId="1653150D" w14:textId="1EF5FDDF" w:rsidTr="007403AC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7BEBAA9C" w14:textId="0AD721D6" w:rsidR="007403AC" w:rsidRPr="004F2309" w:rsidRDefault="00615963" w:rsidP="007403AC">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="007403AC" w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="003F2E82" w:rsidRPr="004F2309">
@@ -3719,51 +3710,51 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="60926BB0" w14:textId="6C3A18A0" w:rsidR="005C015D" w:rsidRPr="004F2309" w:rsidRDefault="005C015D" w:rsidP="00C62D88">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4815"/>
         <w:gridCol w:w="4814"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00481AA3" w:rsidRPr="006E7CA3" w14:paraId="7E7304C6" w14:textId="77777777" w:rsidTr="006F25AC">
+      <w:tr w:rsidR="00481AA3" w:rsidRPr="009B021D" w14:paraId="7E7304C6" w14:textId="77777777" w:rsidTr="006F25AC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E9E9E9"/>
           </w:tcPr>
           <w:p w14:paraId="2408BE23" w14:textId="6BE14354" w:rsidR="00481AA3" w:rsidRPr="002F5A16" w:rsidRDefault="002F5A16" w:rsidP="00F901A2">
             <w:pPr>
               <w:pStyle w:val="Tabell-titelbaseradpR2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk133501875"/>
             <w:r w:rsidRPr="002F5A16">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Responsible biobank</w:t>
             </w:r>
             <w:r w:rsidR="00521BE4" w:rsidRPr="002F5A16">
@@ -4435,80 +4426,80 @@
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="258E1070" w14:textId="77777777" w:rsidR="0002670D" w:rsidRPr="004F2309" w:rsidRDefault="0002670D" w:rsidP="00C62D88">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4814"/>
         <w:gridCol w:w="4815"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC0DCC" w:rsidRPr="006E7CA3" w14:paraId="1029A454" w14:textId="77777777" w:rsidTr="006F25AC">
+      <w:tr w:rsidR="00EC0DCC" w:rsidRPr="009B021D" w14:paraId="1029A454" w14:textId="77777777" w:rsidTr="006F25AC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E9E9E9"/>
           </w:tcPr>
           <w:p w14:paraId="53D43CB4" w14:textId="369628A2" w:rsidR="00EC0DCC" w:rsidRPr="004F2309" w:rsidRDefault="00AE02B8" w:rsidP="00C62D88">
             <w:pPr>
               <w:pStyle w:val="Tabell-titelbaseradpR2"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>The sample collection that is to be established</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7A63" w:rsidRPr="006E7CA3" w14:paraId="67CE52E0" w14:textId="77777777" w:rsidTr="001E35E6">
+      <w:tr w:rsidR="005A7A63" w:rsidRPr="009B021D" w14:paraId="67CE52E0" w14:textId="77777777" w:rsidTr="001E35E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="73F2F4F8" w14:textId="61A54B96" w:rsidR="005A7A63" w:rsidRPr="00901BB6" w:rsidRDefault="00205C65" w:rsidP="001E35E6">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="005A7A63" w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">.1 </w:t>
@@ -4549,57 +4540,57 @@
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00961750" w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>more than one alternative can be stated</w:t>
             </w:r>
             <w:r w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0DCC" w:rsidRPr="006E7CA3" w14:paraId="0D49BD8B" w14:textId="77777777" w:rsidTr="00F901A2">
+      <w:tr w:rsidR="00EC0DCC" w:rsidRPr="009B021D" w14:paraId="0D49BD8B" w14:textId="77777777" w:rsidTr="00F901A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8C4E3C" w14:textId="75CA494A" w:rsidR="007F4D6D" w:rsidRPr="00901BB6" w:rsidRDefault="006E7CA3" w:rsidP="00502CA9">
+          <w:p w14:paraId="3C8C4E3C" w14:textId="75CA494A" w:rsidR="007F4D6D" w:rsidRPr="00901BB6" w:rsidRDefault="009B021D" w:rsidP="00502CA9">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-2141172753"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E17759" w:rsidRPr="00901BB6">
                   <w:rPr>
@@ -4766,51 +4757,51 @@
               <w:t>pathology)</w:t>
             </w:r>
             <w:r w:rsidR="00AB0ED9" w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> is to be specified as </w:t>
             </w:r>
             <w:r w:rsidR="007A1605" w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">existing samples in this agreement. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79E6375B" w14:textId="23432DBF" w:rsidR="001E3491" w:rsidRPr="00901BB6" w:rsidRDefault="006E7CA3" w:rsidP="00CE712D">
+          <w:p w14:paraId="79E6375B" w14:textId="23432DBF" w:rsidR="001E3491" w:rsidRPr="00901BB6" w:rsidRDefault="009B021D" w:rsidP="00CE712D">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:ind w:left="284" w:hanging="284"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-280194364"/>
                 <w:placeholder>
                   <w:docPart w:val="441ADCDBB40D48A1858C22218ED06B80"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -4906,51 +4897,51 @@
             <w:r w:rsidR="003A6793" w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ices</w:t>
             </w:r>
             <w:r w:rsidR="00D64D84" w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EE771F" w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>shall be attached:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FE684A4" w14:textId="26873739" w:rsidR="001E3491" w:rsidRPr="00901BB6" w:rsidRDefault="006E7CA3" w:rsidP="00F53B07">
+          <w:p w14:paraId="0FE684A4" w14:textId="26873739" w:rsidR="001E3491" w:rsidRPr="00901BB6" w:rsidRDefault="009B021D" w:rsidP="00F53B07">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="255"/>
               </w:tabs>
               <w:ind w:left="255"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:bCs/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-826440950"/>
                 <w:placeholder>
                   <w:docPart w:val="7207B73E8CC24B6385C2DFEAF6FCF126"/>
                 </w:placeholder>
                 <w14:checkbox>
@@ -4999,51 +4990,51 @@
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="00F64416" w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="000B0A68" w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Appendix – Information about existing clinical samples in pathology and cytology biobanks.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="197B2E52" w14:textId="32EEBFEE" w:rsidR="001E3491" w:rsidRPr="00901BB6" w:rsidRDefault="006E7CA3" w:rsidP="00F53B07">
+          <w:p w14:paraId="197B2E52" w14:textId="32EEBFEE" w:rsidR="001E3491" w:rsidRPr="00901BB6" w:rsidRDefault="009B021D" w:rsidP="00F53B07">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="255"/>
               </w:tabs>
               <w:ind w:left="255"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2144847178"/>
                 <w:placeholder>
                   <w:docPart w:val="0626B72843DE406A8BD9A88B91EF9618"/>
                 </w:placeholder>
                 <w14:checkbox>
@@ -5078,51 +5069,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>L1b</w:t>
             </w:r>
             <w:r w:rsidR="00B728F0" w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>. Appendix – Information about existing biobank samples</w:t>
             </w:r>
             <w:r w:rsidR="00D0594D" w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25ACAFBF" w14:textId="44AD0B6C" w:rsidR="001E3491" w:rsidRPr="00901BB6" w:rsidRDefault="006E7CA3" w:rsidP="00F53B07">
+          <w:p w14:paraId="25ACAFBF" w14:textId="44AD0B6C" w:rsidR="001E3491" w:rsidRPr="00901BB6" w:rsidRDefault="009B021D" w:rsidP="00F53B07">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="255"/>
               </w:tabs>
               <w:ind w:left="255"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="514193267"/>
                 <w:placeholder>
                   <w:docPart w:val="CA372EEB08474A2B8CABFCE073212AEA"/>
                 </w:placeholder>
                 <w14:checkbox>
@@ -5182,51 +5173,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidR="00B728F0" w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Information about </w:t>
             </w:r>
             <w:r w:rsidR="00D0594D" w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>existing samples in the PKU biobank. (Swedish only)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FCA41C2" w14:textId="0FA57991" w:rsidR="001E3491" w:rsidRPr="00901BB6" w:rsidRDefault="006E7CA3" w:rsidP="00502CA9">
+          <w:p w14:paraId="7FCA41C2" w14:textId="0FA57991" w:rsidR="001E3491" w:rsidRPr="00901BB6" w:rsidRDefault="009B021D" w:rsidP="00502CA9">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="447"/>
               </w:tabs>
               <w:ind w:left="255" w:hanging="255"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1925609205"/>
                 <w:placeholder>
                   <w:docPart w:val="1310A9106A3B4701B585A0FDD1DD710F"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -5307,98 +5298,121 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">(form L1.2) </w:t>
             </w:r>
             <w:r w:rsidR="004A1E05" w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>shall</w:t>
             </w:r>
             <w:r w:rsidR="00580F9D" w:rsidRPr="00901BB6">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> be established. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B254D" w:rsidRPr="006E7CA3" w14:paraId="0070C20A" w14:textId="77777777" w:rsidTr="00F901A2">
+      <w:tr w:rsidR="009B254D" w:rsidRPr="009B021D" w14:paraId="0070C20A" w14:textId="77777777" w:rsidTr="00F901A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6641AC02" w14:textId="63A3D4B0" w:rsidR="009B254D" w:rsidRPr="00B51FC1" w:rsidRDefault="007B531F" w:rsidP="00C62D88">
+          <w:p w14:paraId="16A3997F" w14:textId="77777777" w:rsidR="009B254D" w:rsidRDefault="007B531F" w:rsidP="00C62D88">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="003B56EA" w:rsidRPr="00B51FC1">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">.2 </w:t>
             </w:r>
             <w:r w:rsidR="00672A3E" w:rsidRPr="00B51FC1">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Samples shall be acce</w:t>
             </w:r>
             <w:r w:rsidR="00CD43F0" w:rsidRPr="00B51FC1">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>ss</w:t>
             </w:r>
             <w:r w:rsidR="00672A3E" w:rsidRPr="00B51FC1">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">ible </w:t>
             </w:r>
             <w:r w:rsidR="00D43A5F" w:rsidRPr="00B51FC1">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>to the study</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6641AC02" w14:textId="68E429DD" w:rsidR="0074047F" w:rsidRPr="00056708" w:rsidRDefault="0074047F" w:rsidP="00056708">
+            <w:pPr>
+              <w:pStyle w:val="TabellrubrikbaseradpR3"/>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0074047F">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>(the period during which samples must be available for the study, including follow-up analyses for the study)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B56EA" w:rsidRPr="004F2309" w14:paraId="3B55CBA4" w14:textId="77777777" w:rsidTr="00072282">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2383D3D1" w14:textId="29E86038" w:rsidR="003B56EA" w:rsidRPr="004F2309" w:rsidRDefault="007B531F" w:rsidP="00C62D88">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -5643,110 +5657,171 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B254D" w:rsidRPr="006E7CA3" w14:paraId="0CC3D377" w14:textId="77777777" w:rsidTr="00F75CAB">
+      <w:tr w:rsidR="009B254D" w:rsidRPr="009B021D" w14:paraId="0CC3D377" w14:textId="77777777" w:rsidTr="00F75CAB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="192DCAA5" w14:textId="70D2B7DC" w:rsidR="009B254D" w:rsidRPr="00F21139" w:rsidRDefault="007B531F" w:rsidP="00C62D88">
+          <w:p w14:paraId="4D0AC473" w14:textId="77777777" w:rsidR="009B254D" w:rsidRDefault="007B531F" w:rsidP="00C62D88">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00795CAF" w:rsidRPr="00F21139">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.3 </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF25FF" w:rsidRPr="00F21139">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Samples shall </w:t>
+            </w:r>
+            <w:r w:rsidR="00102D1E" w:rsidRPr="00F21139">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">be kept </w:t>
+            </w:r>
+            <w:r w:rsidR="00417BE6" w:rsidRPr="00F21139">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>after the study is completed</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="192DCAA5" w14:textId="766F99E1" w:rsidR="00546774" w:rsidRPr="00143A05" w:rsidRDefault="001F57C8" w:rsidP="00056708">
+            <w:pPr>
+              <w:pStyle w:val="TabellrubrikbaseradpR3"/>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...25 lines deleted...]
-              <w:t>after the study is completed</w:t>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00546774" w:rsidRPr="00143A05">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applies to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>keeping</w:t>
+            </w:r>
+            <w:r w:rsidR="00546774" w:rsidRPr="00143A05">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for future research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F75CAB" w:rsidRPr="004F2309" w14:paraId="5115B3BD" w14:textId="77777777" w:rsidTr="00F75CAB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4910A3B1" w14:textId="7A96AF34" w:rsidR="00F75CAB" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="00C62D88">
+          <w:p w14:paraId="4910A3B1" w14:textId="7A96AF34" w:rsidR="00F75CAB" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="00C62D88">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1123607665"/>
                 <w:placeholder>
                   <w:docPart w:val="59C8B2B6C27E4B8986B06A187005054D"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5893,51 +5968,51 @@
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> until further notice</w:t>
             </w:r>
             <w:r w:rsidR="00F75CAB" w:rsidRPr="004F2309">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12CCAD01" w14:textId="19790280" w:rsidR="00F75CAB" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="00C62D88">
+          <w:p w14:paraId="12CCAD01" w14:textId="19790280" w:rsidR="00F75CAB" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="00C62D88">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="334269198"/>
                 <w:placeholder>
                   <w:docPart w:val="D44C6E96D2F24C3D896249344EF04461"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5975,94 +6050,94 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="247CFEDF" w14:textId="77777777" w:rsidR="00EC0DCC" w:rsidRPr="004F2309" w:rsidRDefault="00EC0DCC" w:rsidP="00D66DAB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9629"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D66DAB" w:rsidRPr="006E7CA3" w14:paraId="6AED95CE" w14:textId="77777777" w:rsidTr="00D66DAB">
+      <w:tr w:rsidR="00D66DAB" w:rsidRPr="009B021D" w14:paraId="6AED95CE" w14:textId="77777777" w:rsidTr="00D66DAB">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FB12BE4" w14:textId="7D945F32" w:rsidR="00D66DAB" w:rsidRPr="00F21139" w:rsidRDefault="007B531F" w:rsidP="00D66DAB">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:keepLines/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00D66DAB" w:rsidRPr="00F21139">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">.4 </w:t>
             </w:r>
             <w:r w:rsidR="00F21139" w:rsidRPr="00F21139">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Samples that will be included in the sample collection</w:t>
             </w:r>
             <w:r w:rsidR="00D66DAB" w:rsidRPr="00F21139">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D66DAB" w:rsidRPr="006E7CA3" w14:paraId="727C7790" w14:textId="77777777" w:rsidTr="00D66DAB">
+      <w:tr w:rsidR="00D66DAB" w:rsidRPr="009B021D" w14:paraId="727C7790" w14:textId="77777777" w:rsidTr="00D66DAB">
         <w:trPr>
           <w:trHeight w:val="352"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3798E0B8" w14:textId="0E6B0FCD" w:rsidR="00D66DAB" w:rsidRPr="004C60DE" w:rsidRDefault="004C60DE" w:rsidP="00D66DAB">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F2C00">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Instruction for </w:t>
             </w:r>
             <w:r w:rsidR="009F2C00" w:rsidRPr="009F2C00">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
@@ -6461,59 +6536,59 @@
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00FB2172" w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">.4.1 </w:t>
             </w:r>
             <w:r w:rsidR="00E168EC">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Newly collected samples</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00874C68" w:rsidRPr="006E7CA3" w14:paraId="08A0133C" w14:textId="77777777" w:rsidTr="000047BA">
+      <w:tr w:rsidR="00874C68" w:rsidRPr="009B021D" w14:paraId="08A0133C" w14:textId="77777777" w:rsidTr="000047BA">
         <w:trPr>
           <w:trHeight w:val="383"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76996AB0" w14:textId="352A6E07" w:rsidR="00874C68" w:rsidRPr="00D92173" w:rsidRDefault="00866FF5" w:rsidP="00797EC2">
+          <w:p w14:paraId="76996AB0" w14:textId="5E6AEF5F" w:rsidR="00874C68" w:rsidRPr="00D92173" w:rsidRDefault="00866FF5" w:rsidP="00797EC2">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D92173">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">A. </w:t>
             </w:r>
             <w:r w:rsidR="00E168EC" w:rsidRPr="00D92173">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -6559,51 +6634,67 @@
               </w:rPr>
               <w:t>ce</w:t>
             </w:r>
             <w:r w:rsidR="00335DFE" w:rsidRPr="00D92173">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>, se</w:t>
             </w:r>
             <w:r w:rsidR="00D92173" w:rsidRPr="00D92173">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00335DFE" w:rsidRPr="00D92173">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> K4)</w:t>
+              <w:t xml:space="preserve"> K4</w:t>
+            </w:r>
+            <w:r w:rsidR="00143A05">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00335DFE" w:rsidRPr="00D92173">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="769EE668" w14:textId="2244BFB8" w:rsidR="00874C68" w:rsidRPr="004F2309" w:rsidRDefault="00866FF5" w:rsidP="00797EC2">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
@@ -7110,51 +7201,51 @@
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17D93DBD" w14:textId="06E73893" w:rsidR="00874C68" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007A0F1C">
+          <w:p w14:paraId="17D93DBD" w14:textId="06E73893" w:rsidR="00874C68" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007A0F1C">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-2011058808"/>
                 <w:placeholder>
                   <w:docPart w:val="9AABB06BBEC746CC82B39D62FDD04221"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -7483,51 +7574,51 @@
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="697D6334" w14:textId="3AD28FB6" w:rsidR="000047BA" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007A0F1C">
+          <w:p w14:paraId="697D6334" w14:textId="3AD28FB6" w:rsidR="000047BA" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007A0F1C">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-712416486"/>
                 <w:placeholder>
                   <w:docPart w:val="5A39E2949E9B4107818A9A04465637E0"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -7856,51 +7947,51 @@
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E08F214" w14:textId="5202B2C8" w:rsidR="000047BA" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007A0F1C">
+          <w:p w14:paraId="7E08F214" w14:textId="5202B2C8" w:rsidR="000047BA" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007A0F1C">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1925717204"/>
                 <w:placeholder>
                   <w:docPart w:val="7B6DD7BE25E04D89979269E3A1439C96"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -8229,51 +8320,51 @@
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A07BBEB" w14:textId="5E08E426" w:rsidR="0042129A" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007A0F1C">
+          <w:p w14:paraId="2A07BBEB" w14:textId="5E08E426" w:rsidR="0042129A" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007A0F1C">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:suppressAutoHyphens/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1420987787"/>
                 <w:placeholder>
                   <w:docPart w:val="2D710EF84EAC4DE084F556D12F2F3C8D"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -8436,99 +8527,107 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="002D6B31" w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">.4.2 </w:t>
             </w:r>
             <w:r w:rsidR="00876F05">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Existing samples</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D6B31" w:rsidRPr="006E7CA3" w14:paraId="207562F2" w14:textId="77777777" w:rsidTr="002C2219">
+      <w:tr w:rsidR="002D6B31" w:rsidRPr="009B021D" w14:paraId="207562F2" w14:textId="77777777" w:rsidTr="002C2219">
         <w:trPr>
           <w:trHeight w:val="383"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4815" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0441690E" w14:textId="162DF866" w:rsidR="002D6B31" w:rsidRPr="00876F05" w:rsidRDefault="002D6B31" w:rsidP="00297AE8">
+          <w:p w14:paraId="0441690E" w14:textId="36310766" w:rsidR="002D6B31" w:rsidRPr="00876F05" w:rsidRDefault="002D6B31" w:rsidP="00297AE8">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00876F05">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">B. </w:t>
             </w:r>
             <w:r w:rsidR="00876F05" w:rsidRPr="00876F05">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Sample type</w:t>
             </w:r>
             <w:r w:rsidRPr="00876F05">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="00876F05" w:rsidRPr="00D92173">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>for guidance, see K4</w:t>
+            </w:r>
+            <w:r w:rsidR="00143A05">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00876F05">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1604" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C67F1DC" w14:textId="5B4E69ED" w:rsidR="002D6B31" w:rsidRPr="004F2309" w:rsidRDefault="002D6B31" w:rsidP="00297AE8">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -8939,51 +9038,51 @@
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37849A4C" w14:textId="77777777" w:rsidR="002D6B31" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="00297AE8">
+          <w:p w14:paraId="37849A4C" w14:textId="77777777" w:rsidR="002D6B31" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="00297AE8">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-213128857"/>
                 <w:placeholder>
                   <w:docPart w:val="7CC69DC41D76472ABDC44250DDCA1571"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -9304,51 +9403,51 @@
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B87386B" w14:textId="77777777" w:rsidR="002D6B31" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="00297AE8">
+          <w:p w14:paraId="3B87386B" w14:textId="77777777" w:rsidR="002D6B31" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="00297AE8">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1890178823"/>
                 <w:placeholder>
                   <w:docPart w:val="B998BA65714A44B69395BC7514F0095B"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -9669,51 +9768,51 @@
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49D22D42" w14:textId="77777777" w:rsidR="002D6B31" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="00297AE8">
+          <w:p w14:paraId="49D22D42" w14:textId="77777777" w:rsidR="002D6B31" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="00297AE8">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-326980023"/>
                 <w:placeholder>
                   <w:docPart w:val="FACAF4C4D233421F80AACE6FB9CAD7D4"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -10034,51 +10133,51 @@
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1605" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6BD80750" w14:textId="77777777" w:rsidR="002D6B31" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="00297AE8">
+          <w:p w14:paraId="6BD80750" w14:textId="77777777" w:rsidR="002D6B31" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="00297AE8">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1160348098"/>
                 <w:placeholder>
                   <w:docPart w:val="8C0721E8F98342F496A8E1275EFAF4D6"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -10189,51 +10288,51 @@
         <w:t>Add more rows if n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>eeded</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellrutnt"/>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6516"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0075321C" w:rsidRPr="006E7CA3" w14:paraId="17BDC314" w14:textId="77777777" w:rsidTr="006F25AC">
+      <w:tr w:rsidR="0075321C" w:rsidRPr="009B021D" w14:paraId="17BDC314" w14:textId="77777777" w:rsidTr="006F25AC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E9E9E9"/>
           </w:tcPr>
           <w:p w14:paraId="085749FA" w14:textId="4006471D" w:rsidR="0075321C" w:rsidRPr="00824755" w:rsidRDefault="003A2229" w:rsidP="0075321C">
             <w:pPr>
               <w:pStyle w:val="Tabell-titelbaseradpR2"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A2229">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Samples from the following principals are included in the sample collection that is </w:t>
             </w:r>
             <w:r w:rsidR="00351110">
@@ -10349,94 +10448,94 @@
           <w:p w14:paraId="3FD024AB" w14:textId="084D96DF" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Blekinge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F1B87BE" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="2F1B87BE" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1850324503"/>
                 <w:placeholder>
                   <w:docPart w:val="A2F778F95A544BA9B65C88CB94B3D390"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E3352C6" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="4E3352C6" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1124914978"/>
                 <w:placeholder>
                   <w:docPart w:val="B371AC52A5B84EDD8324AE6C96154B28"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -10465,94 +10564,94 @@
           <w:p w14:paraId="40A33093" w14:textId="23A18B42" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Dalarna</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F8B5AE8" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="4F8B5AE8" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="427171103"/>
                 <w:placeholder>
                   <w:docPart w:val="019269EF401A41B1889E6AD054D51BAE"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="302B5883" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="302B5883" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2139064443"/>
                 <w:placeholder>
                   <w:docPart w:val="5DD3CF10D00048A49C463660E760AEF8"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -10626,94 +10725,94 @@
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>unicipality with no region, but responsible for health and medical care</w:t>
             </w:r>
             <w:r w:rsidR="00E36F42">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C8E1AEB" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="0C8E1AEB" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="984661396"/>
                 <w:placeholder>
                   <w:docPart w:val="C03CF43F315B447892830E1F7218FB15"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42AB6A56" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="42AB6A56" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="914589564"/>
                 <w:placeholder>
                   <w:docPart w:val="225FF6DE61194DAFA5CD76CB3383A9FE"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -10742,94 +10841,94 @@
           <w:p w14:paraId="3E561C93" w14:textId="3F40912B" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Gävleborg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0892F857" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="0892F857" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1285021"/>
                 <w:placeholder>
                   <w:docPart w:val="2432DED377964B85824DA5E93CACF07D"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="094DD948" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="094DD948" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1793590840"/>
                 <w:placeholder>
                   <w:docPart w:val="5A5DEF2A18994C299227760E2F487D51"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -10858,94 +10957,94 @@
           <w:p w14:paraId="1D53853E" w14:textId="2B0DE368" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Halland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="282B585E" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="282B585E" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-652367825"/>
                 <w:placeholder>
                   <w:docPart w:val="A0F13CB8FAB34C699BD599B1CA4A1FEF"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21E9D482" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="21E9D482" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2046476098"/>
                 <w:placeholder>
                   <w:docPart w:val="A114CF33E1FE49798ED8E5EAF49D3C31"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -10986,94 +11085,94 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Jämtland</w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Härjedalen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7501F6D2" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="7501F6D2" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1201392654"/>
                 <w:placeholder>
                   <w:docPart w:val="7DEFC0D3327140CA85A3FA71B6606047"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6766C34F" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="6766C34F" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="560903270"/>
                 <w:placeholder>
                   <w:docPart w:val="ACD4AA832D84440CB7119369DD1730AA"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -11111,94 +11210,94 @@
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Region Jönköpings </w:t>
             </w:r>
             <w:r w:rsidR="00C23A69">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>County</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06921232" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="06921232" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-108745432"/>
                 <w:placeholder>
                   <w:docPart w:val="3417A34C49B646EABCE7883E5D723169"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CD0CF0C" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="2CD0CF0C" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1136296770"/>
                 <w:placeholder>
                   <w:docPart w:val="1B5F579085E5422EBA56278277FC3521"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -11248,94 +11347,94 @@
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C23A69">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>County</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="773A2A51" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="773A2A51" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-921018018"/>
                 <w:placeholder>
                   <w:docPart w:val="AEB655823E3E48B6A1581D5FAD7F9ED0"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D766029" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="0D766029" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1388561776"/>
                 <w:placeholder>
                   <w:docPart w:val="32F94943048544A4A6AA0E9777595B4E"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -11364,94 +11463,94 @@
           <w:p w14:paraId="56E2C301" w14:textId="78E73A58" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Kronoberg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="545FF4B9" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="545FF4B9" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-402449873"/>
                 <w:placeholder>
                   <w:docPart w:val="57FB04E689EA4BCDBAB5B4874E7C3F32"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="003C449D" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="003C449D" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1030640758"/>
                 <w:placeholder>
                   <w:docPart w:val="D0213395EEDC4AB0AE732E795450689F"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -11480,94 +11579,94 @@
           <w:p w14:paraId="3F7C7F82" w14:textId="59B63189" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Norrbotten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="263471EC" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="263471EC" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="627358936"/>
                 <w:placeholder>
                   <w:docPart w:val="C7BF81C32F2C4E26A578D2FD27A17761"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45034074" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="45034074" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="424627173"/>
                 <w:placeholder>
                   <w:docPart w:val="B7428EE711134383A0DB3FB0B6475028"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -11596,94 +11695,94 @@
           <w:p w14:paraId="46922B4E" w14:textId="3D974071" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Skåne</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70942F51" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="70942F51" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-163792897"/>
                 <w:placeholder>
                   <w:docPart w:val="AFD25B04A2D5406A9CAACCFDA737D8B7"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE82A69" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="7FE82A69" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="153580414"/>
                 <w:placeholder>
                   <w:docPart w:val="A36B88241798445D8E7B1F615E67EB9A"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -11724,94 +11823,94 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region</w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rStyle w:val="Hyperlnk"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stockholm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3982E391" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="3982E391" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-161928438"/>
                 <w:placeholder>
                   <w:docPart w:val="940CA521E9F042C4A3B57E8F9D705882"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D60F7E2" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="6D60F7E2" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1623188343"/>
                 <w:placeholder>
                   <w:docPart w:val="D62DE53DF7CC40F192F456D6FE15845D"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -11840,94 +11939,94 @@
           <w:p w14:paraId="2BF2AC2A" w14:textId="721194FA" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Sörmland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17C3800E" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="17C3800E" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1855027882"/>
                 <w:placeholder>
                   <w:docPart w:val="BB866E48FE2048F8B56069021BBA85B6"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="421466C9" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="421466C9" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1680265668"/>
                 <w:placeholder>
                   <w:docPart w:val="FF12DE6ABC544540B29383F11592469E"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -11956,94 +12055,94 @@
           <w:p w14:paraId="67FFBFAB" w14:textId="278D39C0" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Uppsala</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5968E161" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="5968E161" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-14388790"/>
                 <w:placeholder>
                   <w:docPart w:val="7211FB857B2142F383D6AECF7447B568"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="279B3369" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="279B3369" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1399434484"/>
                 <w:placeholder>
                   <w:docPart w:val="9E778A86AD2747C7BD3F70119F091654"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -12072,94 +12171,94 @@
           <w:p w14:paraId="6B32385E" w14:textId="6FED4933" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Värmland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00A9504F" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="00A9504F" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1240674689"/>
                 <w:placeholder>
                   <w:docPart w:val="F1A6EDF03CA84F2E83C445AFC29E321E"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A7A9860" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="7A7A9860" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-2125925038"/>
                 <w:placeholder>
                   <w:docPart w:val="215E5D492DC743C492AD7B5A76740D4D"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -12188,94 +12287,94 @@
           <w:p w14:paraId="15E3F15F" w14:textId="7D1E0A2E" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Västerbotten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64AF8DB2" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="64AF8DB2" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1301992025"/>
                 <w:placeholder>
                   <w:docPart w:val="C3519557F32D4F1EAC8E1A416EE03AE9"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DDBCABE" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="3DDBCABE" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1615289046"/>
                 <w:placeholder>
                   <w:docPart w:val="AC4590FAF0744969983246C98129FEAA"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -12304,94 +12403,94 @@
           <w:p w14:paraId="274131C3" w14:textId="04799335" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Västernorrland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1EBF8A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="0B1EBF8A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1905903321"/>
                 <w:placeholder>
                   <w:docPart w:val="8C69C955F1D240FC92D518DC867870E5"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35A6BF5D" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="35A6BF5D" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-593009736"/>
                 <w:placeholder>
                   <w:docPart w:val="98976403D1E148188946DA41733ACF87"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -12420,94 +12519,94 @@
           <w:p w14:paraId="2A0F2303" w14:textId="4710FB8C" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Västmanland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21BF0475" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="21BF0475" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-556010433"/>
                 <w:placeholder>
                   <w:docPart w:val="30D71D2AAC1B4F5094271F63169F853C"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="381AB23A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="381AB23A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2061899298"/>
                 <w:placeholder>
                   <w:docPart w:val="C622F32932E34ADE929A007D8B397B45"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -12536,94 +12635,94 @@
           <w:p w14:paraId="363A70AB" w14:textId="718EF28A" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Västra Götalandsregionen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0129A8" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="7B0129A8" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2042782794"/>
                 <w:placeholder>
                   <w:docPart w:val="AE91129803C049FFB19419491A492B72"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76A8148E" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="76A8148E" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-665481053"/>
                 <w:placeholder>
                   <w:docPart w:val="746815F60A9846B68F4EEB84711CA8C6"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -12661,94 +12760,94 @@
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Region Örebro </w:t>
             </w:r>
             <w:r w:rsidR="00C23A69">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>County</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF5E0B7" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="0FF5E0B7" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-253756847"/>
                 <w:placeholder>
                   <w:docPart w:val="C717915BC0E84DB1BDEA475AF25BF5CE"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66BA746A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="66BA746A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1654252063"/>
                 <w:placeholder>
                   <w:docPart w:val="F3BC3D025B2E4F71B03B4D20B7E4E568"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -12777,94 +12876,94 @@
           <w:p w14:paraId="192A3214" w14:textId="3169E288" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="0075321C" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Region Östergötland</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02CFE42A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="02CFE42A" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1182171870"/>
                 <w:placeholder>
                   <w:docPart w:val="52BC2325BBB644C3BCC64F110496887F"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C70C9E3" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="7C70C9E3" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="652649427"/>
                 <w:placeholder>
                   <w:docPart w:val="4A32089FFB1D4016A43FE845741E643E"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -13021,94 +13120,94 @@
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68409983" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="68409983" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="942425063"/>
                 <w:placeholder>
                   <w:docPart w:val="35D3426A830440B2BE23FC986C996572"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0075321C" w:rsidRPr="004F2309">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:szCs w:val="20"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="114E1EF8" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="006E7CA3" w:rsidP="007802AC">
+          <w:p w14:paraId="114E1EF8" w14:textId="77777777" w:rsidR="0075321C" w:rsidRPr="004F2309" w:rsidRDefault="009B021D" w:rsidP="007802AC">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="402258198"/>
                 <w:placeholder>
                   <w:docPart w:val="035724B88F6648359CDE434A13CB994B"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -15002,51 +15101,51 @@
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B87B33">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Terms for es</w:t>
             </w:r>
             <w:r w:rsidR="005D47BE" w:rsidRPr="00B87B33">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>tablishment</w:t>
             </w:r>
             <w:r w:rsidR="00F81800" w:rsidRPr="00B87B33">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F81800" w:rsidRPr="006E7CA3" w14:paraId="00F70548" w14:textId="77777777" w:rsidTr="00941C09">
+      <w:tr w:rsidR="00F81800" w:rsidRPr="009B021D" w14:paraId="00F70548" w14:textId="77777777" w:rsidTr="00941C09">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B8B8910" w14:textId="4BBFC217" w:rsidR="00900C2F" w:rsidRPr="00B30D14" w:rsidRDefault="00900C2F" w:rsidP="00B43296">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="217"/>
                 <w:tab w:val="left" w:pos="5387"/>
               </w:tabs>
               <w:spacing w:before="80"/>
               <w:ind w:left="215" w:hanging="215"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B30D14">
               <w:rPr>
                 <w:sz w:val="17"/>
@@ -15826,51 +15925,51 @@
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E9E9E9"/>
           </w:tcPr>
           <w:p w14:paraId="2F99A1BC" w14:textId="0D69F6E1" w:rsidR="00E85A28" w:rsidRPr="004F2309" w:rsidRDefault="005E0B2A" w:rsidP="000046A8">
             <w:pPr>
               <w:pStyle w:val="Tabell-titelbaseradpR2"/>
               <w:keepNext/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Signatures</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856BB4" w:rsidRPr="006E7CA3" w14:paraId="78E8751B" w14:textId="77777777" w:rsidTr="00CD268C">
+      <w:tr w:rsidR="00856BB4" w:rsidRPr="009B021D" w14:paraId="78E8751B" w14:textId="77777777" w:rsidTr="00CD268C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="35B42DEF" w14:textId="45931E0F" w:rsidR="00856BB4" w:rsidRPr="004F2309" w:rsidRDefault="00633145" w:rsidP="00CD268C">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00856BB4" w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -16132,51 +16231,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856BB4" w:rsidRPr="004F2309" w14:paraId="7FC2F931" w14:textId="77777777" w:rsidTr="00CD268C">
+      <w:tr w:rsidR="00856BB4" w:rsidRPr="004F2309" w14:paraId="7FC2F931" w14:textId="77777777" w:rsidTr="00143A05">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="32D1F784" w14:textId="05DFDB40" w:rsidR="00856BB4" w:rsidRPr="004F2309" w:rsidRDefault="00633145" w:rsidP="00E02EF7">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00856BB4" w:rsidRPr="004F2309">
               <w:rPr>
@@ -16246,51 +16345,51 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00856BB4" w:rsidRPr="006E7CA3" w14:paraId="388D6BC6" w14:textId="77777777" w:rsidTr="00E448E4">
+      <w:tr w:rsidR="00856BB4" w:rsidRPr="009B021D" w14:paraId="388D6BC6" w14:textId="77777777" w:rsidTr="00143A05">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
           </w:tcPr>
           <w:p w14:paraId="4730DCA4" w14:textId="674BE52A" w:rsidR="00856BB4" w:rsidRPr="00C90B84" w:rsidRDefault="00D64FE2" w:rsidP="00CD268C">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C90B84">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>If applica</w:t>
             </w:r>
             <w:r w:rsidR="00E94A79" w:rsidRPr="00C90B84">
               <w:rPr>
@@ -16322,55 +16421,58 @@
               </w:rPr>
               <w:t xml:space="preserve">In cases where the </w:t>
             </w:r>
             <w:r w:rsidR="00C90B84">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>principal investigator</w:t>
             </w:r>
             <w:r w:rsidR="00C90B84" w:rsidRPr="00C90B84">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> is not at the principal of the biobank.</w:t>
             </w:r>
             <w:r w:rsidR="00856BB4" w:rsidRPr="00C90B84">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A81434" w:rsidRPr="006E7CA3" w14:paraId="2ADEC778" w14:textId="77777777" w:rsidTr="00CD268C">
+      <w:tr w:rsidR="00A81434" w:rsidRPr="009B021D" w14:paraId="2ADEC778" w14:textId="77777777" w:rsidTr="00143A05">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="291F1BC6" w14:textId="54B4699D" w:rsidR="00A81434" w:rsidRPr="009B65FD" w:rsidRDefault="0073557C" w:rsidP="00CD268C">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00A81434" w:rsidRPr="009B65FD">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="007554AF" w:rsidRPr="009B65FD">
               <w:rPr>
@@ -17132,100 +17234,100 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004F2309">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00556593" w:rsidRPr="006E7CA3" w14:paraId="2A430568" w14:textId="77777777" w:rsidTr="00E448E4">
+      <w:tr w:rsidR="00556593" w:rsidRPr="009B021D" w14:paraId="2A430568" w14:textId="77777777" w:rsidTr="00E448E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
           </w:tcPr>
           <w:p w14:paraId="42CB164F" w14:textId="14C1E4B0" w:rsidR="00556593" w:rsidRPr="0045412F" w:rsidRDefault="00AC2D53" w:rsidP="000046A8">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0045412F">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Decision</w:t>
             </w:r>
             <w:r w:rsidR="00556593" w:rsidRPr="0045412F">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DD1285" w:rsidRPr="0045412F">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="0045412F">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>to be completed by the biobank</w:t>
             </w:r>
             <w:r w:rsidR="00DD1285" w:rsidRPr="0045412F">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E8A339F" w14:textId="627E946B" w:rsidR="00BA35D4" w:rsidRDefault="006E7CA3" w:rsidP="00440D4B">
+          <w:p w14:paraId="0E8A339F" w14:textId="627E946B" w:rsidR="00BA35D4" w:rsidRDefault="009B021D" w:rsidP="00440D4B">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:ind w:left="227" w:hanging="227"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="2003702458"/>
                 <w:placeholder>
                   <w:docPart w:val="A19E8148706247E9988BA78B118D13C6"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -17418,51 +17520,51 @@
             <w:r w:rsidR="00440D4B" w:rsidRPr="004F2309">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00440D4B" w:rsidRPr="004F2309">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00440D4B" w:rsidRPr="004F2309">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="406663A0" w14:textId="59F40087" w:rsidR="00DD1285" w:rsidRPr="00746476" w:rsidRDefault="006E7CA3" w:rsidP="000046A8">
+          <w:p w14:paraId="406663A0" w14:textId="59F40087" w:rsidR="00DD1285" w:rsidRPr="00746476" w:rsidRDefault="009B021D" w:rsidP="000046A8">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1712448098"/>
                 <w:placeholder>
                   <w:docPart w:val="6277A7DC73C845979FB71D8E1345DAB4"/>
                 </w:placeholder>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DD1285" w:rsidRPr="00746476">
@@ -17564,51 +17666,51 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00225723" w:rsidRPr="004F2309">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="61F90BB5" w14:textId="3D355A04" w:rsidR="00DD1285" w:rsidRPr="00746476" w:rsidRDefault="00DD1285" w:rsidP="000046A8">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:keepNext/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00556593" w:rsidRPr="006E7CA3" w14:paraId="34F4693E" w14:textId="77777777" w:rsidTr="003D010D">
+      <w:tr w:rsidR="00556593" w:rsidRPr="009B021D" w14:paraId="34F4693E" w14:textId="77777777" w:rsidTr="003D010D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9629" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="63F2EF14" w14:textId="3E14EE34" w:rsidR="00786EFF" w:rsidRPr="00786EFF" w:rsidRDefault="00746476" w:rsidP="00786EFF">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00786EFF">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Please note</w:t>
             </w:r>
             <w:r w:rsidR="004D6F32" w:rsidRPr="00786EFF">
@@ -18173,82 +18275,82 @@
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B3750C4" w14:textId="77777777" w:rsidR="003F7096" w:rsidRPr="000C7DA7" w:rsidRDefault="003F7096" w:rsidP="00C55254">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003F7096" w:rsidRPr="000C7DA7" w:rsidSect="001C65FC">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="471" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E64C6A1" w14:textId="77777777" w:rsidR="009E4492" w:rsidRDefault="009E4492" w:rsidP="00702A07">
+    <w:p w14:paraId="0F7CACB2" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B24DBE4" w14:textId="77777777" w:rsidR="009E4492" w:rsidRDefault="009E4492" w:rsidP="00702A07"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="5233C257" w14:textId="77777777" w:rsidR="009E4492" w:rsidRDefault="009E4492" w:rsidP="00702A07"/>
+    <w:p w14:paraId="3CF9F338" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="5BF47AEB" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="4D1C5F77" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="548726C1" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="5FE6A1BD" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="2DD7B185" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CAF9215" w14:textId="77777777" w:rsidR="009E4492" w:rsidRDefault="009E4492" w:rsidP="00702A07">
+    <w:p w14:paraId="1A3A64AD" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06840C05" w14:textId="77777777" w:rsidR="009E4492" w:rsidRDefault="009E4492" w:rsidP="00702A07"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="61B77BBB" w14:textId="77777777" w:rsidR="009E4492" w:rsidRDefault="009E4492" w:rsidP="00702A07"/>
+    <w:p w14:paraId="4D3510CC" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="07D234AF" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="263BD77F" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="60C6E645" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="497CDBAD" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="56046A4A" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -18302,51 +18404,51 @@
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="370B1088" w14:textId="41013AA6" w:rsidR="00BE011B" w:rsidRDefault="00195795" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29AC4F68" wp14:editId="2D505693">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4445</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10506075</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7559675" cy="179705"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="11" name="Rektangel 11"/>
               <wp:cNvGraphicFramePr/>
@@ -18383,51 +18485,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="347C4793" id="Rektangel 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkNwTffwIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypGmCOkXWosOA&#10;og3WDj0rshQbkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy8mpfG7ZT6CuwOR+eDThTVkJR2U3Ofzzd&#10;frrgzAdhC2HAqpwflOdXi48fLhs3VyMowRQKGYFYP29czssQ3DzLvCxVLfwZOGVJqAFrEeiIm6xA&#10;0RB6bbLRYHCeNYCFQ5DKe7q9aYV8kfC1VjI8aO1VYCbnFFtIK6Z1HddscSnmGxSurGQXhviHKGpR&#10;WXLaQ92IINgWqzdQdSURPOhwJqHOQOtKqpQDZTMcvMrmsRROpVyIHO96mvz/g5X3u0e3QqKhcX7u&#10;aRuz2Gus45/iY/tE1qEnS+0Dk3Q5nUxm59MJZ5Jkw+lsOphENrOTtUMfviqoWdzkHOkxEkdid+dD&#10;q3pUic48mKq4rYxJB9ysrw2ynaCHG88+f7lIb0Xof6gZG5UtRLMWMd5kp1zSLhyMinrGfleaVQVF&#10;P0qRpDJTvR8hpbJh2IpKUajW/WRAX5dbb5EyTYARWZP/HrsDiCX8FruNstOPpipVaW88+FtgrXFv&#10;kTyDDb1xXVnA9wAMZdV5bvWPJLXURJbWUBxWyBDaHvFO3lb0bnfCh5VAagpqH2r08ECLNtDkHLod&#10;ZyXgr/fuoz7VKkk5a6jJcu5/bgUqzsw3S1U8G47HsSvTYTyZjuiALyXrlxK7ra+BymFII8XJtI36&#10;wRy3GqF+pnmwjF5JJKwk3zmXAY+H69A2P00UqZbLpEad6ES4s49ORvDIaqzLp/2zQNcVb6Cyv4dj&#10;Q4r5qxpudaOlheU2gK5SgZ947fimLk6F002cOCZenpPWaS4ufgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJ2gyobfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo44iWkMapAhJc&#10;EEIEDj268TaJiNchdlrz9zgnOO7M6O1MsQtmYCecXG9JglglwJAaq3tqJXx+PN1kwJxXpNVgCSX8&#10;oINdeXlRqFzbM73jqfYtixByuZLQeT/mnLumQ6Pcyo5I0TvaySgfz6nlelLnCDcDT5Nkw43qKX7o&#10;1IiPHTZf9WwiZY9v1XNTvwbxXT+8VLMVYdhLeX0Vqi0wj8H/hWGpH6tDGTsd7EzasUHCXcxFdbO+&#10;XQNbfHEvUmCHRcvSDHhZ8P8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZDcE338C&#10;AABfBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnaDK&#10;ht8AAAALAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="5E1F61ED" id="Rektangel 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkNwTffwIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypGmCOkXWosOA&#10;og3WDj0rshQbkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy8mpfG7ZT6CuwOR+eDThTVkJR2U3Ofzzd&#10;frrgzAdhC2HAqpwflOdXi48fLhs3VyMowRQKGYFYP29czssQ3DzLvCxVLfwZOGVJqAFrEeiIm6xA&#10;0RB6bbLRYHCeNYCFQ5DKe7q9aYV8kfC1VjI8aO1VYCbnFFtIK6Z1HddscSnmGxSurGQXhviHKGpR&#10;WXLaQ92IINgWqzdQdSURPOhwJqHOQOtKqpQDZTMcvMrmsRROpVyIHO96mvz/g5X3u0e3QqKhcX7u&#10;aRuz2Gus45/iY/tE1qEnS+0Dk3Q5nUxm59MJZ5Jkw+lsOphENrOTtUMfviqoWdzkHOkxEkdid+dD&#10;q3pUic48mKq4rYxJB9ysrw2ynaCHG88+f7lIb0Xof6gZG5UtRLMWMd5kp1zSLhyMinrGfleaVQVF&#10;P0qRpDJTvR8hpbJh2IpKUajW/WRAX5dbb5EyTYARWZP/HrsDiCX8FruNstOPpipVaW88+FtgrXFv&#10;kTyDDb1xXVnA9wAMZdV5bvWPJLXURJbWUBxWyBDaHvFO3lb0bnfCh5VAagpqH2r08ECLNtDkHLod&#10;ZyXgr/fuoz7VKkk5a6jJcu5/bgUqzsw3S1U8G47HsSvTYTyZjuiALyXrlxK7ra+BymFII8XJtI36&#10;wRy3GqF+pnmwjF5JJKwk3zmXAY+H69A2P00UqZbLpEad6ES4s49ORvDIaqzLp/2zQNcVb6Cyv4dj&#10;Q4r5qxpudaOlheU2gK5SgZ947fimLk6F002cOCZenpPWaS4ufgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJ2gyobfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo44iWkMapAhJc&#10;EEIEDj268TaJiNchdlrz9zgnOO7M6O1MsQtmYCecXG9JglglwJAaq3tqJXx+PN1kwJxXpNVgCSX8&#10;oINdeXlRqFzbM73jqfYtixByuZLQeT/mnLumQ6Pcyo5I0TvaySgfz6nlelLnCDcDT5Nkw43qKX7o&#10;1IiPHTZf9WwiZY9v1XNTvwbxXT+8VLMVYdhLeX0Vqi0wj8H/hWGpH6tDGTsd7EzasUHCXcxFdbO+&#10;XQNbfHEvUmCHRcvSDHhZ8P8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZDcE338C&#10;AABfBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnaDK&#10;ht8AAAALAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00BE011B">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3411A819" wp14:editId="6733C2A0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -18466,63 +18568,63 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="51370AA0" id="Rektangel 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="4DE1A53F" id="Rektangel 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57EE3968" w14:textId="5E0CBF2E" w:rsidR="0033297A" w:rsidRDefault="0033297A" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AED0D17" wp14:editId="1187BEA2">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10502900</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="180000"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="9" name="Rektangel 9"/>
               <wp:cNvGraphicFramePr/>
@@ -18559,51 +18661,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="3E5A1C65" id="Rektangel 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFO1IaeQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r06ytE2DOEWWosOA&#10;oi3WDj0rshQbkEWNUuJkTz9KdpysLXYY5oNMiuTHH5GcXe9qw7YKfQU258OzAWfKSigqu875j+fb&#10;TxPOfBC2EAasyvleeX49//hh1ripGkEJplDICMT6aeNyXobgplnmZalq4c/AKUtCDViLQCyuswJF&#10;Q+i1yUaDwUXWABYOQSrv6famFfJ5wtdayfCgtVeBmZxTbCGdmM5VPLP5TEzXKFxZyS4M8Q9R1KKy&#10;5LSHuhFBsA1Wb6DqSiJ40OFMQp2B1pVUKQfKZjh4lc1TKZxKuVBxvOvL5P8frLzfPrlHpDI0zk89&#10;kTGLncY6/ik+tkvF2vfFUrvAJF1enl8M6ONMkmw4STTBZEdrhz58VVCzSOQc6TFSjcT2zodW9aAS&#10;nXkwVXFbGZMYXK+WBtlW0MONrz5/maS3IvQ/1IyNyhaiWYsYb7JjLokKe6OinrHflWZVQdGPUiSp&#10;zVTvR0ipbBi2olIUqnV/fpJbb5EyTYARWZP/HrsDiC38FruNstOPpip1aW88+FtgrXFvkTyDDb1x&#10;XVnA9wAMZdV5bvUPRWpLE6u0gmL/iAyhnRHv5G1F73YnfHgUSENBT02DHh7o0AaanENHcVYC/nrv&#10;PupTr5KUs4aGLOf+50ag4sx8s9TFV8PxOE5lYsbnlyNi8FSyOpXYTb0EaochrRQnExn1gzmQGqF+&#10;oX2wiF5JJKwk3zmXAQ/MMrTDTxtFqsUiqdEkOhHu7JOTETxWNfbl8+5FoOuaN1Db38NhIMX0VQ+3&#10;utHSwmITQFepwY917epNU5wap9s4cU2c8knruBfnvwEAAP//AwBQSwMEFAAGAAgAAAAhAN9YhfLe&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2gHVKE2nggQXhCYKhx2z&#10;xrQVjVOadAv/HvcEN/s96/l7xTbaQRxx8r0jBekqAYHUONNTq+Dj/elqA8IHTUYPjlDBD3rYludn&#10;hc6NO9EbHuvQCg4hn2sFXQhjLqVvOrTar9yIxN6nm6wOvE6tNJM+cbgd5DpJMml1T/yh0yM+dth8&#10;1bPllD3uquemfo3pd/3wUs0ujcNeqcuLWN2DCBjD3zEs+IwOJTMd3EzGi0EBFwmsZrc3PC1+epdk&#10;IA6LtllfgywL+b9D+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFO1IaeQIAAF8FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDfWIXy3gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="41BC2546" id="Rektangel 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFO1IaeQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r06ytE2DOEWWosOA&#10;oi3WDj0rshQbkEWNUuJkTz9KdpysLXYY5oNMiuTHH5GcXe9qw7YKfQU258OzAWfKSigqu875j+fb&#10;TxPOfBC2EAasyvleeX49//hh1ripGkEJplDICMT6aeNyXobgplnmZalq4c/AKUtCDViLQCyuswJF&#10;Q+i1yUaDwUXWABYOQSrv6famFfJ5wtdayfCgtVeBmZxTbCGdmM5VPLP5TEzXKFxZyS4M8Q9R1KKy&#10;5LSHuhFBsA1Wb6DqSiJ40OFMQp2B1pVUKQfKZjh4lc1TKZxKuVBxvOvL5P8frLzfPrlHpDI0zk89&#10;kTGLncY6/ik+tkvF2vfFUrvAJF1enl8M6ONMkmw4STTBZEdrhz58VVCzSOQc6TFSjcT2zodW9aAS&#10;nXkwVXFbGZMYXK+WBtlW0MONrz5/maS3IvQ/1IyNyhaiWYsYb7JjLokKe6OinrHflWZVQdGPUiSp&#10;zVTvR0ipbBi2olIUqnV/fpJbb5EyTYARWZP/HrsDiC38FruNstOPpip1aW88+FtgrXFvkTyDDb1x&#10;XVnA9wAMZdV5bvUPRWpLE6u0gmL/iAyhnRHv5G1F73YnfHgUSENBT02DHh7o0AaanENHcVYC/nrv&#10;PupTr5KUs4aGLOf+50ag4sx8s9TFV8PxOE5lYsbnlyNi8FSyOpXYTb0EaochrRQnExn1gzmQGqF+&#10;oX2wiF5JJKwk3zmXAQ/MMrTDTxtFqsUiqdEkOhHu7JOTETxWNfbl8+5FoOuaN1Db38NhIMX0VQ+3&#10;utHSwmITQFepwY917epNU5wap9s4cU2c8knruBfnvwEAAP//AwBQSwMEFAAGAAgAAAAhAN9YhfLe&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2gHVKE2nggQXhCYKhx2z&#10;xrQVjVOadAv/HvcEN/s96/l7xTbaQRxx8r0jBekqAYHUONNTq+Dj/elqA8IHTUYPjlDBD3rYludn&#10;hc6NO9EbHuvQCg4hn2sFXQhjLqVvOrTar9yIxN6nm6wOvE6tNJM+cbgd5DpJMml1T/yh0yM+dth8&#10;1bPllD3uquemfo3pd/3wUs0ujcNeqcuLWN2DCBjD3zEs+IwOJTMd3EzGi0EBFwmsZrc3PC1+epdk&#10;IA6LtllfgywL+b9D+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFO1IaeQIAAF8FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDfWIXy3gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D6624FB" wp14:editId="64C27A2D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
@@ -18642,94 +18744,94 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="7BBE318D" id="Rektangel 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="76F67E58" id="Rektangel 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="522A4FCA" w14:textId="77777777" w:rsidR="009E4492" w:rsidRDefault="009E4492" w:rsidP="00702A07">
+    <w:p w14:paraId="7338CC29" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C43D7C4" w14:textId="77777777" w:rsidR="009E4492" w:rsidRDefault="009E4492" w:rsidP="00702A07"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3FD4C6DA" w14:textId="77777777" w:rsidR="009E4492" w:rsidRDefault="009E4492" w:rsidP="00702A07"/>
+    <w:p w14:paraId="64FD2D17" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="5FB7C75C" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="286805DD" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="39B5C946" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="0DF7620B" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="6678EAC7" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2967FF65" w14:textId="77777777" w:rsidR="009E4492" w:rsidRDefault="009E4492" w:rsidP="00702A07">
+    <w:p w14:paraId="22EB1090" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15BD7F50" w14:textId="77777777" w:rsidR="009E4492" w:rsidRDefault="009E4492" w:rsidP="00702A07"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="19BC2425" w14:textId="77777777" w:rsidR="009E4492" w:rsidRDefault="009E4492" w:rsidP="00702A07"/>
+    <w:p w14:paraId="2EE72D72" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="75C72CAD" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="7509E6E0" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="17EB0D4C" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="2F69E212" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
+    <w:p w14:paraId="0C128EA1" w14:textId="77777777" w:rsidR="00850250" w:rsidRDefault="00850250" w:rsidP="00702A07"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:id w:val="1085418684"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="01224C56" w14:textId="4A658449" w:rsidR="00147E54" w:rsidRDefault="00147E54" w:rsidP="00702A07">
         <w:pPr>
           <w:pStyle w:val="Sidhuvud"/>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
         </w:pPr>
         <w:r>
@@ -18759,52 +18861,52 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="28F5B82F" w14:textId="77777777" w:rsidR="003B2667" w:rsidRDefault="003B2667" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="275344D1" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
   <w:p w14:paraId="2EB99CE2" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
   <w:p w14:paraId="64F99723" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
   <w:p w14:paraId="166757A0" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
   <w:p w14:paraId="0816B6AA" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
   <w:p w14:paraId="0B976547" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4D0B1E96" w14:textId="6FFF2A7D" w:rsidR="00215DED" w:rsidRPr="00A27DD6" w:rsidRDefault="00CD23BD" w:rsidP="00E86465">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D0B1E96" w14:textId="3B4F2518" w:rsidR="00215DED" w:rsidRPr="00A27DD6" w:rsidRDefault="00CD23BD" w:rsidP="00E86465">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="10760"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-568"/>
     </w:pPr>
     <w:r w:rsidRPr="00A27DD6">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2813EEA8" wp14:editId="72CE0737">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6606540</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>286173</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="617220" cy="137160"/>
@@ -18866,71 +18968,58 @@
                               </w:pPr>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve">Sida </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
                               <w:r w:rsidR="00C143B9">
                                 <w:rPr>
                                   <w:noProof/>
                                 </w:rPr>
                                 <w:t>6</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve"> av </w:t>
                               </w:r>
-                              <w:r w:rsidR="006E7CA3">
-[...19 lines deleted...]
-                              </w:r>
+                              <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                                <w:r w:rsidR="00C143B9">
+                                  <w:rPr>
+                                    <w:noProof/>
+                                  </w:rPr>
+                                  <w:t>7</w:t>
+                                </w:r>
+                              </w:fldSimple>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                         <w:p w14:paraId="07193197" w14:textId="77777777" w:rsidR="00CD23BD" w:rsidRDefault="00CD23BD" w:rsidP="00702A07">
                           <w:pPr>
                             <w:pStyle w:val="sidhuvudsida1"/>
                             <w:jc w:val="right"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
@@ -18982,129 +19071,116 @@
                         </w:pPr>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve">Sida </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
                         <w:r w:rsidR="00C143B9">
                           <w:rPr>
                             <w:noProof/>
                           </w:rPr>
                           <w:t>6</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve"> av </w:t>
                         </w:r>
-                        <w:r w:rsidR="006E7CA3">
-[...19 lines deleted...]
-                        </w:r>
+                        <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                          <w:r w:rsidR="00C143B9">
+                            <w:rPr>
+                              <w:noProof/>
+                            </w:rPr>
+                            <w:t>7</w:t>
+                          </w:r>
+                        </w:fldSimple>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                   <w:p w14:paraId="07193197" w14:textId="77777777" w:rsidR="00CD23BD" w:rsidRDefault="00CD23BD" w:rsidP="00702A07">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:jc w:val="right"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidR="003B2667" w:rsidRPr="00A27DD6">
       <w:t>Do</w:t>
     </w:r>
     <w:r w:rsidR="00BF5BB9">
       <w:t>c</w:t>
     </w:r>
     <w:r w:rsidR="003B2667" w:rsidRPr="00A27DD6">
       <w:t>ument</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidR="003B2667" w:rsidRPr="00A27DD6">
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidR="003B5960" w:rsidRPr="00A27DD6">
       <w:t>L1.1</w:t>
     </w:r>
     <w:r w:rsidR="003B2667" w:rsidRPr="00A27DD6">
       <w:t xml:space="preserve">   Version: </w:t>
     </w:r>
     <w:r w:rsidR="00AA0C08" w:rsidRPr="00A27DD6">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="003B5960" w:rsidRPr="00A27DD6">
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="00AA0C08" w:rsidRPr="00A27DD6">
       <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00B45B7E">
-      <w:t>3</w:t>
+    <w:r w:rsidR="00143A05">
+      <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="003B2667" w:rsidRPr="00A27DD6">
       <w:t xml:space="preserve">   </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="496C5CC0" w14:textId="16C78B22" w:rsidR="002B19E3" w:rsidRPr="002B19E3" w:rsidRDefault="00FD2ECD" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Allmntstyckeformat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="202476AC" wp14:editId="425FE807">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>5715</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
@@ -19253,152 +19329,146 @@
                           <w:r w:rsidR="00E13B17" w:rsidRPr="009B65FD">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t xml:space="preserve">L1.1. </w:t>
                           </w:r>
                           <w:r w:rsidR="00252EDE" w:rsidRPr="00252EDE">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Application for </w:t>
                           </w:r>
                           <w:r w:rsidR="00252EDE">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t>e</w:t>
                           </w:r>
                           <w:r w:rsidR="00E953E5" w:rsidRPr="00E953E5">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t xml:space="preserve">stablishment of sample collection for research </w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="487304E8" w14:textId="5070140C" w:rsidR="006754C0" w:rsidRPr="00E953E5" w:rsidRDefault="006754C0" w:rsidP="00BE27F4">
+                        <w:p w14:paraId="487304E8" w14:textId="4EDCD309" w:rsidR="006754C0" w:rsidRPr="00E953E5" w:rsidRDefault="006754C0" w:rsidP="00BE27F4">
                           <w:pPr>
                             <w:pStyle w:val="sidhuvudsida1"/>
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00E953E5">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t>Version:</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00E953E5">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="00E13B17" w:rsidRPr="00E953E5">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t>10.</w:t>
                           </w:r>
-                          <w:r w:rsidR="00B45B7E">
+                          <w:r w:rsidR="00056708">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
-                            <w:t>3</w:t>
+                            <w:t>4</w:t>
                           </w:r>
                           <w:r w:rsidR="00243493" w:rsidRPr="00E953E5">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t xml:space="preserve">   </w:t>
                           </w:r>
                           <w:r w:rsidR="007D39CA">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t>Date</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00E953E5">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t>:</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00E953E5">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="00243493" w:rsidRPr="00E953E5">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t>202</w:t>
                           </w:r>
                           <w:r w:rsidR="00B45B7E">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t>5</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00E953E5">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t>-</w:t>
                           </w:r>
-                          <w:r w:rsidR="00415694">
+                          <w:r w:rsidR="00056708">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
-                            <w:t>0</w:t>
-[...5 lines deleted...]
-                            <w:t>5</w:t>
+                            <w:t>12</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00E953E5">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t>-</w:t>
                           </w:r>
-                          <w:r w:rsidR="00B45B7E">
+                          <w:r w:rsidR="00056708">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
-                            <w:t>07</w:t>
+                            <w:t>15</w:t>
                           </w:r>
                           <w:r w:rsidR="00243493" w:rsidRPr="00E953E5">
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t xml:space="preserve">   </w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="48AF465F" w14:textId="77777777" w:rsidR="007D39CA" w:rsidRDefault="007D39CA" w:rsidP="007D39CA">
                           <w:pPr>
                             <w:pStyle w:val="sidhuvudsida1"/>
                             <w:rPr>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="007D6183">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                               <w:lang w:val="en-GB"/>
                             </w:rPr>
                             <w:t>Established by:</w:t>
                           </w:r>
                           <w:r w:rsidRPr="007D6183">
                             <w:rPr>
@@ -19486,152 +19556,146 @@
                     <w:r w:rsidR="00E13B17" w:rsidRPr="009B65FD">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve">L1.1. </w:t>
                     </w:r>
                     <w:r w:rsidR="00252EDE" w:rsidRPr="00252EDE">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Application for </w:t>
                     </w:r>
                     <w:r w:rsidR="00252EDE">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>e</w:t>
                     </w:r>
                     <w:r w:rsidR="00E953E5" w:rsidRPr="00E953E5">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve">stablishment of sample collection for research </w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="487304E8" w14:textId="5070140C" w:rsidR="006754C0" w:rsidRPr="00E953E5" w:rsidRDefault="006754C0" w:rsidP="00BE27F4">
+                  <w:p w14:paraId="487304E8" w14:textId="4EDCD309" w:rsidR="006754C0" w:rsidRPr="00E953E5" w:rsidRDefault="006754C0" w:rsidP="00BE27F4">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00E953E5">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>Version:</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00E953E5">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="00E13B17" w:rsidRPr="00E953E5">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>10.</w:t>
                     </w:r>
-                    <w:r w:rsidR="00B45B7E">
+                    <w:r w:rsidR="00056708">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
-                      <w:t>3</w:t>
+                      <w:t>4</w:t>
                     </w:r>
                     <w:r w:rsidR="00243493" w:rsidRPr="00E953E5">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve">   </w:t>
                     </w:r>
                     <w:r w:rsidR="007D39CA">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>Date</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00E953E5">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>:</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00E953E5">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="00243493" w:rsidRPr="00E953E5">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>202</w:t>
                     </w:r>
                     <w:r w:rsidR="00B45B7E">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>5</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00E953E5">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>-</w:t>
                     </w:r>
-                    <w:r w:rsidR="00415694">
+                    <w:r w:rsidR="00056708">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
-                      <w:t>0</w:t>
-[...5 lines deleted...]
-                      <w:t>5</w:t>
+                      <w:t>12</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00E953E5">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>-</w:t>
                     </w:r>
-                    <w:r w:rsidR="00B45B7E">
+                    <w:r w:rsidR="00056708">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
-                      <w:t>07</w:t>
+                      <w:t>15</w:t>
                     </w:r>
                     <w:r w:rsidR="00243493" w:rsidRPr="00E953E5">
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t xml:space="preserve">   </w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="48AF465F" w14:textId="77777777" w:rsidR="007D39CA" w:rsidRDefault="007D39CA" w:rsidP="007D39CA">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:rPr>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="007D6183">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                         <w:lang w:val="en-GB"/>
                       </w:rPr>
                       <w:t>Established by:</w:t>
                     </w:r>
                     <w:r w:rsidRPr="007D6183">
                       <w:rPr>
@@ -19705,51 +19769,51 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="556370E8" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAze9ibsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfKf0Dcs3ijKIqs9eaQKLlE&#10;bdSPH0DwsEYCBgFde/99B3bXjppIVav6MGZg3puZx7C5m5xle4jJoO/4etVwBl5hb/yu4z++P17e&#10;cpay9L206KHjB0j8bnvxaTOGFq5wQNtDZETiUzuGjg85h1aIpAZwMq0wgKdDjdHJTG7ciT7Kkdid&#10;FVdNcyNGjH2IqCAl2n04HvJt5dcaVP6idYLMbMeptlxtrPa1WLHdyHYXZRiMOpUh/6EKJ42npDPV&#10;g8yS/YzmHZUzKmJCnVcKnUCtjYLaA3Wzbn7r5tsgA9ReSJwUZpnS/6NVn/f3/iWSDGNIbQovsXQx&#10;6ejKn+pjUxXrMIsFU2aKNm9urxv6OFPnM7EAQ0z5CdCxsui4Nb70IVu5f06ZklHoOaRsW19sQmv6&#10;R2NtdcoEwL2NbC/p7vK0LndFuDdR5BWkWEqvq3ywcGT9CpqZnopd1+x1qhZOqRT4fOa1nqILTFMF&#10;M7D5M/AUX6BQJ+5vwDOiZkafZ7AzHuNH2Rcp9DH+rMCx7yLBK/aHeqlVGhqdqtxpzMtsvvUrfHmM&#10;218AAAD//wMAUEsDBBQABgAIAAAAIQBvtt4M3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;S8NAEIbvgv9hGcGL2E0NSTVmUyTQiwfBRorHbXaaBLOzIbtt0n/vFIR6nHce3o98PdtenHD0nSMF&#10;y0UEAql2pqNGwVe1eXwG4YMmo3tHqOCMHtbF7U2uM+Mm+sTTNjSCTchnWkEbwpBJ6esWrfYLNyDx&#10;7+BGqwOfYyPNqCc2t718iqJUWt0RJ7R6wLLF+md7tAq+m4d4s6uomsrwcUjb+bx7T0ql7u/mt1cQ&#10;AedwheFSn6tDwZ327kjGi15Bkq6YZH2V8IQLsIzjFxD7P0kWufy/ofgFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAM3vYm7EBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAb7beDN4AAAALAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
+            <v:line w14:anchorId="7FFD68A3" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAze9ibsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfKf0Dcs3ijKIqs9eaQKLlE&#10;bdSPH0DwsEYCBgFde/99B3bXjppIVav6MGZg3puZx7C5m5xle4jJoO/4etVwBl5hb/yu4z++P17e&#10;cpay9L206KHjB0j8bnvxaTOGFq5wQNtDZETiUzuGjg85h1aIpAZwMq0wgKdDjdHJTG7ciT7Kkdid&#10;FVdNcyNGjH2IqCAl2n04HvJt5dcaVP6idYLMbMeptlxtrPa1WLHdyHYXZRiMOpUh/6EKJ42npDPV&#10;g8yS/YzmHZUzKmJCnVcKnUCtjYLaA3Wzbn7r5tsgA9ReSJwUZpnS/6NVn/f3/iWSDGNIbQovsXQx&#10;6ejKn+pjUxXrMIsFU2aKNm9urxv6OFPnM7EAQ0z5CdCxsui4Nb70IVu5f06ZklHoOaRsW19sQmv6&#10;R2NtdcoEwL2NbC/p7vK0LndFuDdR5BWkWEqvq3ywcGT9CpqZnopd1+x1qhZOqRT4fOa1nqILTFMF&#10;M7D5M/AUX6BQJ+5vwDOiZkafZ7AzHuNH2Rcp9DH+rMCx7yLBK/aHeqlVGhqdqtxpzMtsvvUrfHmM&#10;218AAAD//wMAUEsDBBQABgAIAAAAIQBvtt4M3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;S8NAEIbvgv9hGcGL2E0NSTVmUyTQiwfBRorHbXaaBLOzIbtt0n/vFIR6nHce3o98PdtenHD0nSMF&#10;y0UEAql2pqNGwVe1eXwG4YMmo3tHqOCMHtbF7U2uM+Mm+sTTNjSCTchnWkEbwpBJ6esWrfYLNyDx&#10;7+BGqwOfYyPNqCc2t718iqJUWt0RJ7R6wLLF+md7tAq+m4d4s6uomsrwcUjb+bx7T0ql7u/mt1cQ&#10;AedwheFSn6tDwZ327kjGi15Bkq6YZH2V8IQLsIzjFxD7P0kWufy/ofgFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAM3vYm7EBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAb7beDN4AAAALAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="0069139A">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="sv-SE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32AB8630" wp14:editId="10AD5B8D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>360045</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>289560</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1465200" cy="662400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Bildobjekt 4"/>
@@ -19878,71 +19942,58 @@
                               </w:pPr>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve">Sida </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
                               <w:r w:rsidR="00C143B9">
                                 <w:rPr>
                                   <w:noProof/>
                                 </w:rPr>
                                 <w:t>1</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve"> av </w:t>
                               </w:r>
-                              <w:r w:rsidR="006E7CA3">
-[...19 lines deleted...]
-                              </w:r>
+                              <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                                <w:r w:rsidR="00C143B9">
+                                  <w:rPr>
+                                    <w:noProof/>
+                                  </w:rPr>
+                                  <w:t>7</w:t>
+                                </w:r>
+                              </w:fldSimple>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                         <w:p w14:paraId="1C618B0E" w14:textId="77777777" w:rsidR="0069139A" w:rsidRDefault="0069139A" w:rsidP="00702A07">
                           <w:pPr>
                             <w:pStyle w:val="sidhuvudsida1"/>
                             <w:jc w:val="right"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
@@ -19990,94 +20041,81 @@
                         </w:pPr>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve">Sida </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
                         <w:r w:rsidR="00C143B9">
                           <w:rPr>
                             <w:noProof/>
                           </w:rPr>
                           <w:t>1</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve"> av </w:t>
                         </w:r>
-                        <w:r w:rsidR="006E7CA3">
-[...19 lines deleted...]
-                        </w:r>
+                        <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                          <w:r w:rsidR="00C143B9">
+                            <w:rPr>
+                              <w:noProof/>
+                            </w:rPr>
+                            <w:t>7</w:t>
+                          </w:r>
+                        </w:fldSimple>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                   <w:p w14:paraId="1C618B0E" w14:textId="77777777" w:rsidR="0069139A" w:rsidRDefault="0069139A" w:rsidP="00702A07">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:jc w:val="right"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B4883266"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="058446E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDE85F0A"/>
@@ -21979,214 +22017,220 @@
   <w:num w:numId="13" w16cid:durableId="918754532">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="614605202">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1229998277">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1840849726">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1618179867">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1614900698">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="718437240">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="FJUtoYTwOMMYQoBSDtitZ/QEmcq5ltUjgXMcFNzwRf9iALecn+7eyOzCf1HXWvQ4eAAT10tmvnARvReIgNCQ6Q==" w:salt="jVvDyDe/rpcBH4QgfD6KEA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="OgXTQFGLSA/v2LjBy296N+WG9IDYN6lGJx2cduLdvw3UUexBmDHl2YJCPh1zXxFsaz6WW2XBuGNzTx3jAg0nhg==" w:salt="6TnHMAGteryQPMPSWa2XuQ=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF4E45"/>
     <w:rsid w:val="00000C53"/>
     <w:rsid w:val="00003AF2"/>
     <w:rsid w:val="000046A8"/>
     <w:rsid w:val="000047BA"/>
     <w:rsid w:val="000058BC"/>
     <w:rsid w:val="00017D82"/>
     <w:rsid w:val="00017D9A"/>
     <w:rsid w:val="000228FF"/>
     <w:rsid w:val="0002670D"/>
     <w:rsid w:val="00032D4B"/>
     <w:rsid w:val="0003553C"/>
     <w:rsid w:val="00036942"/>
     <w:rsid w:val="00041582"/>
     <w:rsid w:val="00041796"/>
     <w:rsid w:val="00042292"/>
     <w:rsid w:val="00042EEC"/>
     <w:rsid w:val="0004550D"/>
     <w:rsid w:val="000462B6"/>
     <w:rsid w:val="000549EF"/>
+    <w:rsid w:val="00056708"/>
     <w:rsid w:val="000610E3"/>
     <w:rsid w:val="00070331"/>
     <w:rsid w:val="00073B5B"/>
     <w:rsid w:val="00081F1A"/>
     <w:rsid w:val="00083D35"/>
     <w:rsid w:val="00085846"/>
     <w:rsid w:val="00091B94"/>
     <w:rsid w:val="00092870"/>
     <w:rsid w:val="0009287C"/>
     <w:rsid w:val="00095024"/>
     <w:rsid w:val="000A6F88"/>
     <w:rsid w:val="000A776D"/>
     <w:rsid w:val="000B0A68"/>
     <w:rsid w:val="000B1AEB"/>
     <w:rsid w:val="000C1013"/>
     <w:rsid w:val="000C7DA7"/>
     <w:rsid w:val="000D1253"/>
+    <w:rsid w:val="000D5175"/>
     <w:rsid w:val="000D529D"/>
     <w:rsid w:val="000D6509"/>
     <w:rsid w:val="000D6655"/>
     <w:rsid w:val="000E6437"/>
     <w:rsid w:val="000F2330"/>
     <w:rsid w:val="000F2EFD"/>
     <w:rsid w:val="000F429C"/>
     <w:rsid w:val="00101683"/>
     <w:rsid w:val="0010273F"/>
     <w:rsid w:val="001027BD"/>
     <w:rsid w:val="00102D1E"/>
     <w:rsid w:val="0010457B"/>
     <w:rsid w:val="00106054"/>
     <w:rsid w:val="00107B6D"/>
     <w:rsid w:val="001148C7"/>
     <w:rsid w:val="0011512D"/>
     <w:rsid w:val="00120255"/>
     <w:rsid w:val="001228DD"/>
     <w:rsid w:val="001340FF"/>
     <w:rsid w:val="001352B5"/>
     <w:rsid w:val="00140C3B"/>
     <w:rsid w:val="00143390"/>
+    <w:rsid w:val="00143A05"/>
     <w:rsid w:val="001444FE"/>
     <w:rsid w:val="0014585F"/>
     <w:rsid w:val="00147E54"/>
     <w:rsid w:val="00150908"/>
     <w:rsid w:val="00152EB5"/>
     <w:rsid w:val="00153D59"/>
     <w:rsid w:val="001541C1"/>
     <w:rsid w:val="001629CF"/>
     <w:rsid w:val="00170903"/>
     <w:rsid w:val="001714A0"/>
     <w:rsid w:val="00174C60"/>
     <w:rsid w:val="00176357"/>
     <w:rsid w:val="001934C5"/>
     <w:rsid w:val="00193FE8"/>
     <w:rsid w:val="00195795"/>
     <w:rsid w:val="001977A1"/>
     <w:rsid w:val="001A5604"/>
     <w:rsid w:val="001A6169"/>
     <w:rsid w:val="001A657A"/>
     <w:rsid w:val="001A6AF6"/>
+    <w:rsid w:val="001A786B"/>
     <w:rsid w:val="001C12EA"/>
     <w:rsid w:val="001C1C14"/>
     <w:rsid w:val="001C28CF"/>
     <w:rsid w:val="001C4992"/>
     <w:rsid w:val="001C65FC"/>
     <w:rsid w:val="001D25F5"/>
     <w:rsid w:val="001D64FC"/>
     <w:rsid w:val="001D700A"/>
     <w:rsid w:val="001D70BA"/>
     <w:rsid w:val="001D79DD"/>
     <w:rsid w:val="001D7BDE"/>
     <w:rsid w:val="001E3491"/>
     <w:rsid w:val="001E43F9"/>
     <w:rsid w:val="001F0AC8"/>
     <w:rsid w:val="001F39D0"/>
+    <w:rsid w:val="001F57C8"/>
     <w:rsid w:val="00200DCF"/>
     <w:rsid w:val="00201E62"/>
     <w:rsid w:val="00205C65"/>
     <w:rsid w:val="002068E3"/>
     <w:rsid w:val="00207AFD"/>
     <w:rsid w:val="00210602"/>
     <w:rsid w:val="00215DED"/>
     <w:rsid w:val="00217670"/>
     <w:rsid w:val="00222F67"/>
     <w:rsid w:val="00225723"/>
     <w:rsid w:val="00225AC2"/>
     <w:rsid w:val="00227C6E"/>
     <w:rsid w:val="002313B6"/>
     <w:rsid w:val="002315F5"/>
     <w:rsid w:val="00232477"/>
     <w:rsid w:val="00233B72"/>
     <w:rsid w:val="00234E88"/>
     <w:rsid w:val="002373D5"/>
     <w:rsid w:val="00243493"/>
     <w:rsid w:val="00244B6C"/>
     <w:rsid w:val="002461F5"/>
     <w:rsid w:val="00247CEA"/>
     <w:rsid w:val="00247D53"/>
     <w:rsid w:val="00247FAC"/>
     <w:rsid w:val="00250972"/>
     <w:rsid w:val="00251449"/>
     <w:rsid w:val="002520D5"/>
     <w:rsid w:val="002528EB"/>
     <w:rsid w:val="00252EDE"/>
     <w:rsid w:val="00252EEA"/>
     <w:rsid w:val="00254FD5"/>
     <w:rsid w:val="00257BDB"/>
     <w:rsid w:val="00261A56"/>
     <w:rsid w:val="00261B6B"/>
     <w:rsid w:val="00265EB0"/>
     <w:rsid w:val="00266D56"/>
     <w:rsid w:val="0026799C"/>
     <w:rsid w:val="0027407D"/>
     <w:rsid w:val="0027789A"/>
     <w:rsid w:val="00281AC8"/>
     <w:rsid w:val="00281E7D"/>
     <w:rsid w:val="00285856"/>
+    <w:rsid w:val="002866A7"/>
     <w:rsid w:val="00286FEE"/>
     <w:rsid w:val="002908F4"/>
     <w:rsid w:val="00291479"/>
     <w:rsid w:val="002927DF"/>
     <w:rsid w:val="002928D1"/>
     <w:rsid w:val="00296CA3"/>
     <w:rsid w:val="00297AE8"/>
     <w:rsid w:val="002A3011"/>
     <w:rsid w:val="002A58D3"/>
     <w:rsid w:val="002A701E"/>
     <w:rsid w:val="002B0E96"/>
     <w:rsid w:val="002B19E3"/>
     <w:rsid w:val="002B260D"/>
     <w:rsid w:val="002B363A"/>
     <w:rsid w:val="002B54B4"/>
     <w:rsid w:val="002B62D8"/>
     <w:rsid w:val="002C5463"/>
     <w:rsid w:val="002C579F"/>
     <w:rsid w:val="002C5BB6"/>
     <w:rsid w:val="002C5E10"/>
     <w:rsid w:val="002D54B3"/>
     <w:rsid w:val="002D6B31"/>
     <w:rsid w:val="002D6BED"/>
     <w:rsid w:val="002D71FA"/>
     <w:rsid w:val="002E5DC1"/>
@@ -22281,50 +22325,51 @@
     <w:rsid w:val="004C4A08"/>
     <w:rsid w:val="004C60DE"/>
     <w:rsid w:val="004D6F32"/>
     <w:rsid w:val="004E2296"/>
     <w:rsid w:val="004E22AF"/>
     <w:rsid w:val="004E79CE"/>
     <w:rsid w:val="004F05A5"/>
     <w:rsid w:val="004F2309"/>
     <w:rsid w:val="004F23D6"/>
     <w:rsid w:val="004F5BA6"/>
     <w:rsid w:val="004F63DE"/>
     <w:rsid w:val="00502CA9"/>
     <w:rsid w:val="00504429"/>
     <w:rsid w:val="00506240"/>
     <w:rsid w:val="00513A2D"/>
     <w:rsid w:val="00513D6F"/>
     <w:rsid w:val="005163CB"/>
     <w:rsid w:val="00516493"/>
     <w:rsid w:val="005201D8"/>
     <w:rsid w:val="00521BE4"/>
     <w:rsid w:val="00522EE8"/>
     <w:rsid w:val="005237F4"/>
     <w:rsid w:val="00527E87"/>
     <w:rsid w:val="00533914"/>
     <w:rsid w:val="00542A23"/>
+    <w:rsid w:val="00546774"/>
     <w:rsid w:val="00550008"/>
     <w:rsid w:val="00556593"/>
     <w:rsid w:val="00556B22"/>
     <w:rsid w:val="00556CE0"/>
     <w:rsid w:val="00563947"/>
     <w:rsid w:val="00563C0B"/>
     <w:rsid w:val="00570B0D"/>
     <w:rsid w:val="005766AE"/>
     <w:rsid w:val="00580F9D"/>
     <w:rsid w:val="0058239A"/>
     <w:rsid w:val="00584185"/>
     <w:rsid w:val="005865D8"/>
     <w:rsid w:val="0058766B"/>
     <w:rsid w:val="00593ACA"/>
     <w:rsid w:val="005950C3"/>
     <w:rsid w:val="00596E7E"/>
     <w:rsid w:val="005A7A63"/>
     <w:rsid w:val="005A7CE4"/>
     <w:rsid w:val="005B2CBF"/>
     <w:rsid w:val="005B39F6"/>
     <w:rsid w:val="005B4B5A"/>
     <w:rsid w:val="005C015D"/>
     <w:rsid w:val="005C1C41"/>
     <w:rsid w:val="005C490D"/>
     <w:rsid w:val="005D0C60"/>
@@ -22344,239 +22389,248 @@
     <w:rsid w:val="00615963"/>
     <w:rsid w:val="006168B2"/>
     <w:rsid w:val="00624053"/>
     <w:rsid w:val="00631E33"/>
     <w:rsid w:val="00633145"/>
     <w:rsid w:val="006343F3"/>
     <w:rsid w:val="0063633C"/>
     <w:rsid w:val="00637846"/>
     <w:rsid w:val="00637D00"/>
     <w:rsid w:val="006412F5"/>
     <w:rsid w:val="00643854"/>
     <w:rsid w:val="006465D8"/>
     <w:rsid w:val="00650FF3"/>
     <w:rsid w:val="006578B4"/>
     <w:rsid w:val="006610BB"/>
     <w:rsid w:val="00666B71"/>
     <w:rsid w:val="006704AC"/>
     <w:rsid w:val="00672A3E"/>
     <w:rsid w:val="00672AE6"/>
     <w:rsid w:val="00673D3E"/>
     <w:rsid w:val="006748F0"/>
     <w:rsid w:val="006754C0"/>
     <w:rsid w:val="00675EE1"/>
     <w:rsid w:val="0069139A"/>
     <w:rsid w:val="00693369"/>
+    <w:rsid w:val="0069500C"/>
     <w:rsid w:val="006956B0"/>
     <w:rsid w:val="00696A51"/>
     <w:rsid w:val="006A25BC"/>
     <w:rsid w:val="006A5A92"/>
     <w:rsid w:val="006A77ED"/>
     <w:rsid w:val="006B18A5"/>
     <w:rsid w:val="006B541A"/>
     <w:rsid w:val="006C19D4"/>
     <w:rsid w:val="006C2227"/>
     <w:rsid w:val="006C353A"/>
     <w:rsid w:val="006C3F40"/>
     <w:rsid w:val="006C55DB"/>
     <w:rsid w:val="006D4004"/>
     <w:rsid w:val="006D4FC9"/>
     <w:rsid w:val="006D729D"/>
     <w:rsid w:val="006E2C1E"/>
     <w:rsid w:val="006E31EA"/>
     <w:rsid w:val="006E7CA3"/>
     <w:rsid w:val="006F0F50"/>
     <w:rsid w:val="006F25AC"/>
     <w:rsid w:val="006F62A2"/>
     <w:rsid w:val="00702A07"/>
     <w:rsid w:val="00702FA9"/>
     <w:rsid w:val="00703CDB"/>
     <w:rsid w:val="00703E24"/>
     <w:rsid w:val="007076C1"/>
     <w:rsid w:val="00710D98"/>
     <w:rsid w:val="00715DF6"/>
     <w:rsid w:val="007171AC"/>
     <w:rsid w:val="00721593"/>
     <w:rsid w:val="007324DE"/>
     <w:rsid w:val="0073557C"/>
     <w:rsid w:val="00736D94"/>
     <w:rsid w:val="007403AC"/>
+    <w:rsid w:val="0074047F"/>
     <w:rsid w:val="00746476"/>
     <w:rsid w:val="00747159"/>
+    <w:rsid w:val="00752A0B"/>
     <w:rsid w:val="0075321C"/>
     <w:rsid w:val="00753938"/>
     <w:rsid w:val="007552D5"/>
     <w:rsid w:val="007554AF"/>
     <w:rsid w:val="007600B9"/>
     <w:rsid w:val="0076569D"/>
     <w:rsid w:val="007715E3"/>
     <w:rsid w:val="007771BF"/>
     <w:rsid w:val="007802AC"/>
     <w:rsid w:val="00784347"/>
     <w:rsid w:val="00785F72"/>
     <w:rsid w:val="00786EFF"/>
     <w:rsid w:val="00787B14"/>
     <w:rsid w:val="00795CAF"/>
     <w:rsid w:val="00797EC2"/>
     <w:rsid w:val="007A0F1C"/>
     <w:rsid w:val="007A1605"/>
     <w:rsid w:val="007A19E7"/>
     <w:rsid w:val="007B368C"/>
     <w:rsid w:val="007B531F"/>
     <w:rsid w:val="007B5EFD"/>
     <w:rsid w:val="007C3D1E"/>
     <w:rsid w:val="007C5ED3"/>
     <w:rsid w:val="007C6370"/>
     <w:rsid w:val="007D1283"/>
     <w:rsid w:val="007D39CA"/>
     <w:rsid w:val="007D3A1C"/>
     <w:rsid w:val="007E5B89"/>
     <w:rsid w:val="007F2199"/>
     <w:rsid w:val="007F37A6"/>
     <w:rsid w:val="007F4123"/>
     <w:rsid w:val="007F4D6D"/>
+    <w:rsid w:val="008033EC"/>
     <w:rsid w:val="008053D1"/>
     <w:rsid w:val="00807CCF"/>
     <w:rsid w:val="008119A4"/>
     <w:rsid w:val="00811D33"/>
     <w:rsid w:val="008120EF"/>
     <w:rsid w:val="00812AEB"/>
     <w:rsid w:val="008163F4"/>
     <w:rsid w:val="00824755"/>
     <w:rsid w:val="00826A6D"/>
     <w:rsid w:val="008272AE"/>
     <w:rsid w:val="0083021B"/>
     <w:rsid w:val="00831C7D"/>
     <w:rsid w:val="00836B28"/>
     <w:rsid w:val="008479F4"/>
+    <w:rsid w:val="00850250"/>
     <w:rsid w:val="00856BB4"/>
     <w:rsid w:val="00862CE7"/>
     <w:rsid w:val="00866D40"/>
     <w:rsid w:val="00866FF5"/>
     <w:rsid w:val="0086781B"/>
     <w:rsid w:val="00867E92"/>
     <w:rsid w:val="00870D6D"/>
     <w:rsid w:val="00874C68"/>
     <w:rsid w:val="00876907"/>
     <w:rsid w:val="00876F05"/>
     <w:rsid w:val="008867AD"/>
     <w:rsid w:val="00887423"/>
     <w:rsid w:val="00896D3C"/>
     <w:rsid w:val="008A039F"/>
     <w:rsid w:val="008A0AE0"/>
     <w:rsid w:val="008A1B2D"/>
     <w:rsid w:val="008A1C3B"/>
     <w:rsid w:val="008A471F"/>
     <w:rsid w:val="008A52C4"/>
     <w:rsid w:val="008A73DF"/>
     <w:rsid w:val="008B0108"/>
     <w:rsid w:val="008B0C62"/>
     <w:rsid w:val="008B1BB6"/>
     <w:rsid w:val="008B26BD"/>
     <w:rsid w:val="008C09DC"/>
     <w:rsid w:val="008C713F"/>
     <w:rsid w:val="008D370D"/>
     <w:rsid w:val="008D72C2"/>
     <w:rsid w:val="008E0A45"/>
     <w:rsid w:val="008E177D"/>
     <w:rsid w:val="008E5E1E"/>
     <w:rsid w:val="008F0CC0"/>
     <w:rsid w:val="008F0CCD"/>
     <w:rsid w:val="00900C2F"/>
     <w:rsid w:val="00901BB6"/>
     <w:rsid w:val="00905919"/>
     <w:rsid w:val="00911FE1"/>
     <w:rsid w:val="009152F1"/>
     <w:rsid w:val="0092006B"/>
+    <w:rsid w:val="00920BCC"/>
     <w:rsid w:val="0092375D"/>
     <w:rsid w:val="00930B5F"/>
     <w:rsid w:val="009336E1"/>
     <w:rsid w:val="00936AB3"/>
     <w:rsid w:val="009411D2"/>
     <w:rsid w:val="00941C09"/>
     <w:rsid w:val="00944E0F"/>
     <w:rsid w:val="00946101"/>
     <w:rsid w:val="0094750D"/>
     <w:rsid w:val="0095000D"/>
     <w:rsid w:val="00951FF6"/>
     <w:rsid w:val="00952735"/>
     <w:rsid w:val="00953AA4"/>
     <w:rsid w:val="0095764A"/>
     <w:rsid w:val="00960BA1"/>
     <w:rsid w:val="00960E7D"/>
     <w:rsid w:val="00961750"/>
     <w:rsid w:val="00964445"/>
     <w:rsid w:val="009677DC"/>
     <w:rsid w:val="00967971"/>
     <w:rsid w:val="00971BD9"/>
     <w:rsid w:val="0097243E"/>
     <w:rsid w:val="00972F46"/>
     <w:rsid w:val="009807C0"/>
     <w:rsid w:val="00980EF4"/>
     <w:rsid w:val="00994104"/>
     <w:rsid w:val="00994C4E"/>
     <w:rsid w:val="009964A2"/>
     <w:rsid w:val="009A385C"/>
     <w:rsid w:val="009A560D"/>
+    <w:rsid w:val="009B021D"/>
     <w:rsid w:val="009B02BA"/>
     <w:rsid w:val="009B1C0C"/>
     <w:rsid w:val="009B254D"/>
     <w:rsid w:val="009B65FD"/>
     <w:rsid w:val="009B7149"/>
     <w:rsid w:val="009B71BC"/>
     <w:rsid w:val="009C013A"/>
     <w:rsid w:val="009C41B8"/>
     <w:rsid w:val="009D3F9E"/>
     <w:rsid w:val="009D4C19"/>
     <w:rsid w:val="009E0B10"/>
     <w:rsid w:val="009E4492"/>
     <w:rsid w:val="009E47B3"/>
     <w:rsid w:val="009F2C00"/>
     <w:rsid w:val="009F58B5"/>
     <w:rsid w:val="009F5974"/>
     <w:rsid w:val="009F6701"/>
     <w:rsid w:val="00A01CC5"/>
     <w:rsid w:val="00A05292"/>
+    <w:rsid w:val="00A05C3A"/>
     <w:rsid w:val="00A06C4A"/>
     <w:rsid w:val="00A07BA9"/>
     <w:rsid w:val="00A228DC"/>
     <w:rsid w:val="00A24C76"/>
     <w:rsid w:val="00A27DD6"/>
     <w:rsid w:val="00A37674"/>
     <w:rsid w:val="00A41302"/>
     <w:rsid w:val="00A46023"/>
     <w:rsid w:val="00A51830"/>
     <w:rsid w:val="00A52797"/>
     <w:rsid w:val="00A53228"/>
     <w:rsid w:val="00A53283"/>
     <w:rsid w:val="00A55186"/>
     <w:rsid w:val="00A6203C"/>
     <w:rsid w:val="00A666A8"/>
     <w:rsid w:val="00A668CC"/>
     <w:rsid w:val="00A67DA8"/>
     <w:rsid w:val="00A72D73"/>
     <w:rsid w:val="00A81434"/>
+    <w:rsid w:val="00A8397C"/>
     <w:rsid w:val="00A83EEB"/>
     <w:rsid w:val="00A86D37"/>
     <w:rsid w:val="00A87048"/>
     <w:rsid w:val="00A9341F"/>
     <w:rsid w:val="00A93C83"/>
     <w:rsid w:val="00A950D6"/>
     <w:rsid w:val="00A96D73"/>
     <w:rsid w:val="00A97A1A"/>
     <w:rsid w:val="00AA01FA"/>
     <w:rsid w:val="00AA0C08"/>
     <w:rsid w:val="00AA497D"/>
     <w:rsid w:val="00AA5EBD"/>
     <w:rsid w:val="00AA70AD"/>
     <w:rsid w:val="00AB0ED9"/>
     <w:rsid w:val="00AB1BE1"/>
     <w:rsid w:val="00AB28BF"/>
     <w:rsid w:val="00AB4327"/>
     <w:rsid w:val="00AB68DE"/>
     <w:rsid w:val="00AB6BB3"/>
     <w:rsid w:val="00AC298E"/>
     <w:rsid w:val="00AC2D53"/>
     <w:rsid w:val="00AC2DB9"/>
     <w:rsid w:val="00AC4187"/>
     <w:rsid w:val="00AD307D"/>
     <w:rsid w:val="00AE02B8"/>
@@ -22589,122 +22643,128 @@
     <w:rsid w:val="00B175B3"/>
     <w:rsid w:val="00B24269"/>
     <w:rsid w:val="00B30D14"/>
     <w:rsid w:val="00B344A7"/>
     <w:rsid w:val="00B42941"/>
     <w:rsid w:val="00B43296"/>
     <w:rsid w:val="00B45B7E"/>
     <w:rsid w:val="00B47B3E"/>
     <w:rsid w:val="00B51FC1"/>
     <w:rsid w:val="00B53E45"/>
     <w:rsid w:val="00B54D2F"/>
     <w:rsid w:val="00B55D6F"/>
     <w:rsid w:val="00B70035"/>
     <w:rsid w:val="00B71698"/>
     <w:rsid w:val="00B728F0"/>
     <w:rsid w:val="00B72F4B"/>
     <w:rsid w:val="00B77BF9"/>
     <w:rsid w:val="00B84808"/>
     <w:rsid w:val="00B87B33"/>
     <w:rsid w:val="00B92015"/>
     <w:rsid w:val="00BA35D4"/>
     <w:rsid w:val="00BB7922"/>
     <w:rsid w:val="00BC10BB"/>
     <w:rsid w:val="00BC2714"/>
     <w:rsid w:val="00BD2225"/>
+    <w:rsid w:val="00BD3016"/>
     <w:rsid w:val="00BD324B"/>
     <w:rsid w:val="00BD5993"/>
     <w:rsid w:val="00BD7A4B"/>
     <w:rsid w:val="00BE011B"/>
     <w:rsid w:val="00BE16ED"/>
     <w:rsid w:val="00BE1A5A"/>
     <w:rsid w:val="00BE27F4"/>
     <w:rsid w:val="00BE417D"/>
     <w:rsid w:val="00BE7571"/>
     <w:rsid w:val="00BF01B6"/>
     <w:rsid w:val="00BF2680"/>
     <w:rsid w:val="00BF2D6C"/>
     <w:rsid w:val="00BF452B"/>
     <w:rsid w:val="00BF460C"/>
     <w:rsid w:val="00BF487B"/>
     <w:rsid w:val="00BF4E45"/>
     <w:rsid w:val="00BF521D"/>
     <w:rsid w:val="00BF5BB9"/>
     <w:rsid w:val="00BF6267"/>
     <w:rsid w:val="00C0066C"/>
     <w:rsid w:val="00C0452D"/>
     <w:rsid w:val="00C06712"/>
     <w:rsid w:val="00C10157"/>
     <w:rsid w:val="00C10D0D"/>
     <w:rsid w:val="00C10F64"/>
     <w:rsid w:val="00C11704"/>
     <w:rsid w:val="00C13BE0"/>
     <w:rsid w:val="00C143B9"/>
     <w:rsid w:val="00C15C60"/>
     <w:rsid w:val="00C23A69"/>
     <w:rsid w:val="00C42093"/>
     <w:rsid w:val="00C4303E"/>
     <w:rsid w:val="00C47767"/>
     <w:rsid w:val="00C55254"/>
     <w:rsid w:val="00C619AD"/>
     <w:rsid w:val="00C62D88"/>
+    <w:rsid w:val="00C64211"/>
     <w:rsid w:val="00C662A6"/>
     <w:rsid w:val="00C73FFF"/>
     <w:rsid w:val="00C839DE"/>
     <w:rsid w:val="00C90573"/>
     <w:rsid w:val="00C90B84"/>
     <w:rsid w:val="00C92FD3"/>
     <w:rsid w:val="00C95086"/>
     <w:rsid w:val="00CA07B1"/>
     <w:rsid w:val="00CA3D6F"/>
     <w:rsid w:val="00CA4C44"/>
     <w:rsid w:val="00CA4F42"/>
     <w:rsid w:val="00CB10B9"/>
     <w:rsid w:val="00CB3320"/>
     <w:rsid w:val="00CB3E32"/>
     <w:rsid w:val="00CC50D1"/>
     <w:rsid w:val="00CD0F92"/>
     <w:rsid w:val="00CD23BD"/>
     <w:rsid w:val="00CD376F"/>
     <w:rsid w:val="00CD43F0"/>
     <w:rsid w:val="00CD66C5"/>
     <w:rsid w:val="00CE712D"/>
     <w:rsid w:val="00CF099F"/>
     <w:rsid w:val="00CF2EC0"/>
     <w:rsid w:val="00CF3E8D"/>
+    <w:rsid w:val="00CF694B"/>
     <w:rsid w:val="00CF7DFC"/>
     <w:rsid w:val="00D01EF7"/>
+    <w:rsid w:val="00D04688"/>
     <w:rsid w:val="00D0594D"/>
     <w:rsid w:val="00D06A83"/>
     <w:rsid w:val="00D06DCA"/>
     <w:rsid w:val="00D12F9B"/>
     <w:rsid w:val="00D15AA9"/>
     <w:rsid w:val="00D30ECF"/>
     <w:rsid w:val="00D315C9"/>
     <w:rsid w:val="00D326CA"/>
+    <w:rsid w:val="00D376CF"/>
     <w:rsid w:val="00D43A5F"/>
     <w:rsid w:val="00D52191"/>
+    <w:rsid w:val="00D62BA3"/>
     <w:rsid w:val="00D64D84"/>
     <w:rsid w:val="00D64FE2"/>
     <w:rsid w:val="00D66DAB"/>
     <w:rsid w:val="00D70176"/>
     <w:rsid w:val="00D72754"/>
     <w:rsid w:val="00D766A1"/>
     <w:rsid w:val="00D81FF1"/>
     <w:rsid w:val="00D839AF"/>
     <w:rsid w:val="00D87E10"/>
     <w:rsid w:val="00D87EAA"/>
     <w:rsid w:val="00D92173"/>
     <w:rsid w:val="00D930C8"/>
     <w:rsid w:val="00D96014"/>
     <w:rsid w:val="00D97216"/>
     <w:rsid w:val="00D97722"/>
     <w:rsid w:val="00DB6755"/>
     <w:rsid w:val="00DC00E5"/>
     <w:rsid w:val="00DC3D52"/>
     <w:rsid w:val="00DC6586"/>
     <w:rsid w:val="00DC75E9"/>
     <w:rsid w:val="00DC7970"/>
     <w:rsid w:val="00DD1285"/>
     <w:rsid w:val="00DE656F"/>
     <w:rsid w:val="00DE7779"/>
     <w:rsid w:val="00DF4102"/>
@@ -22766,50 +22826,51 @@
     <w:rsid w:val="00EE771F"/>
     <w:rsid w:val="00EF09EA"/>
     <w:rsid w:val="00EF107F"/>
     <w:rsid w:val="00EF25FF"/>
     <w:rsid w:val="00EF3C45"/>
     <w:rsid w:val="00F040C6"/>
     <w:rsid w:val="00F06597"/>
     <w:rsid w:val="00F14190"/>
     <w:rsid w:val="00F15AA0"/>
     <w:rsid w:val="00F208BF"/>
     <w:rsid w:val="00F20FB7"/>
     <w:rsid w:val="00F21139"/>
     <w:rsid w:val="00F23C4A"/>
     <w:rsid w:val="00F31A2A"/>
     <w:rsid w:val="00F3311D"/>
     <w:rsid w:val="00F4128E"/>
     <w:rsid w:val="00F41613"/>
     <w:rsid w:val="00F42276"/>
     <w:rsid w:val="00F45136"/>
     <w:rsid w:val="00F53B07"/>
     <w:rsid w:val="00F551D5"/>
     <w:rsid w:val="00F558CD"/>
     <w:rsid w:val="00F55FCA"/>
     <w:rsid w:val="00F6060A"/>
     <w:rsid w:val="00F61952"/>
+    <w:rsid w:val="00F624EE"/>
     <w:rsid w:val="00F64416"/>
     <w:rsid w:val="00F6559F"/>
     <w:rsid w:val="00F6763D"/>
     <w:rsid w:val="00F73F2D"/>
     <w:rsid w:val="00F742D3"/>
     <w:rsid w:val="00F75CAB"/>
     <w:rsid w:val="00F81800"/>
     <w:rsid w:val="00F84D09"/>
     <w:rsid w:val="00F8667B"/>
     <w:rsid w:val="00F9486F"/>
     <w:rsid w:val="00F950BD"/>
     <w:rsid w:val="00F95BB5"/>
     <w:rsid w:val="00FA078D"/>
     <w:rsid w:val="00FA0D1A"/>
     <w:rsid w:val="00FA1299"/>
     <w:rsid w:val="00FA209E"/>
     <w:rsid w:val="00FA48ED"/>
     <w:rsid w:val="00FB1ABB"/>
     <w:rsid w:val="00FB2172"/>
     <w:rsid w:val="00FB410C"/>
     <w:rsid w:val="00FB7ACE"/>
     <w:rsid w:val="00FD16E9"/>
     <w:rsid w:val="00FD2ECD"/>
     <w:rsid w:val="00FD5475"/>
     <w:rsid w:val="00FE1CC0"/>
@@ -22826,51 +22887,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7DE12DFF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{73844471-D9AC-934C-90EA-BFE13C99408E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -23816,85 +23877,85 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normalwebb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00252EEA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="sv-SE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="919827492">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="59C8B2B6C27E4B8986B06A187005054D"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1362ADE7-2C5B-40E5-BA1A-1106E582D762}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004B669B" w:rsidRDefault="004B669B"/>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D44C6E96D2F24C3D896249344EF04461"/>
         <w:category>
           <w:name w:val="Allmänt"/>
@@ -25448,51 +25509,51 @@
         </w:behaviors>
         <w:guid w:val="{C9631332-0C95-40F4-9BA9-469069D29D1D}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00485C9E" w:rsidRDefault="00485C9E" w:rsidP="00485C9E">
           <w:pPr>
             <w:pStyle w:val="03EE6552ADA9405C8095BB2223C14BA7"/>
           </w:pPr>
           <w:r w:rsidRPr="00F9408D">
             <w:rPr>
               <w:bCs/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">   </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -25558,155 +25619,161 @@
     <w:sig w:usb0="00000000" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00913320"/>
     <w:rsid w:val="0000671F"/>
     <w:rsid w:val="00020BC1"/>
     <w:rsid w:val="00030330"/>
     <w:rsid w:val="000967A3"/>
     <w:rsid w:val="00123F48"/>
+    <w:rsid w:val="001A786B"/>
     <w:rsid w:val="001E19C3"/>
     <w:rsid w:val="001F7994"/>
     <w:rsid w:val="002265DB"/>
     <w:rsid w:val="002804EF"/>
     <w:rsid w:val="002E04AF"/>
     <w:rsid w:val="003207DF"/>
     <w:rsid w:val="00332D8C"/>
     <w:rsid w:val="003938FB"/>
     <w:rsid w:val="003A0085"/>
     <w:rsid w:val="003A77DE"/>
+    <w:rsid w:val="003D451E"/>
     <w:rsid w:val="004315D8"/>
     <w:rsid w:val="0044045C"/>
     <w:rsid w:val="00456C2C"/>
     <w:rsid w:val="00485C9E"/>
+    <w:rsid w:val="004A5950"/>
     <w:rsid w:val="004B669B"/>
     <w:rsid w:val="00517A96"/>
     <w:rsid w:val="005A49FD"/>
     <w:rsid w:val="005E2EEF"/>
     <w:rsid w:val="006128ED"/>
     <w:rsid w:val="0064656F"/>
     <w:rsid w:val="0070249A"/>
+    <w:rsid w:val="00752A0B"/>
     <w:rsid w:val="00774DB6"/>
     <w:rsid w:val="007B762A"/>
     <w:rsid w:val="007B79F5"/>
     <w:rsid w:val="007F3E0B"/>
     <w:rsid w:val="00836369"/>
     <w:rsid w:val="008D203E"/>
     <w:rsid w:val="00913320"/>
     <w:rsid w:val="009167EC"/>
+    <w:rsid w:val="00920BCC"/>
     <w:rsid w:val="00921DB4"/>
     <w:rsid w:val="009921FA"/>
     <w:rsid w:val="009C4FE5"/>
     <w:rsid w:val="009D4714"/>
     <w:rsid w:val="00A30ABD"/>
     <w:rsid w:val="00AB291F"/>
     <w:rsid w:val="00AE56FC"/>
     <w:rsid w:val="00B01EAE"/>
     <w:rsid w:val="00B100D7"/>
     <w:rsid w:val="00B31042"/>
     <w:rsid w:val="00B45BFA"/>
     <w:rsid w:val="00B479A3"/>
     <w:rsid w:val="00B5093A"/>
     <w:rsid w:val="00B6401F"/>
     <w:rsid w:val="00B76C2B"/>
     <w:rsid w:val="00BE5DAB"/>
     <w:rsid w:val="00C200A8"/>
     <w:rsid w:val="00C62E78"/>
     <w:rsid w:val="00C71B9A"/>
     <w:rsid w:val="00C80CA5"/>
     <w:rsid w:val="00C83B75"/>
     <w:rsid w:val="00D23083"/>
+    <w:rsid w:val="00D376CF"/>
     <w:rsid w:val="00D55D96"/>
     <w:rsid w:val="00D60D44"/>
     <w:rsid w:val="00DA382F"/>
     <w:rsid w:val="00E004C3"/>
     <w:rsid w:val="00E7288A"/>
     <w:rsid w:val="00F4128E"/>
     <w:rsid w:val="00F85CBE"/>
     <w:rsid w:val="00F9210A"/>
     <w:rsid w:val="00FF5112"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -26123,51 +26190,51 @@
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F5B8E50786974BF68902B15CF4F71A04">
     <w:name w:val="F5B8E50786974BF68902B15CF4F71A04"/>
     <w:rsid w:val="00485C9E"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="03EE6552ADA9405C8095BB2223C14BA7">
     <w:name w:val="03EE6552ADA9405C8095BB2223C14BA7"/>
     <w:rsid w:val="00485C9E"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -26445,76 +26512,76 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\GostTitle.XSL" StyleName="Gost – Titelsortering" Version="2003"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DE50568-C53B-44D1-A8E6-22AADF711C82}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2028</Words>
-  <Characters>10749</Characters>
+  <Words>2050</Words>
+  <Characters>10868</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>89</Lines>
+  <Lines>90</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rubriker</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>L1.1. Inrättande av provsamling för forskning </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12752</CharactersWithSpaces>
+  <CharactersWithSpaces>12893</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jesper Persson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>