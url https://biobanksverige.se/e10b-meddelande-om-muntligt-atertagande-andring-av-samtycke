--- v0 (2025-10-08)
+++ v1 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="45E8B4B1" w14:textId="77777777" w:rsidR="00487486" w:rsidRDefault="00E566C1" w:rsidP="00FD48B6">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Times New Roman (CS-rubriker)"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-20"/>
           <w:sz w:val="60"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C20C00">
         <w:rPr>
           <w:rStyle w:val="Rubrik1Char"/>
         </w:rPr>
         <w:t>E10b</w:t>
       </w:r>
       <w:r w:rsidR="00C20C00" w:rsidRPr="00C20C00">
         <w:rPr>
           <w:rStyle w:val="Rubrik1Char"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -138,83 +138,83 @@
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
             </w:pPr>
             <w:r>
               <w:t>Personuppgifter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C92FD3" w14:paraId="25A8A0A1" w14:textId="77777777" w:rsidTr="00C92FD3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6393EFC0" w14:textId="55C66C77" w:rsidR="00C92FD3" w:rsidRDefault="00A76C78" w:rsidP="00960BA1">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Namn:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E7EBA42" w14:textId="45231859" w:rsidR="001C1C14" w:rsidRPr="00994C4E" w:rsidRDefault="001C1C14" w:rsidP="00994C4E">
+          <w:p w14:paraId="2E7EBA42" w14:textId="4D147837" w:rsidR="001C1C14" w:rsidRPr="00994C4E" w:rsidRDefault="001C1C14" w:rsidP="00994C4E">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
             </w:pPr>
             <w:r w:rsidRPr="00994C4E">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00994C4E">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00994C4E">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00994C4E">
+            <w:r w:rsidR="007D6490">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00994C4E">
+            <w:r w:rsidR="007D6490">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00994C4E">
+            <w:r w:rsidR="007D6490">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00994C4E">
+            <w:r w:rsidR="007D6490">
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00994C4E">
+            <w:r w:rsidR="007D6490">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00994C4E">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66E46B98" w14:textId="3CDAC68A" w:rsidR="00C92FD3" w:rsidRDefault="00A76C78" w:rsidP="00960BA1">
             <w:pPr>
               <w:pStyle w:val="Flt-titel"/>
             </w:pPr>
             <w:r>
               <w:t>Personnummer (12 siff</w:t>
             </w:r>
             <w:r w:rsidR="00BD054E">
               <w:t>ror):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EBC3777" w14:textId="2078188A" w:rsidR="00960BA1" w:rsidRDefault="00960BA1" w:rsidP="00994C4E">
             <w:pPr>
               <w:pStyle w:val="Flt-svar"/>
@@ -325,140 +325,115 @@
             </w:pPr>
             <w:r w:rsidRPr="00EF294F">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF294F">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cell- eller vävnadsprov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2027A635" w14:textId="77777777" w:rsidR="000A3CC9" w:rsidRPr="009B3017" w:rsidRDefault="0061504F" w:rsidP="000A3CC9">
-[...48 lines deleted...]
-          <w:p w14:paraId="1F4DB176" w14:textId="2C20058A" w:rsidR="00F55D69" w:rsidRDefault="0061504F" w:rsidP="000A3CC9">
+          <w:p w14:paraId="1F4DB176" w14:textId="6443E7D9" w:rsidR="00F55D69" w:rsidRDefault="007D6490" w:rsidP="000A3CC9">
             <w:pPr>
               <w:pStyle w:val="Flt-textpunktlista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="732051897"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000A3CC9" w:rsidRPr="009B3017">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="000A3CC9" w:rsidRPr="009B3017">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Annat prov </w:t>
+              <w:t xml:space="preserve"> Anna</w:t>
+            </w:r>
+            <w:r w:rsidR="008133FF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>n typ av prov, ange vilke</w:t>
+            </w:r>
+            <w:r w:rsidR="00D96C8F">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r w:rsidR="000A3CC9" w:rsidRPr="009B3017">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000A3CC9" w:rsidRPr="009B3017">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="000A3CC9" w:rsidRPr="009B3017">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="000A3CC9" w:rsidRPr="009B3017">
@@ -607,51 +582,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A2C60" w14:paraId="11184176" w14:textId="77777777" w:rsidTr="005D57D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBEEED"/>
           </w:tcPr>
           <w:p w14:paraId="404E2618" w14:textId="6A93FE11" w:rsidR="009A2C60" w:rsidRPr="00964262" w:rsidRDefault="009A2C60" w:rsidP="007E4923">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
             </w:pPr>
             <w:r>
               <w:t>Övriga uppgifter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A2C60" w14:paraId="6BC6D9E5" w14:textId="77777777" w:rsidTr="003D0E05">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="49D0D6A2" w14:textId="6F07F768" w:rsidR="009A2C60" w:rsidRDefault="0061504F" w:rsidP="000A3CC9">
+          <w:p w14:paraId="49D0D6A2" w14:textId="6F07F768" w:rsidR="009A2C60" w:rsidRDefault="007D6490" w:rsidP="000A3CC9">
             <w:pPr>
               <w:pStyle w:val="Brdtext"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="389"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1754506893"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -773,51 +748,51 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8389F" w:rsidRPr="00B52BDB" w14:paraId="3E616BE6" w14:textId="77777777" w:rsidTr="00604636">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDDAEE"/>
           </w:tcPr>
           <w:p w14:paraId="399904FF" w14:textId="1CA1F8FD" w:rsidR="00B8389F" w:rsidRPr="007E4923" w:rsidRDefault="00B52BDB" w:rsidP="007E4923">
             <w:pPr>
               <w:pStyle w:val="TabellrubrikbaseradpR3"/>
             </w:pPr>
             <w:r w:rsidRPr="007E4923">
               <w:t>Muntligt samtyckesval</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E86327" w14:paraId="0E64BE9F" w14:textId="00D138FC" w:rsidTr="00DD0D04">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1FA480" w14:textId="77777777" w:rsidR="005C3A22" w:rsidRDefault="0061504F" w:rsidP="005C3A22">
+          <w:p w14:paraId="6F1FA480" w14:textId="77777777" w:rsidR="005C3A22" w:rsidRDefault="007D6490" w:rsidP="005C3A22">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="306" w:right="136" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1486742075"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -1364,51 +1339,51 @@
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1509788879"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00D95E22">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="1B8E065B" w14:textId="77777777" w:rsidR="005C3A22" w:rsidRDefault="0061504F" w:rsidP="005C3A22">
+          <w:p w14:paraId="1B8E065B" w14:textId="77777777" w:rsidR="005C3A22" w:rsidRDefault="007D6490" w:rsidP="005C3A22">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="60" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="306" w:right="136" w:hanging="284"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="69937451"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -2538,123 +2513,123 @@
                 <w:t>D1, Information och samtyckeordning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5112C2CC" w14:textId="77777777" w:rsidR="003F7096" w:rsidRPr="008163F4" w:rsidRDefault="003F7096"/>
     <w:sectPr w:rsidR="003F7096" w:rsidRPr="008163F4" w:rsidSect="009F5AC9">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="471" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A87899B" w14:textId="77777777" w:rsidR="00190CE8" w:rsidRDefault="00190CE8" w:rsidP="00702A07">
+    <w:p w14:paraId="54CDEF19" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00702A07">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB6B377" w14:textId="77777777" w:rsidR="00190CE8" w:rsidRDefault="00190CE8" w:rsidP="00702A07"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="06D867D8" w14:textId="77777777" w:rsidR="00190CE8" w:rsidRDefault="00190CE8" w:rsidP="00702A07"/>
+    <w:p w14:paraId="7B5A7D00" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00702A07"/>
+    <w:p w14:paraId="597A70EB" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00702A07"/>
+    <w:p w14:paraId="494AD464" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00702A07"/>
+    <w:p w14:paraId="56C2E52E" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00702A07"/>
+    <w:p w14:paraId="0DDF0249" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00702A07"/>
+    <w:p w14:paraId="3F676590" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00702A07"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A7CC565" w14:textId="77777777" w:rsidR="00190CE8" w:rsidRDefault="00190CE8" w:rsidP="00702A07">
+    <w:p w14:paraId="0C6B640D" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00702A07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FAD7D0D" w14:textId="77777777" w:rsidR="00190CE8" w:rsidRDefault="00190CE8" w:rsidP="00702A07"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="57865C91" w14:textId="77777777" w:rsidR="00190CE8" w:rsidRDefault="00190CE8" w:rsidP="00702A07"/>
+    <w:p w14:paraId="0EE9EE37" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00702A07"/>
+    <w:p w14:paraId="3F645CE4" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00702A07"/>
+    <w:p w14:paraId="084C776A" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00702A07"/>
+    <w:p w14:paraId="788DD627" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00702A07"/>
+    <w:p w14:paraId="745D7C4B" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00702A07"/>
+    <w:p w14:paraId="41763944" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00702A07"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (CS-rubriker)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PT Sans">
     <w:altName w:val="Corbel"/>
@@ -2662,57 +2637,57 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="370B1088" w14:textId="6596DC04" w:rsidR="00BE011B" w:rsidRDefault="00171816" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="29AC4F68" wp14:editId="4D8C4BA4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>4445</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10506075</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7559675" cy="179705"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="11" name="Rektangel 11"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2748,51 +2723,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="38505294" id="Rektangel 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkNwTffwIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypGmCOkXWosOA&#10;og3WDj0rshQbkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy8mpfG7ZT6CuwOR+eDThTVkJR2U3Ofzzd&#10;frrgzAdhC2HAqpwflOdXi48fLhs3VyMowRQKGYFYP29czssQ3DzLvCxVLfwZOGVJqAFrEeiIm6xA&#10;0RB6bbLRYHCeNYCFQ5DKe7q9aYV8kfC1VjI8aO1VYCbnFFtIK6Z1HddscSnmGxSurGQXhviHKGpR&#10;WXLaQ92IINgWqzdQdSURPOhwJqHOQOtKqpQDZTMcvMrmsRROpVyIHO96mvz/g5X3u0e3QqKhcX7u&#10;aRuz2Gus45/iY/tE1qEnS+0Dk3Q5nUxm59MJZ5Jkw+lsOphENrOTtUMfviqoWdzkHOkxEkdid+dD&#10;q3pUic48mKq4rYxJB9ysrw2ynaCHG88+f7lIb0Xof6gZG5UtRLMWMd5kp1zSLhyMinrGfleaVQVF&#10;P0qRpDJTvR8hpbJh2IpKUajW/WRAX5dbb5EyTYARWZP/HrsDiCX8FruNstOPpipVaW88+FtgrXFv&#10;kTyDDb1xXVnA9wAMZdV5bvWPJLXURJbWUBxWyBDaHvFO3lb0bnfCh5VAagpqH2r08ECLNtDkHLod&#10;ZyXgr/fuoz7VKkk5a6jJcu5/bgUqzsw3S1U8G47HsSvTYTyZjuiALyXrlxK7ra+BymFII8XJtI36&#10;wRy3GqF+pnmwjF5JJKwk3zmXAY+H69A2P00UqZbLpEad6ES4s49ORvDIaqzLp/2zQNcVb6Cyv4dj&#10;Q4r5qxpudaOlheU2gK5SgZ947fimLk6F002cOCZenpPWaS4ufgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJ2gyobfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo44iWkMapAhJc&#10;EEIEDj268TaJiNchdlrz9zgnOO7M6O1MsQtmYCecXG9JglglwJAaq3tqJXx+PN1kwJxXpNVgCSX8&#10;oINdeXlRqFzbM73jqfYtixByuZLQeT/mnLumQ6Pcyo5I0TvaySgfz6nlelLnCDcDT5Nkw43qKX7o&#10;1IiPHTZf9WwiZY9v1XNTvwbxXT+8VLMVYdhLeX0Vqi0wj8H/hWGpH6tDGTsd7EzasUHCXcxFdbO+&#10;XQNbfHEvUmCHRcvSDHhZ8P8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZDcE338C&#10;AABfBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnaDK&#10;ht8AAAALAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="50A9968C" id="Rektangel 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:.35pt;margin-top:827.25pt;width:595.25pt;height:14.15pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkNwTffwIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r06ypGmCOkXWosOA&#10;og3WDj0rshQbkEWNUuJkXz9KdpyuLXYY5oMsieQj+UTy8mpfG7ZT6CuwOR+eDThTVkJR2U3Ofzzd&#10;frrgzAdhC2HAqpwflOdXi48fLhs3VyMowRQKGYFYP29czssQ3DzLvCxVLfwZOGVJqAFrEeiIm6xA&#10;0RB6bbLRYHCeNYCFQ5DKe7q9aYV8kfC1VjI8aO1VYCbnFFtIK6Z1HddscSnmGxSurGQXhviHKGpR&#10;WXLaQ92IINgWqzdQdSURPOhwJqHOQOtKqpQDZTMcvMrmsRROpVyIHO96mvz/g5X3u0e3QqKhcX7u&#10;aRuz2Gus45/iY/tE1qEnS+0Dk3Q5nUxm59MJZ5Jkw+lsOphENrOTtUMfviqoWdzkHOkxEkdid+dD&#10;q3pUic48mKq4rYxJB9ysrw2ynaCHG88+f7lIb0Xof6gZG5UtRLMWMd5kp1zSLhyMinrGfleaVQVF&#10;P0qRpDJTvR8hpbJh2IpKUajW/WRAX5dbb5EyTYARWZP/HrsDiCX8FruNstOPpipVaW88+FtgrXFv&#10;kTyDDb1xXVnA9wAMZdV5bvWPJLXURJbWUBxWyBDaHvFO3lb0bnfCh5VAagpqH2r08ECLNtDkHLod&#10;ZyXgr/fuoz7VKkk5a6jJcu5/bgUqzsw3S1U8G47HsSvTYTyZjuiALyXrlxK7ra+BymFII8XJtI36&#10;wRy3GqF+pnmwjF5JJKwk3zmXAY+H69A2P00UqZbLpEad6ES4s49ORvDIaqzLp/2zQNcVb6Cyv4dj&#10;Q4r5qxpudaOlheU2gK5SgZ947fimLk6F002cOCZenpPWaS4ufgMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJ2gyobfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo44iWkMapAhJc&#10;EEIEDj268TaJiNchdlrz9zgnOO7M6O1MsQtmYCecXG9JglglwJAaq3tqJXx+PN1kwJxXpNVgCSX8&#10;oINdeXlRqFzbM73jqfYtixByuZLQeT/mnLumQ6Pcyo5I0TvaySgfz6nlelLnCDcDT5Nkw43qKX7o&#10;1IiPHTZf9WwiZY9v1XNTvwbxXT+8VLMVYdhLeX0Vqi0wj8H/hWGpH6tDGTsd7EzasUHCXcxFdbO+&#10;XQNbfHEvUmCHRcvSDHhZ8P8byl8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZDcE338C&#10;AABfBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnaDK&#10;ht8AAAALAQAADwAAAAAAAAAAAAAAAADZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00BE011B">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3411A819" wp14:editId="6783697B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Rektangel 10"/>
@@ -2830,63 +2805,63 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="06F3E556" id="Rektangel 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="59AFF30E" id="Rektangel 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57EE3968" w14:textId="5E0CBF2E" w:rsidR="0033297A" w:rsidRDefault="0033297A" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidfot"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3AED0D17" wp14:editId="14826873">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10502900</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="180000"/>
               <wp:effectExtent l="0" t="0" r="3175" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="9" name="Rektangel 9"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2922,51 +2897,51 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="3633093A" id="Rektangel 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFO1IaeQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r06ytE2DOEWWosOA&#10;oi3WDj0rshQbkEWNUuJkTz9KdpysLXYY5oNMiuTHH5GcXe9qw7YKfQU258OzAWfKSigqu875j+fb&#10;TxPOfBC2EAasyvleeX49//hh1ripGkEJplDICMT6aeNyXobgplnmZalq4c/AKUtCDViLQCyuswJF&#10;Q+i1yUaDwUXWABYOQSrv6famFfJ5wtdayfCgtVeBmZxTbCGdmM5VPLP5TEzXKFxZyS4M8Q9R1KKy&#10;5LSHuhFBsA1Wb6DqSiJ40OFMQp2B1pVUKQfKZjh4lc1TKZxKuVBxvOvL5P8frLzfPrlHpDI0zk89&#10;kTGLncY6/ik+tkvF2vfFUrvAJF1enl8M6ONMkmw4STTBZEdrhz58VVCzSOQc6TFSjcT2zodW9aAS&#10;nXkwVXFbGZMYXK+WBtlW0MONrz5/maS3IvQ/1IyNyhaiWYsYb7JjLokKe6OinrHflWZVQdGPUiSp&#10;zVTvR0ipbBi2olIUqnV/fpJbb5EyTYARWZP/HrsDiC38FruNstOPpip1aW88+FtgrXFvkTyDDb1x&#10;XVnA9wAMZdV5bvUPRWpLE6u0gmL/iAyhnRHv5G1F73YnfHgUSENBT02DHh7o0AaanENHcVYC/nrv&#10;PupTr5KUs4aGLOf+50ag4sx8s9TFV8PxOE5lYsbnlyNi8FSyOpXYTb0EaochrRQnExn1gzmQGqF+&#10;oX2wiF5JJKwk3zmXAQ/MMrTDTxtFqsUiqdEkOhHu7JOTETxWNfbl8+5FoOuaN1Db38NhIMX0VQ+3&#10;utHSwmITQFepwY917epNU5wap9s4cU2c8knruBfnvwEAAP//AwBQSwMEFAAGAAgAAAAhAN9YhfLe&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2gHVKE2nggQXhCYKhx2z&#10;xrQVjVOadAv/HvcEN/s96/l7xTbaQRxx8r0jBekqAYHUONNTq+Dj/elqA8IHTUYPjlDBD3rYludn&#10;hc6NO9EbHuvQCg4hn2sFXQhjLqVvOrTar9yIxN6nm6wOvE6tNJM+cbgd5DpJMml1T/yh0yM+dth8&#10;1bPllD3uquemfo3pd/3wUs0ujcNeqcuLWN2DCBjD3zEs+IwOJTMd3EzGi0EBFwmsZrc3PC1+epdk&#10;IA6LtllfgywL+b9D+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFO1IaeQIAAF8FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDfWIXy3gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="404E17C4" id="Rektangel 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:827pt;width:595.3pt;height:14.15pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFO1IaeQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r06ytE2DOEWWosOA&#10;oi3WDj0rshQbkEWNUuJkTz9KdpysLXYY5oNMiuTHH5GcXe9qw7YKfQU258OzAWfKSigqu875j+fb&#10;TxPOfBC2EAasyvleeX49//hh1ripGkEJplDICMT6aeNyXobgplnmZalq4c/AKUtCDViLQCyuswJF&#10;Q+i1yUaDwUXWABYOQSrv6famFfJ5wtdayfCgtVeBmZxTbCGdmM5VPLP5TEzXKFxZyS4M8Q9R1KKy&#10;5LSHuhFBsA1Wb6DqSiJ40OFMQp2B1pVUKQfKZjh4lc1TKZxKuVBxvOvL5P8frLzfPrlHpDI0zk89&#10;kTGLncY6/ik+tkvF2vfFUrvAJF1enl8M6ONMkmw4STTBZEdrhz58VVCzSOQc6TFSjcT2zodW9aAS&#10;nXkwVXFbGZMYXK+WBtlW0MONrz5/maS3IvQ/1IyNyhaiWYsYb7JjLokKe6OinrHflWZVQdGPUiSp&#10;zVTvR0ipbBi2olIUqnV/fpJbb5EyTYARWZP/HrsDiC38FruNstOPpip1aW88+FtgrXFvkTyDDb1x&#10;XVnA9wAMZdV5bvUPRWpLE6u0gmL/iAyhnRHv5G1F73YnfHgUSENBT02DHh7o0AaanENHcVYC/nrv&#10;PupTr5KUs4aGLOf+50ag4sx8s9TFV8PxOE5lYsbnlyNi8FSyOpXYTb0EaochrRQnExn1gzmQGqF+&#10;oX2wiF5JJKwk3zmXAQ/MMrTDTxtFqsUiqdEkOhHu7JOTETxWNfbl8+5FoOuaN1Db38NhIMX0VQ+3&#10;utHSwmITQFepwY917epNU5wap9s4cU2c8knruBfnvwEAAP//AwBQSwMEFAAGAAgAAAAhAN9YhfLe&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxY2gHVKE2nggQXhCYKhx2z&#10;xrQVjVOadAv/HvcEN/s96/l7xTbaQRxx8r0jBekqAYHUONNTq+Dj/elqA8IHTUYPjlDBD3rYludn&#10;hc6NO9EbHuvQCg4hn2sFXQhjLqVvOrTar9yIxN6nm6wOvE6tNJM+cbgd5DpJMml1T/yh0yM+dth8&#10;1bPllD3uquemfo3pd/3wUs0ujcNeqcuLWN2DCBjD3zEs+IwOJTMd3EzGi0EBFwmsZrc3PC1+epdk&#10;IA6LtllfgywL+b9D+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFO1IaeQIAAF8FAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDfWIXy3gAAAAsB&#10;AAAPAAAAAAAAAAAAAAAAANMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA3gUAAAAA&#10;" fillcolor="#493b80" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D6624FB" wp14:editId="64C27A2D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10081260</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560000" cy="432000"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="8" name="Rektangel 8"/>
@@ -3004,85 +2979,85 @@
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="41D14C5F" id="Rektangel 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
+            <v:rect w14:anchorId="30DBC928" id="Rektangel 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:793.8pt;width:595.3pt;height:34pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDR4bNJgQIAAF8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X51k6VdQp8jSdRhQ&#10;tMXSoWdFlmIDsqhRSpzs14+SP9J1xQ7DclAk8/GRfCJ1db2vDdsp9BXYnI9PRpwpK6Go7Cbn359u&#10;P1xw5oOwhTBgVc4PyvPr+ft3V42bqQmUYAqFjEisnzUu52UIbpZlXpaqFv4EnLJk1IC1CHTETVag&#10;aIi9NtlkNDrLGsDCIUjlPX29aY18nvi1VjI8aO1VYCbnlFtIK6Z1HddsfiVmGxSurGSXhviHLGpR&#10;WQo6UN2IINgWqz+o6koieNDhREKdgdaVVKkGqmY8elXNqhROpVpIHO8Gmfz/o5X3u5V7RJKhcX7m&#10;aRur2Gus4z/lx/ZJrMMgltoHJunj+enZiH6cSbJNP9JlJDWzo7dDH74oqFnc5BzpMpJGYnfnA0Uk&#10;aA+JwTyYqritjEkH3KyXBtlO0MVdji+mnz7HuyKX32DGRrCF6Naa45fsWEvahYNREWfsN6VZVVD2&#10;k5RJajM1xBFSKhvGrakUhWrDn6Y6u+ixMaNHyiURRmZN8QfujqBHtiQ9d0vT4aOrSl06OI/+lljr&#10;PHikyGDD4FxXFvAtAkNVdZFbfC9SK01UaQ3F4REZQjsj3snbiu7tTvjwKJCGgq6aBj080KINNDmH&#10;bsdZCfjzre8RT71KVs4aGrKc+x9bgYoz89VSF1+Op9M4lekwPT2f0AFfWtYvLXZbL4HaYUxPipNp&#10;G/HB9FuNUD/Te7CIUckkrKTYOZcB+8MytMNPL4pUi0WC0SQ6Ee7syslIHlWNffm0fxbouuYN1Pb3&#10;0A+kmL3q4RYbPS0stgF0lRr8qGunN01xapzuxYnPxMtzQh3fxfkvAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAF6Lv89oAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbExPy07DMBC8I/EP1iJxQa3TSHFLiFNF&#10;SHAn9APceImj+hHZbpv+PdsT3GZ3dufR7Bdn2QVjmoKXsFkXwNAPQU9+lHD4/ljtgKWsvFY2eJRw&#10;wwT79vGhUbUOV/+Flz6PjER8qpUEk/Ncc54Gg06ldZjRE/cTolOZxjhyHdWVxJ3lZVEI7tTkycGo&#10;Gd8NDqf+7CjG6WUsTbe9CfwsOx1tn5fDJOXz09K9Acu45L9juMenH2gp0zGcvU7MSqAimbbVbiuA&#10;3fnNa0HoSEhUlQDeNvx/h/YXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0eGzSYECAABf&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAF6Lv89oA&#10;AAALAQAADwAAAAAAAAAAAAAAAADbBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" fillcolor="#9184be" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page" anchory="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A889EFA" w14:textId="77777777" w:rsidR="00190CE8" w:rsidRDefault="00190CE8" w:rsidP="00923128">
+    <w:p w14:paraId="01C4F444" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00923128">
       <w:pPr>
         <w:spacing w:before="100" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A3F8BA8" w14:textId="77777777" w:rsidR="00190CE8" w:rsidRDefault="00190CE8" w:rsidP="00702A07">
+    <w:p w14:paraId="30269CD6" w14:textId="77777777" w:rsidR="008C6D72" w:rsidRDefault="008C6D72" w:rsidP="00702A07">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
       <w:id w:val="1085418684"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="Sidnummer"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="01224C56" w14:textId="4A658449" w:rsidR="00147E54" w:rsidRDefault="00147E54" w:rsidP="00702A07">
         <w:pPr>
           <w:pStyle w:val="Sidhuvud"/>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
         </w:pPr>
         <w:r>
@@ -3112,52 +3087,52 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Sidnummer"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="28F5B82F" w14:textId="77777777" w:rsidR="003B2667" w:rsidRDefault="003B2667" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="275344D1" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
   <w:p w14:paraId="2EB99CE2" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
   <w:p w14:paraId="64F99723" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
   <w:p w14:paraId="166757A0" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
   <w:p w14:paraId="0816B6AA" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
   <w:p w14:paraId="0B976547" w14:textId="77777777" w:rsidR="009807C0" w:rsidRDefault="009807C0" w:rsidP="00702A07"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="4D0B1E96" w14:textId="5B7A7C75" w:rsidR="00215DED" w:rsidRPr="00215DED" w:rsidRDefault="00CD23BD" w:rsidP="00E86465">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D0B1E96" w14:textId="034CD01E" w:rsidR="00215DED" w:rsidRPr="00215DED" w:rsidRDefault="00CD23BD" w:rsidP="00E86465">
     <w:pPr>
       <w:pStyle w:val="Sidhuvud"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="10760"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-568"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2813EEA8" wp14:editId="72CE0737">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>6606540</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>286173</wp:posOffset>
               </wp:positionV>
@@ -3217,65 +3192,55 @@
                                   <w:iCs w:val="0"/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve">Sida </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
                               <w:r>
                                 <w:t>1</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve"> av </w:t>
                               </w:r>
-                              <w:r w:rsidR="0061504F">
-[...13 lines deleted...]
-                              </w:r>
+                              <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                                <w:r>
+                                  <w:t>2</w:t>
+                                </w:r>
+                              </w:fldSimple>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                         <w:p w14:paraId="07193197" w14:textId="77777777" w:rsidR="00CD23BD" w:rsidRDefault="00CD23BD" w:rsidP="00702A07">
                           <w:pPr>
                             <w:pStyle w:val="sidhuvudsida1"/>
                             <w:jc w:val="right"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
@@ -3324,126 +3289,119 @@
                             <w:iCs w:val="0"/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve">Sida </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
                         <w:r>
                           <w:t>1</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve"> av </w:t>
                         </w:r>
-                        <w:r w:rsidR="0061504F">
-[...13 lines deleted...]
-                        </w:r>
+                        <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                          <w:r>
+                            <w:t>2</w:t>
+                          </w:r>
+                        </w:fldSimple>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                   <w:p w14:paraId="07193197" w14:textId="77777777" w:rsidR="00CD23BD" w:rsidRDefault="00CD23BD" w:rsidP="00702A07">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:jc w:val="right"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="003B2667">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>Dokument:</w:t>
     </w:r>
     <w:r w:rsidR="003B2667">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00C06CAC">
       <w:t>E10b</w:t>
     </w:r>
     <w:r w:rsidR="003B2667">
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidR="003B2667">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>Version:</w:t>
     </w:r>
     <w:r w:rsidR="003B2667">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00AA0C08">
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00AF1597">
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="00AA0C08">
-      <w:t>.0</w:t>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="004E03DD">
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="003B2667">
-      <w:t xml:space="preserve">   </w:t>
+      <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="496C5CC0" w14:textId="16C78B22" w:rsidR="002B19E3" w:rsidRPr="002B19E3" w:rsidRDefault="00FD2ECD" w:rsidP="00702A07">
     <w:pPr>
       <w:pStyle w:val="Allmntstyckeformat"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="202476AC" wp14:editId="0A5F2460">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>3810</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>815340</wp:posOffset>
@@ -3546,103 +3504,103 @@
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="5E0C5A21" w14:textId="77777777" w:rsidR="007B26FE" w:rsidRDefault="006754C0" w:rsidP="00BE27F4">
                           <w:pPr>
                             <w:pStyle w:val="sidhuvudsida1"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00BE27F4">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                             </w:rPr>
                             <w:t>Dokument:</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00BE27F4">
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="007B26FE" w:rsidRPr="007B26FE">
                             <w:t xml:space="preserve">E10b. Meddelande om muntligt återtagande/ändring av samtycke </w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="487304E8" w14:textId="43DD7742" w:rsidR="006754C0" w:rsidRPr="00BE27F4" w:rsidRDefault="006754C0" w:rsidP="00BE27F4">
+                        <w:p w14:paraId="487304E8" w14:textId="6AC7B0EA" w:rsidR="006754C0" w:rsidRPr="00BE27F4" w:rsidRDefault="006754C0" w:rsidP="00BE27F4">
                           <w:pPr>
                             <w:pStyle w:val="sidhuvudsida1"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00BE27F4">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                             </w:rPr>
                             <w:t>Version:</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00BE27F4">
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="00AA0C08">
                             <w:t>1</w:t>
                           </w:r>
                           <w:r w:rsidR="004A0F1F">
                             <w:t>0</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00BE27F4">
                             <w:t>.</w:t>
                           </w:r>
-                          <w:r w:rsidR="00AA0C08">
-                            <w:t>0</w:t>
+                          <w:r w:rsidR="00850B6C">
+                            <w:t>1</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00BE27F4">
                             <w:t xml:space="preserve">   </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00BE27F4">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                             </w:rPr>
                             <w:t>Datum:</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00BE27F4">
                             <w:t xml:space="preserve"> 202</w:t>
                           </w:r>
-                          <w:r w:rsidR="004A0F1F">
-                            <w:t>4</w:t>
+                          <w:r w:rsidR="004E03DD">
+                            <w:t>6</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00BE27F4">
                             <w:t>-</w:t>
                           </w:r>
-                          <w:r w:rsidR="004A0F1F">
-                            <w:t>10</w:t>
+                          <w:r w:rsidR="004E03DD">
+                            <w:t>01</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00BE27F4">
                             <w:t>-</w:t>
                           </w:r>
-                          <w:r w:rsidR="004A0F1F">
-                            <w:t>31</w:t>
+                          <w:r w:rsidR="004E03DD">
+                            <w:t>19</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00BE27F4">
                             <w:t xml:space="preserve">   </w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="11EE4768" w14:textId="54834467" w:rsidR="006754C0" w:rsidRPr="00BE27F4" w:rsidRDefault="006754C0" w:rsidP="00BE27F4">
                           <w:pPr>
                             <w:pStyle w:val="sidhuvudsida1"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00BE27F4">
                             <w:rPr>
                               <w:b/>
                               <w:bCs/>
                             </w:rPr>
                             <w:t>Fastställd av:</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00BE27F4">
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="004A0F1F">
                             <w:t>Ledningsgrupp</w:t>
                           </w:r>
                           <w:r w:rsidRPr="00BE27F4">
                             <w:t xml:space="preserve"> på uppdrag av styrgrupp </w:t>
                           </w:r>
@@ -3687,103 +3645,103 @@
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="7F0112AB" id="Textruta 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:166.4pt;margin-top:43.1pt;width:349.8pt;height:26.1pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFEov1EQIAACMEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+x8rBiMOkXWIsOA&#10;oC2QDj0rshQbkEWNUmJnv36UHCdFt9OwC02LFD/ee7q961vDjgp9A7bk00nOmbISqsbuS/7jZf3p&#10;C2c+CFsJA1aV/KQ8v1t+/HDbuULNoAZTKWRUxPqicyWvQ3BFlnlZq1b4CThlKagBWxHoF/dZhaKj&#10;6q3JZnl+k3WAlUOQyns6fRiCfJnqa61keNLaq8BMyWm2kCwmu4s2W96KYo/C1Y08jyH+YYpWNJaa&#10;Xko9iCDYAZs/SrWNRPCgw0RCm4HWjVRpB9pmmr/bZlsLp9IuBI53F5j8/ysrH49b94ws9F+hJwIj&#10;IJ3zhafDuE+vsY1fmpRRnCA8XWBTfWCSDheLxWyRU0hSbD6fEi+xTHa97dCHbwpaFp2SI9GS0BLH&#10;jQ9D6pgSm1lYN8YkaoxlXclv5p/zdOESoeLGUo/rrNEL/a5nTVXy2bjHDqoTrYcwMO+dXDc0w0b4&#10;8CyQqKaxSb7hiYw2QL3g7HFWA/7623nMJwYoyllH0im5/3kQqDgz3y1xE3U2Ojg6u9Gxh/YeSI1T&#10;ehhOJpcuYDCjqxHaV1L1KnahkLCSepV8N7r3YRAwvQqpVquURGpyImzs1slYOqIYEX3pXwW6M+yB&#10;CHuEUVSieIf+kDvgvzoE0E2iJuI6oHiGm5SYyD2/mij1t/8p6/q2l78BAAD//wMAUEsDBBQABgAI&#10;AAAAIQBcCob/4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9LT8MwEITvSPwHa5G4UadxiaIQ&#10;p0JUCCFxoOVxduIliRqvo9h5lF+Peyq3He1o5pt8u5iOTTi41pKE9SoChlRZ3VIt4fPj+S4F5rwi&#10;rTpLKOGEDrbF9VWuMm1n2uN08DULIeQyJaHxvs84d1WDRrmV7ZHC78cORvkgh5rrQc0h3HQ8jqKE&#10;G9VSaGhUj08NVsfDaCS8/5Zfydv3eJp3r7tpj8eX8X4tpLy9WR4fgHlc/MUMZ/yADkVgKu1I2rFO&#10;ghBxQPcS0iQGdjZEIt4AK8Ml0g3wIuf/NxR/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AIUSi/URAgAAIwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAFwKhv/iAAAACwEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="5E0C5A21" w14:textId="77777777" w:rsidR="007B26FE" w:rsidRDefault="006754C0" w:rsidP="00BE27F4">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00BE27F4">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>Dokument:</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00BE27F4">
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="007B26FE" w:rsidRPr="007B26FE">
                       <w:t xml:space="preserve">E10b. Meddelande om muntligt återtagande/ändring av samtycke </w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="487304E8" w14:textId="43DD7742" w:rsidR="006754C0" w:rsidRPr="00BE27F4" w:rsidRDefault="006754C0" w:rsidP="00BE27F4">
+                  <w:p w14:paraId="487304E8" w14:textId="6AC7B0EA" w:rsidR="006754C0" w:rsidRPr="00BE27F4" w:rsidRDefault="006754C0" w:rsidP="00BE27F4">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00BE27F4">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>Version:</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00BE27F4">
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="00AA0C08">
                       <w:t>1</w:t>
                     </w:r>
                     <w:r w:rsidR="004A0F1F">
                       <w:t>0</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00BE27F4">
                       <w:t>.</w:t>
                     </w:r>
-                    <w:r w:rsidR="00AA0C08">
-                      <w:t>0</w:t>
+                    <w:r w:rsidR="00850B6C">
+                      <w:t>1</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00BE27F4">
                       <w:t xml:space="preserve">   </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00BE27F4">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>Datum:</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00BE27F4">
                       <w:t xml:space="preserve"> 202</w:t>
                     </w:r>
-                    <w:r w:rsidR="004A0F1F">
-                      <w:t>4</w:t>
+                    <w:r w:rsidR="004E03DD">
+                      <w:t>6</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00BE27F4">
                       <w:t>-</w:t>
                     </w:r>
-                    <w:r w:rsidR="004A0F1F">
-                      <w:t>10</w:t>
+                    <w:r w:rsidR="004E03DD">
+                      <w:t>01</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00BE27F4">
                       <w:t>-</w:t>
                     </w:r>
-                    <w:r w:rsidR="004A0F1F">
-                      <w:t>31</w:t>
+                    <w:r w:rsidR="004E03DD">
+                      <w:t>19</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00BE27F4">
                       <w:t xml:space="preserve">   </w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="11EE4768" w14:textId="54834467" w:rsidR="006754C0" w:rsidRPr="00BE27F4" w:rsidRDefault="006754C0" w:rsidP="00BE27F4">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00BE27F4">
                       <w:rPr>
                         <w:b/>
                         <w:bCs/>
                       </w:rPr>
                       <w:t>Fastställd av:</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00BE27F4">
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="004A0F1F">
                       <w:t>Ledningsgrupp</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00BE27F4">
                       <w:t xml:space="preserve"> på uppdrag av styrgrupp </w:t>
                     </w:r>
@@ -3857,51 +3815,51 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="19379108" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAze9ibsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfKf0Dcs3ijKIqs9eaQKLlE&#10;bdSPH0DwsEYCBgFde/99B3bXjppIVav6MGZg3puZx7C5m5xle4jJoO/4etVwBl5hb/yu4z++P17e&#10;cpay9L206KHjB0j8bnvxaTOGFq5wQNtDZETiUzuGjg85h1aIpAZwMq0wgKdDjdHJTG7ciT7Kkdid&#10;FVdNcyNGjH2IqCAl2n04HvJt5dcaVP6idYLMbMeptlxtrPa1WLHdyHYXZRiMOpUh/6EKJ42npDPV&#10;g8yS/YzmHZUzKmJCnVcKnUCtjYLaA3Wzbn7r5tsgA9ReSJwUZpnS/6NVn/f3/iWSDGNIbQovsXQx&#10;6ejKn+pjUxXrMIsFU2aKNm9urxv6OFPnM7EAQ0z5CdCxsui4Nb70IVu5f06ZklHoOaRsW19sQmv6&#10;R2NtdcoEwL2NbC/p7vK0LndFuDdR5BWkWEqvq3ywcGT9CpqZnopd1+x1qhZOqRT4fOa1nqILTFMF&#10;M7D5M/AUX6BQJ+5vwDOiZkafZ7AzHuNH2Rcp9DH+rMCx7yLBK/aHeqlVGhqdqtxpzMtsvvUrfHmM&#10;218AAAD//wMAUEsDBBQABgAIAAAAIQBvtt4M3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;S8NAEIbvgv9hGcGL2E0NSTVmUyTQiwfBRorHbXaaBLOzIbtt0n/vFIR6nHce3o98PdtenHD0nSMF&#10;y0UEAql2pqNGwVe1eXwG4YMmo3tHqOCMHtbF7U2uM+Mm+sTTNjSCTchnWkEbwpBJ6esWrfYLNyDx&#10;7+BGqwOfYyPNqCc2t718iqJUWt0RJ7R6wLLF+md7tAq+m4d4s6uomsrwcUjb+bx7T0ql7u/mt1cQ&#10;AedwheFSn6tDwZ327kjGi15Bkq6YZH2V8IQLsIzjFxD7P0kWufy/ofgFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAM3vYm7EBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAb7beDN4AAAALAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
+            <v:line w14:anchorId="4602E5F1" id="Rak 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-width-relative:margin" from="28.35pt,87.9pt" to="566.95pt,87.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAze9ibsQEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v3CAQvVfKf0Dcs3ijKIqs9eaQKLlE&#10;bdSPH0DwsEYCBgFde/99B3bXjppIVav6MGZg3puZx7C5m5xle4jJoO/4etVwBl5hb/yu4z++P17e&#10;cpay9L206KHjB0j8bnvxaTOGFq5wQNtDZETiUzuGjg85h1aIpAZwMq0wgKdDjdHJTG7ciT7Kkdid&#10;FVdNcyNGjH2IqCAl2n04HvJt5dcaVP6idYLMbMeptlxtrPa1WLHdyHYXZRiMOpUh/6EKJ42npDPV&#10;g8yS/YzmHZUzKmJCnVcKnUCtjYLaA3Wzbn7r5tsgA9ReSJwUZpnS/6NVn/f3/iWSDGNIbQovsXQx&#10;6ejKn+pjUxXrMIsFU2aKNm9urxv6OFPnM7EAQ0z5CdCxsui4Nb70IVu5f06ZklHoOaRsW19sQmv6&#10;R2NtdcoEwL2NbC/p7vK0LndFuDdR5BWkWEqvq3ywcGT9CpqZnopd1+x1qhZOqRT4fOa1nqILTFMF&#10;M7D5M/AUX6BQJ+5vwDOiZkafZ7AzHuNH2Rcp9DH+rMCx7yLBK/aHeqlVGhqdqtxpzMtsvvUrfHmM&#10;218AAAD//wMAUEsDBBQABgAIAAAAIQBvtt4M3gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;S8NAEIbvgv9hGcGL2E0NSTVmUyTQiwfBRorHbXaaBLOzIbtt0n/vFIR6nHce3o98PdtenHD0nSMF&#10;y0UEAql2pqNGwVe1eXwG4YMmo3tHqOCMHtbF7U2uM+Mm+sTTNjSCTchnWkEbwpBJ6esWrfYLNyDx&#10;7+BGqwOfYyPNqCc2t718iqJUWt0RJ7R6wLLF+md7tAq+m4d4s6uomsrwcUjb+bx7T0ql7u/mt1cQ&#10;AedwheFSn6tDwZ327kjGi15Bkq6YZH2V8IQLsIzjFxD7P0kWufy/ofgFAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAM3vYm7EBAADUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAb7beDN4AAAALAQAADwAAAAAAAAAAAAAAAAALBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="0069139A">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32AB8630" wp14:editId="10AD5B8D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>360045</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>289560</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1465200" cy="662400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Bildobjekt 3"/>
           <wp:cNvGraphicFramePr>
@@ -4025,65 +3983,55 @@
                                   <w:iCs w:val="0"/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve">Sida </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
                               <w:r>
                                 <w:t>1</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                               <w:r w:rsidRPr="00593ACA">
                                 <w:t xml:space="preserve"> av </w:t>
                               </w:r>
-                              <w:r w:rsidR="0061504F">
-[...13 lines deleted...]
-                              </w:r>
+                              <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                                <w:r>
+                                  <w:t>2</w:t>
+                                </w:r>
+                              </w:fldSimple>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                         <w:p w14:paraId="1C618B0E" w14:textId="77777777" w:rsidR="0069139A" w:rsidRDefault="0069139A" w:rsidP="00702A07">
                           <w:pPr>
                             <w:pStyle w:val="sidhuvudsida1"/>
                             <w:jc w:val="right"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
@@ -4128,88 +4076,78 @@
                             <w:iCs w:val="0"/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve">Sida </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
                         <w:r>
                           <w:t>1</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                         <w:r w:rsidRPr="00593ACA">
                           <w:t xml:space="preserve"> av </w:t>
                         </w:r>
-                        <w:r w:rsidR="0061504F">
-[...13 lines deleted...]
-                        </w:r>
+                        <w:fldSimple w:instr="NUMPAGES  \* Arabic  \* MERGEFORMAT">
+                          <w:r>
+                            <w:t>2</w:t>
+                          </w:r>
+                        </w:fldSimple>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                   <w:p w14:paraId="1C618B0E" w14:textId="77777777" w:rsidR="0069139A" w:rsidRDefault="0069139A" w:rsidP="00702A07">
                     <w:pPr>
                       <w:pStyle w:val="sidhuvudsida1"/>
                       <w:jc w:val="right"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B4883266"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Punktlista"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="058446E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EDE85F0A"/>
@@ -5800,222 +5738,237 @@
   <w:num w:numId="10" w16cid:durableId="1935935849">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1107888634">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2082633748">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1176916379">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1618175605">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="220873701">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="299462182">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F21" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="sVcnC+Y1X18AC/Nbf/PqyWqZqNfzXpam/7wjHuFqCyJ0bJrAGbkkPGFSwAF9Q7e+2fVm8/PpMniFFWBDj8zoaA==" w:salt="AXChnrA9ogeSsdPnBHrANA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="KD24M4/W6aoh5sLNwCbwPZSglQLQFk3IjljnLZk3TFFls7jzEAbn6b8XB0k2yy3hEB9i68j+UcH0VsPBHyFA7w==" w:salt="RZX6M4QR/j/sonjHaNn+GA=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BF4E45"/>
     <w:rsid w:val="00006F46"/>
     <w:rsid w:val="00070331"/>
     <w:rsid w:val="00073B5B"/>
     <w:rsid w:val="000A3CC9"/>
     <w:rsid w:val="00147E54"/>
     <w:rsid w:val="00171816"/>
     <w:rsid w:val="00172C58"/>
     <w:rsid w:val="0017309F"/>
     <w:rsid w:val="00190CE8"/>
     <w:rsid w:val="001961A0"/>
     <w:rsid w:val="001A0DFE"/>
     <w:rsid w:val="001A6AF6"/>
+    <w:rsid w:val="001A6E8B"/>
     <w:rsid w:val="001B0C2A"/>
     <w:rsid w:val="001C1C14"/>
+    <w:rsid w:val="001F1908"/>
     <w:rsid w:val="00215DED"/>
     <w:rsid w:val="00233CF6"/>
     <w:rsid w:val="002401A5"/>
+    <w:rsid w:val="002458DC"/>
     <w:rsid w:val="002520D5"/>
     <w:rsid w:val="00266CA1"/>
     <w:rsid w:val="002A3011"/>
     <w:rsid w:val="002B19E3"/>
     <w:rsid w:val="002B260D"/>
     <w:rsid w:val="002C5463"/>
     <w:rsid w:val="002C6736"/>
     <w:rsid w:val="002D005F"/>
     <w:rsid w:val="002F5841"/>
     <w:rsid w:val="00306DEB"/>
     <w:rsid w:val="003155BF"/>
     <w:rsid w:val="003206FD"/>
     <w:rsid w:val="0033297A"/>
     <w:rsid w:val="00343B21"/>
     <w:rsid w:val="0037217D"/>
     <w:rsid w:val="0037629F"/>
+    <w:rsid w:val="00381519"/>
     <w:rsid w:val="00386B90"/>
     <w:rsid w:val="00386DAE"/>
     <w:rsid w:val="00391835"/>
+    <w:rsid w:val="003A2405"/>
     <w:rsid w:val="003A3E7C"/>
     <w:rsid w:val="003B2667"/>
     <w:rsid w:val="003B2EF7"/>
     <w:rsid w:val="003C7D9C"/>
     <w:rsid w:val="003F7096"/>
+    <w:rsid w:val="00426E09"/>
     <w:rsid w:val="00474207"/>
     <w:rsid w:val="00487486"/>
     <w:rsid w:val="00487B6D"/>
     <w:rsid w:val="00493FC8"/>
     <w:rsid w:val="004A0F1F"/>
+    <w:rsid w:val="004E03DD"/>
     <w:rsid w:val="004E22AF"/>
     <w:rsid w:val="004F63DE"/>
     <w:rsid w:val="005201D8"/>
     <w:rsid w:val="00563C0B"/>
     <w:rsid w:val="005766AE"/>
     <w:rsid w:val="00584185"/>
     <w:rsid w:val="00593ACA"/>
     <w:rsid w:val="005A7CE4"/>
     <w:rsid w:val="005C015D"/>
     <w:rsid w:val="005C3A22"/>
     <w:rsid w:val="005D0C60"/>
     <w:rsid w:val="005D57D0"/>
     <w:rsid w:val="005F7797"/>
     <w:rsid w:val="00604636"/>
     <w:rsid w:val="0061504F"/>
     <w:rsid w:val="00666547"/>
     <w:rsid w:val="006754C0"/>
     <w:rsid w:val="0069139A"/>
     <w:rsid w:val="00696A51"/>
     <w:rsid w:val="006A25BC"/>
     <w:rsid w:val="006C2CEA"/>
     <w:rsid w:val="006E2C1E"/>
     <w:rsid w:val="00702A07"/>
     <w:rsid w:val="007076C1"/>
     <w:rsid w:val="00710D98"/>
     <w:rsid w:val="00713133"/>
     <w:rsid w:val="00747159"/>
     <w:rsid w:val="007553F3"/>
     <w:rsid w:val="00761DBE"/>
     <w:rsid w:val="0076352A"/>
     <w:rsid w:val="007739D9"/>
     <w:rsid w:val="007A19E7"/>
     <w:rsid w:val="007B26FE"/>
+    <w:rsid w:val="007D6490"/>
     <w:rsid w:val="007E4923"/>
     <w:rsid w:val="007F2199"/>
     <w:rsid w:val="008119A4"/>
+    <w:rsid w:val="008133FF"/>
     <w:rsid w:val="008163F4"/>
     <w:rsid w:val="00836B28"/>
+    <w:rsid w:val="00850B6C"/>
     <w:rsid w:val="008A53F6"/>
+    <w:rsid w:val="008C6D72"/>
     <w:rsid w:val="008F0CC0"/>
     <w:rsid w:val="00905919"/>
     <w:rsid w:val="00920F79"/>
     <w:rsid w:val="00923128"/>
     <w:rsid w:val="00960BA1"/>
     <w:rsid w:val="00964262"/>
     <w:rsid w:val="009807C0"/>
     <w:rsid w:val="00994104"/>
     <w:rsid w:val="00994C4E"/>
     <w:rsid w:val="009A2C60"/>
+    <w:rsid w:val="009E5BDD"/>
     <w:rsid w:val="009F5AC9"/>
     <w:rsid w:val="00A05292"/>
     <w:rsid w:val="00A2447D"/>
     <w:rsid w:val="00A67DA8"/>
     <w:rsid w:val="00A76C78"/>
     <w:rsid w:val="00A83EEB"/>
     <w:rsid w:val="00A86D37"/>
     <w:rsid w:val="00A96D73"/>
     <w:rsid w:val="00AA0C08"/>
     <w:rsid w:val="00AA5EBD"/>
     <w:rsid w:val="00AA70AD"/>
     <w:rsid w:val="00AB0AD8"/>
     <w:rsid w:val="00AB28BF"/>
     <w:rsid w:val="00AE57C8"/>
     <w:rsid w:val="00AF0700"/>
     <w:rsid w:val="00AF1597"/>
+    <w:rsid w:val="00B16FAD"/>
     <w:rsid w:val="00B52BDB"/>
     <w:rsid w:val="00B53E45"/>
     <w:rsid w:val="00B62D11"/>
     <w:rsid w:val="00B70035"/>
     <w:rsid w:val="00B8389F"/>
     <w:rsid w:val="00B83A4A"/>
     <w:rsid w:val="00BD054E"/>
     <w:rsid w:val="00BE011B"/>
     <w:rsid w:val="00BE1A5A"/>
     <w:rsid w:val="00BE27F4"/>
     <w:rsid w:val="00BF452B"/>
     <w:rsid w:val="00BF460C"/>
     <w:rsid w:val="00BF487B"/>
     <w:rsid w:val="00BF4E45"/>
     <w:rsid w:val="00C0514D"/>
     <w:rsid w:val="00C06CAC"/>
     <w:rsid w:val="00C10F64"/>
     <w:rsid w:val="00C11704"/>
     <w:rsid w:val="00C13BE0"/>
     <w:rsid w:val="00C153C2"/>
     <w:rsid w:val="00C20C00"/>
     <w:rsid w:val="00C34143"/>
     <w:rsid w:val="00C662A6"/>
     <w:rsid w:val="00C81AE8"/>
     <w:rsid w:val="00C92FD3"/>
     <w:rsid w:val="00CA4F42"/>
     <w:rsid w:val="00CD23BD"/>
     <w:rsid w:val="00CD2546"/>
     <w:rsid w:val="00D30ECF"/>
     <w:rsid w:val="00D36687"/>
     <w:rsid w:val="00D47E54"/>
+    <w:rsid w:val="00D748C7"/>
     <w:rsid w:val="00D87EAA"/>
+    <w:rsid w:val="00D96C8F"/>
     <w:rsid w:val="00DA6741"/>
     <w:rsid w:val="00DC00E5"/>
     <w:rsid w:val="00DD0088"/>
     <w:rsid w:val="00E566C1"/>
     <w:rsid w:val="00E86327"/>
     <w:rsid w:val="00E86465"/>
     <w:rsid w:val="00E87A11"/>
     <w:rsid w:val="00E92908"/>
     <w:rsid w:val="00EA01B5"/>
     <w:rsid w:val="00EA412A"/>
     <w:rsid w:val="00EB5F3E"/>
     <w:rsid w:val="00ED147E"/>
     <w:rsid w:val="00EF1F40"/>
     <w:rsid w:val="00EF294F"/>
     <w:rsid w:val="00F3311D"/>
     <w:rsid w:val="00F55D69"/>
     <w:rsid w:val="00F873C4"/>
     <w:rsid w:val="00FD2ECD"/>
     <w:rsid w:val="00FD48B6"/>
     <w:rsid w:val="00FE548E"/>
     <w:rsid w:val="00FE6029"/>
     <w:rsid w:val="00FF4298"/>
     <w:rsid w:val="00FF7199"/>
   </w:rsids>
   <m:mathPr>
@@ -6026,51 +5979,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7DE12DFF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{73844471-D9AC-934C-90EA-BFE13C99408E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="sv-SE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6962,147 +6915,147 @@
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="PT Sans"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa1">
     <w:name w:val="Pa1"/>
     <w:basedOn w:val="Default"/>
     <w:next w:val="Default"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003206FD"/>
     <w:pPr>
       <w:spacing w:line="201" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorBidi"/>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://protect.checkpoint.com/v2/___https://biobanksverige.se/wp-content/uploads/2023/07/d1-informations-och-samtyckesordning.pdf___.YzJlOnJlZ2lvbnNrYW5lOmM6bzo2ZGM1NDFhZTU4OTRkMmFmZjZlNTI4MjFjYWVkNGVjZjo2OjdjZGI6YzhlNmVmMGU1OWU0YmViMDRhNGY1MzE0MTU2ZjgzNjczMmUzZmJhYTRjZDc4OTQ1YWNmN2VkY2RmNzQ4NGUzNDpwOkY6Tg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0A4A40AB39154554B07E707DAF475CE7"/>
         <w:category>
           <w:name w:val="Allmänt"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{87FD2CC7-5DA5-4DEF-B55A-75DCF7EB109B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00B4599E" w:rsidRDefault="003304FC" w:rsidP="003304FC">
           <w:pPr>
             <w:pStyle w:val="0A4A40AB39154554B07E707DAF475CE7"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platshllartext"/>
             </w:rPr>
             <w:t>[möjlighet för region att lägga in information]</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (CS-rubriker)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PT Sans">
     <w:altName w:val="Corbel"/>
@@ -7110,100 +7063,116 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003304FC"/>
     <w:rsid w:val="000C1199"/>
+    <w:rsid w:val="001A6E8B"/>
     <w:rsid w:val="003304FC"/>
+    <w:rsid w:val="008A44EF"/>
+    <w:rsid w:val="009E5BDD"/>
     <w:rsid w:val="00A77959"/>
+    <w:rsid w:val="00B16FAD"/>
     <w:rsid w:val="00B4599E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sv-SE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7614,51 +7583,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003304FC"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0A4A40AB39154554B07E707DAF475CE7">
     <w:name w:val="0A4A40AB39154554B07E707DAF475CE7"/>
     <w:rsid w:val="003304FC"/>
     <w:pPr>
       <w:spacing w:after="240" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial"/>
       <w:kern w:val="0"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -7936,69 +7905,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F0D24538-59C2-E744-BF6A-F36F754BA1C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>638</Words>
-  <Characters>3384</Characters>
+  <Words>639</Words>
+  <Characters>3390</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>28</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Rubrik</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4014</CharactersWithSpaces>
+  <CharactersWithSpaces>4021</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jesper Persson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>